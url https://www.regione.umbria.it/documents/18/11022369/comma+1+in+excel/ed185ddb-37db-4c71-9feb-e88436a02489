--- v3 (2026-01-30)
+++ v4 (2026-02-23)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{95AE25B8-80EC-459E-B4C3-7AE0B152C957}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5AE1762-5C20-4D64-8090-84BDDEF03D0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="122211"/>
   <extLst>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1955" uniqueCount="1769">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1957" uniqueCount="1771">
   <si>
     <t>Atto a base dell'attribuzione</t>
   </si>
   <si>
     <t>Allegati all'atto (se presenti)</t>
   </si>
   <si>
     <t>Normativa a base dell'attribuzione</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Struttura richiedente la pubblicazione</t>
   </si>
   <si>
     <t>Delibera della Giunta regionale n. 1294 del 19 novembre 2013</t>
   </si>
   <si>
     <t xml:space="preserve">Eventi meteorologici del 10 novembre 2013 e successivi. Informativa. </t>
   </si>
   <si>
     <t>Protezione civile ed emergenze</t>
   </si>
   <si>
@@ -5389,50 +5389,56 @@
     <t>Disposizioni relative alla promozione del sistema integrato di sicurezza urbana ed alle politiche per garantire il diritto alla sicurezza dei cittadini. Abrogazione della legge regionale 19 giugno 2002, n. 12 (Politiche per garantire il diritto alla sicurezza dei cittadini).</t>
   </si>
   <si>
     <t>Legge regionale 25 gennaio 2005, n. 1</t>
   </si>
   <si>
     <t>Disciplina in materia di polizia locale.</t>
   </si>
   <si>
     <t>Legge regionale 23 dicembre 2011, n. 18</t>
   </si>
   <si>
     <t>Riforma del sistema amministrativo regionale e delle autonomie locali e istituzione dell'Agenzia forestale regionale. Conseguenti modifiche normative.</t>
   </si>
   <si>
     <t>Deliberazione della Giunta regionale n. 665  del 17 maggio 2019</t>
   </si>
   <si>
     <t>Realizzazione del percorso ciclabile lungo l’antica via Flaminia, tratto
 Foligno-Fossato di Vico. Approvazione dello schema di Accordo di
 programma, tra Regione Umbria e i Comuni di Fossato di Vico, Gualdo
 Tadino, Nocera Umbra, Valtopina e Foligno.</t>
   </si>
   <si>
     <t>Infrastrutture per la mobilità  e trasporto pubblico locale</t>
+  </si>
+  <si>
+    <t>Risoluzione - “Documento di Economia e Finanza Regionale (DEFR) 2026-2028 della Regione Umbria”.</t>
+  </si>
+  <si>
+    <t>Deliberazione dell'Assemblea legislativa 11 dicembre 2025, n. 84</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -6174,59 +6180,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+261+E+DD+2127/60b33c79-8a11-46cd-ae1f-1c91b2aa17e6" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=22644&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11696-08.pdf/87326116-d24b-4c3e-9137-fb99e8570a7c" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1992-02-05;104!vig=" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1064-16.pdf/bdaaff46-4582-4fc9-afe1-efc8e5e872ce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1316-2011/23fde19d-b131-41b5-ab9d-be7994709dae" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1292+del+2013/27cb63da-2289-4241-8b1d-726ebb8ac31c" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+781-09/d9e2fad2-3a0f-4002-b659-669dce3c6646" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/Allegato+A+DGR+928+2008/2134d866-760a-4815-9a5f-755a0d1534e7" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ATTO+1036-11/7ba27632-35ba-4b6e-bde3-6f5548ef04dc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/testo+coordinato+RR+6+del+2011+e+RR+2+del+2013/845a2e6c-856e-4fee-9f36-f5e34c5e7819" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1991_23+12+2009+Riprogramm.ne.++Foligno-Magione-S.+Giustino/79605ab7-5019-47c2-92c2-f4c19b4ad5ce" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1980-50.xml" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+948-12+all-B/48eb896b-1253-4d6d-be4c-ba10b13f9014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD10523+del+2013/6528e79d-bf6f-4419-a5e8-d5b4924eacb0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+329+15+04+2013/13c893b9-e3fb-4eb5-9d66-63aed91f6555" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+232-14/3eb8bef8-2bda-4d35-8149-44fb96ccb889" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/CONVENZIONE+CENTRO+ESTERO+2013/6f049b9e-a330-469d-b891-f27a705b8d1a" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/avviso+455-14/b74d6449-3f8c-4e50-bd27-20495bf7aa90" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/Decreto+del+Ministero+della+Salute+22+marzo+2024/6bb6226e-8048-413f-9ae3-2ad8202f4656" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1635-12/07114cfa-f921-4368-8910-24ba4da40273" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1310+del+2013/868e072e-451b-424a-9be6-189d8012cea3" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+I+DGR+1652-11/5e80e2c3-11d2-4915-aaea-3f7cbd739d2f" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5306-15/b2b7febd-f9c2-4182-8430-21b3fb821877" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BUR+efficienza+n.+8/75952e28-6ab2-412d-82fa-e6b4ac353b46" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+336+del+11+aprile+2011/a4fa76d2-a3ed-4208-8f27-d7b2d14efc3f" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1766-12/5100290d-0d1d-493a-aaee-37566dbeb7cd" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1699-14+Armonizz.+contabile/7882aae0-e9ec-453e-846d-86a9961e086d" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+825-10/590f01e0-c35c-48d7-a9a2-c2b459d8a456" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/protocollo+d%27intesa+allegato+a+DGR+141-15/997e1e8f-ce57-473d-ba8a-e7fcec9fb915" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+42-2014.pdf/b32a6849-8ff7-426c-9827-6a296b82a01c" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+318-2008/e71a0ce1-5d45-4c30-a839-f2a60ca46430" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD3677affEumechanos/4ee75694-ae07-4a43-9a7c-a5002b461f14" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+922-2009.pdf/897b89c1-77d7-4d77-9f59-1534c35d8143" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+criteri+TIC+Basic+154+2013/a8644063-6b7b-44cf-9b1a-ccc8b53d66d1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+5621-2008/70049b09-3a52-44e3-b214-7ef477243384" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1900-2003/01155acb-bf3d-4919-92a6-940679cd6083" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_940_2012/7d240779-2854-420d-b5b8-4b85f4f42a7d" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+ENS+all.+DGR+554-15/a925ee47-a480-45d3-bfbb-d3073ee1c47b" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5670+DEL+2012/b969d682-8966-4b83-96be-f9c5390de6d9" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+1dgr+11289-14/c843a0d5-6ccf-4003-b7b5-3031526e8ded" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+464-13/4fda7283-a8ab-46fb-8844-a3b7f921ee37" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Piano+2011+DGR+1257-2011/c8a8a1a1-8184-4ade-a042-b9ab6421e31f" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1136-2013+bando/5e5f7900-d6e7-421c-847b-213f92934abb" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Borgo-NTS/1ad6f765-ca79-4dae-9fe7-2cb6e150e9e4" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=43423&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+9113-15/129df215-b7b3-415a-964d-28a1976584a4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+54-14/ea41bea5-2545-49fe-81fd-9fc4d3e279ad" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+850-09/c0bb31a0-60b0-48ef-9fe6-49216188903e" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+2+DGR+1246-2015/146ae468-3e16-4a38-b071-a923498b91b6" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+538-12/b54e888a-725a-4b36-a37f-83e847a2c18d" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/bando+commercio.pdf/0f0e4586-5344-4c87-9180-74000ad3a676" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+2838+del+27+aprile+2011/54f9e5f5-47c3-4568-abbb-95b151143ab3" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-B.pdf/bb006712-eeda-4cda-81fe-0b1de265f10f" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Testo+convenzione+allegato+a+DGR+747-15/361b7fcb-0d6e-4c35-a069-7edc8d39ab88" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR1315-15.pdf/56278e2c-7935-49de-98ee-e1695346f7ea" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9115-14/a4a5dfc2-0de3-4368-a0d3-5735d146695d" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+D.D.+1904+del+2013/d99a62ab-f0b8-4d2f-92e8-aa02af406d4f" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bando+programma+attuativo/0170c906-14ec-4e4d-808d-cbc2502220d3" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=204565&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+A.pdf/f15a37f2-72fc-4954-8150-140e6dad1529" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+ComunicaENS+all.+a+DGR+352-16/c3fd871d-0f0e-4ca4-906f-2c827f3fb6fa" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Scheda+di+valutazione+ausili+tecnologici+Allegato+2+a+DGR+661-2011/db2f8998-7ea3-4a14-8353-0ef1fe9df1c2" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+1784-14/48af2581-927e-4aa9-a40a-221b97559ce9" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+esecutivo+innovazione+del+prodotto+Umbria+All.A+dgr+1578-11/c16de651-45a2-4ce0-b600-e30343ca8b93" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+34-2015.pdf/b9bd76e9-368d-4e33-9671-23de233a2f3c" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1524-2014/a1a7a6d3-4658-48a7-a1ec-b2be828eadea" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24973237/DGR+241+2010.pdf/8adadd11-fa29-4564-b458-d3215c413b6c" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/E+737-14/077cec2a-820e-4c34-9d3f-b89b12983a70" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/allegato+dgr+802-08/d15b24b1-fb76-4681-92ba-77bc6c7808e7" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=218550&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+7028-07/a160c182-7c8a-4b13-877b-6f279f09963e" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+2210-15/87631ddd-1ee7-44c1-8b0e-d0374a477327" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+897-14/cddf1d36-f802-4556-b591-18e893e7b9a4" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1129-14/ba20ef00-2849-442f-9d5d-ba6725007c19" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2010-05.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1991-01-15;30!vig=" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_89_2013/54fb6ee8-4bf0-4a22-bf43-3fbf32a81e8d" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Bando+agenzie/c39d8f29-6785-4338-8fe3-b63df4ed78b3" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/2669055/DGR+1670+2004.pdf/a3ea99dc-b509-429f-ab6d-f82ed915c40c" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=155004&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1384-2011/fb09ee97-1e4e-494e-a15d-9822ab42933b" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PROTECT+BUDGET+DEFINITIVO+All.+a+DGR+1233-15/0ff60ba0-cd0a-4bd5-ba29-d3ab0e9bfa85" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=145528&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/dd+5186++del+2010.pdf/20beeb8c-716d-4356-82e2-9e68790cb5a7" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+586-2010/1784cf3f-434d-49da-b8ef-c642a1bc9c9e" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+400-14/661702f5-f481-4c46-9f84-97636a9af18f" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1650-2015.pdf/68fa5b78-0566-4132-9c31-3938269ce0f5" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DET+7206+del+2013/af89e41e-d3ef-4d91-aebf-e66843d4661c" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/LR+24-08/a25c3293-4930-44cc-b232-68fa21a8dfe2" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Legge_284_1997.pdf/201ca5ee-54b0-44e4-bd62-d69cfcaff757" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+186+del+28-02-2001/c3ba7805-6036-4954-8848-61e07141bba4" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-D.pdf/c1d0bf3e-1a8e-47e2-b066-aed333949249" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C_Elenco+interventi.pdf/0be8c14b-5bd6-48f3-b384-878adf157f2c" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.+All.+A+Piano+degli+interventi+2013.pdf/682ffc58-c159-421a-8740-74ee15435bf9" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=172928&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4423-13/04b9d324-59ea-4257-b365-d36c81134a37" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2000-02-22;28!vig=" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dcr+735-99/24756117-18d3-4d5f-871f-b71a4f84bda5" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+1+dgr+1548-14/975c936d-3b3c-4208-8c04-1d35f863b2ba" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+749-2012.pdf/86ccd641-91f8-4e72-8658-02139366dc61" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11312-2014/7effe9a4-91bb-449d-a67a-6420585ba6ae" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+3/e51431d1-7ea5-4b32-a4d2-3d6afc9de908" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+710+02.07.2013+MODIFICA+PROGRAMMA+OPERATIVO/55580615-7090-4582-88ad-a4ac31feb3d9" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1931-04/33d7098d-abab-451e-9acf-e57eb1ce6044?version=1.0" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1989-01-09;13!vig=2023-12-06" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR689-2013.pdf/aa5083f1-a657-4bb2-823b-ca69d0b5f7d0" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1381+del+2012/841e29af-9fd6-4590-81d1-71fd74cc7984" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n1060_11Settembre_2012/5f51624d-dbaf-49de-8b32-97a275fda75d" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=121928&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5194-2015/b0e7655e-09fb-41ca-8794-2dd38485b25c" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd.+n.+10043.14/8677b78a-5df4-424a-9559-a6f829ffc26f" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+834-14/56d986d0-28fd-4a04-9fd2-3b9bc62abbd6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1523+del+2011/9f196845-c936-47c6-a82f-cb66ac25f7e9" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1588-2014/84e5b508-a350-43fa-83cb-57852470f157" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+2458+DEL+23.13.2010/2f75b602-2d56-46f8-b5df-32ea8a4e6820" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1782-10.+Allegato/bcc50b51-6d6c-4c28-9940-f5453db768e3?version=1.0" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/medicinadifensiva.pdf+ALL.%29%20A+DGR+1167+2013/c19256b2-8559-4615-9128-eb3f6e9bf7bf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2004-03-29;102!vig=" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1502-12/1a7ea6a4-2e18-4707-9410-fd8dc95e52a3" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+1345-09/adba5502-8e28-47c4-9e02-89ddf48bcaa7" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26221499/Accordo+di+programma_Allegato+1_parteB.pdf/90ac0621-734c-4974-989b-909dfad1c6f6" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Dgr+389-15/2a123589-a58d-4506-a497-58e0eb391b4a" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+942-2012+13+programma+immigrazione/c8345002-a007-43f2-a275-3cb1bac949d0" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+417-2016/5097f4cf-2c30-480f-bc52-6e377e3f73c5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+6832-2011/bdac8cbf-07e7-43f3-855d-53e1ae7dfb56" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+511-04/b7181a55-41f8-4877-947a-fa79401c4c3f" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1143-2011/623eb979-e06c-4a1d-ad90-352c52027973" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD1747-06/6918c024-60bf-4a59-8b0f-1ac17d700e80" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+245-00/8522c483-ae70-4a13-b271-9dc0db491a00" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/Convenzione-01+marzo+2004_allegati.pdf/f45f4384-720e-439d-afcf-6e11127cac9a" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1412-12/7518f180-c845-4506-881b-09767183a380" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+693-10/2fcff038-99a0-4d85-a136-9d8971adac48" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1395+del+5+10+2009/500332d3-090e-49f0-8a9c-d870a2ccbdb1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+6281+del+04.08.2014/0fb22e0a-321d-4bc0-b2a8-95d6e56d8bad" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+496-2016/08d1b6d8-78aa-4d35-b801-48c234c70843" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1166-2013/ec152bed-8ce0-476d-ac97-b0ef622bbcb7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DD+3890-2009/a39bf8e4-8661-42ce-b83c-7944e83427fe" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+447-2015/aae00279-fdb4-4b65-a2ab-1263bf5a5b8a" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+A+1769-12/19678b62-fba6-4696-9845-0eabb8897d62" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1073-2015/941e8f8f-cfc2-4acf-997e-195de8d0d04b" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=22418&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+612-04/cf76255e-d795-4e81-b68a-4266f566819c" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+963-2007+Piano+pandemico/e1f9ef60-dea0-4b3f-9179-500f10eb4909" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11+Allegato+B.pdf/e966bc47-b224-4133-8818-af610c6798c4" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+B+9416-13/1e97f0a3-8915-4990-ab41-4cc26f1f601e" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1131-14/b6252a2f-94ca-4810-94d7-78c628950eb9" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/S.Martino-NST/a7c02c38-766b-49d1-846b-f1aed37bfabc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=30561&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+atto+di+indirizzo+DGR+1576+dicembre+2012/f9edad9b-e771-4963-90f2-6a7dc8a75f92" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DGR+1652-11/64f73a5f-ff23-4796-9c43-98c0f5398308" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1683-14/f3f086de-8fc0-4c4f-9ab8-632b8c6c1803" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5261-2015+Univ.+Camerino/3175ade6-959d-404c-b35b-466ac2ec3362" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+72-10/0a0d0609-0246-4efd-8f3c-8e181b07103a" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+228-2008/58206c88-5fa0-4caf-8922-2a1eb73a5a37" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+10319-2013/e4bb50ba-d4ae-4f7b-87d5-586956fa05e8" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1202+-+2013/1dd2f494-622f-40fe-ac6f-097fc17befed" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9093-14/00d90d9d-8cf4-4a6f-a914-b59db92c6d14" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+5821-2015/633ae79b-3d6e-40fe-84e1-c57556bd29e0" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1012+Screening+Ipovisione/bb9e7bcc-80b8-4fb0-94ab-62c4faf86455" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+372-15/d5511b9e-832d-40ee-932c-63cf5b6a0c05" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+604-2016/19154569-ade4-462a-84b6-b082558b4d4e" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1509-12/8d4a3c94-30b5-42f4-80b6-a7f0f4fea65e" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+90-12+All.pdf/79f003bb-5a76-4acb-aad1-301c04c2faed" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BandoPIA2008_DD_8018_2008.pdf/0ed216e4-24ba-45b5-8e26-11d8c4dfe515" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DM+Salute+11+maggio+2015/db151f30-3ce9-44e8-af54-4246b7c73f85" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/D.M.+20+ottobre+2020+-+Salute+-+Programma+CCM+2020.pdf/09d9d9fe-8eb9-4f2e-93db-9485af8d054e" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Det+6218+del+2014/43d4441d-9e61-41fa-8ba3-918d70f29cd9" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+407-14/4f9f0f20-b59f-492a-9908-809cd0972aa5" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/737-14+ACCORDO/dc7a937d-b456-4fb9-b6eb-8448febc3f60" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=42480&amp;v=FI,SA,TE,IS,VE,RA,MM" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+886-2012/bea8ed92-56af-4254-8233-1dc9b96c42c3" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+947+coordinate/a2e664b5-d3fb-4e2d-84ff-77942b368339" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/ALLEGATO+A+-DGR+81-14.pdf/d21c8988-7434-468f-a760-c548b203747e" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:Legge:1953-12-27;968" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/accordo+asl+1/432f37db-2beb-4c9b-8175-b4ea02eac053" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/dgr+1366-13/fac4401d-42e6-426d-89bf-e20a8460ed15" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+A+116-14/9fd76209-9344-4688-a133-127512accc3c" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25359748/DGR419_13-05-13_Allegato+B.pdf/0716ee91-c3dc-495f-b65f-45b415f69cd5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALL+DD+11389-2009/a2b85f7e-e5e5-456b-b2ff-4221272cdaf6" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DCR+79-01/25fed763-d04e-4837-9480-79245f396b09" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Progetto+ePIAC+PianoFinanziario.pdf/4727b819-89cb-4543-8690-77113981bf72" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09.pdf/451bbd1a-e801-40a3-a825-9746800749a4" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2017-004.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Prot.+d%27intesa+con+il+Filo+di+Arianna+all.+DGR+277-2015/27736e48-fed4-4762-877c-87df454a1acd" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1217-16.pdf/e42c8522-50ee-4872-9a2d-3ea0579e0caf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+880-15+approvazione++convenzione/6d260b09-90cb-4578-bde0-88e9ff17dc70" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dlgs.+502-92/a792181d-22f3-4621-b3b6-cac30f1954d3" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ACCORDO+PROGRAMMA+QUADRO+RISORSE+IDRICHE+5-11-14/ad921a87-4deb-455b-af5a-c46c7b5cc859" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR1446+del+2013/6dc50722-0c9b-4b44-9f6d-94075ae93242" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+5358-2016/6f0a3d6e-d965-466f-aab5-df137e5f183a" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2005-10-21;219!vig=" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25597684/D.G.R.+n+.+421_30+03+2009.pdf/49f135b3-0463-4be9-9864-f5188f6becb4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+8925-06/696bada3-5a3b-49d4-88de-c1ba814f9988" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1409-02/50fb105b-871b-4fe6-9910-152eff8dc91e" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+1140-14+italiano/81d5f799-d7cd-4163-8027-9b38497bbc2a" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1262+del+28+ottobre++2011/d278b978-2107-4e13-b1d4-1378fd42deae" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1982-08.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+B/8476afac-729b-49fd-b627-3cda3e06d6df" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1799-14/c1ff46b7-3cea-4594-a000-5ddcbcc3cbc4" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+823-15.pdf/2497a091-be7a-4067-b33b-985e7986e2c5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+357+del+2011/59ed57ac-06c6-4e68-91bf-13b9d1e4335d" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD8233+del+31.10.13/1e5d719d-834f-4487-bbc0-f269ce29c6be" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+474-13/8eef1a7b-a884-4db7-81bb-7550458d9e06" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DD+2229-11/6592cfb4-c508-4c0d-a806-113729b47a4b?version=1.0" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+317-14+All.pdf/33e18a5b-2a25-460f-a8bd-3fe23765d48b" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato-A-delibera-tumori+DGR+1933/65fd1ddc-dc27-4e32-b846-7611e1d9e96d" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Tabelle+riepilogative+all.+a+DGR+2343-2005/bed851b0-3bb9-4b60-a8e6-ac4a050e6b78" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013+-+Allegato+B/7c8d6ebf-4d03-41a9-bd04-056a1a5309fe" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/RR-2-1999+Proloco+DGR+1604+DEL+1999/30e13570-e7c9-4b69-85d9-2674fd64f756" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+761-13/0fc49075-4620-46b7-9a06-275cccf271db" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n.+207+del+14.03.2013/b93b4281-35cb-4b08-a931-bacd82095db3" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1015-14/3d5a9e29-1389-4d6c-8a35-e3cbf1dd7756" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1425-06/08626c62-6bff-4866-bb74-dcbc2eb7eb34" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1076+DEL+2009/2dd33f52-c5d1-4671-9007-c6e67f7e32ff" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+991/1b9b0457-ecdb-45e6-b73f-071db28277b0" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1112-18-09-12/318c5564-2062-4a24-8d0d-f585e3db567a" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+714-08.pdf/960f74f7-b347-442f-84a4-8f08a528fde0?version=1.0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+261+E+DD+2127/60b33c79-8a11-46cd-ae1f-1c91b2aa17e6" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/CFS+850-14/8983456f-02bb-4d33-989c-41ba578d7d9d" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+4786+-+2012+Approvazione+Avviso+Attivit%C3%A0%202.2.2+POR+FESR+Umbria/72f41d34-7e91-4d3d-b128-14c7c7fc750f" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Dgr+2534-05/7bb4e3ab-aa84-4b8b-aa1e-c6c239e96f7a" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+271-13.pdf/637d5177-0f95-48d3-a2dd-faafec6e3004" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=247719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11990-2008/2a755d0f-2943-4d1b-b25f-cef6dc524b12" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+a+DGR+1339-11+Accordo+tecnico/59b682a1-d0fd-4bfb-9786-eb174f2a3d74" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=23789&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=46492&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/DGR+928+2008/34c82371-6b09-4d15-9a81-5a4e8e46c48a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=104688&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+301-2013Bmon/33e0ae54-f4b2-4376-adf8-cb8fdf9b4663" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+474-13/8eef1a7b-a884-4db7-81bb-7550458d9e06" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+operativo+AIB+all.+a+DGR+864-2015/ef9093a7-0c31-45ff-bafb-f1203f845006" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+963-15/d28b8051-b780-4c8e-a5c4-1c68d7f50247" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+1413-13/8164e39a-8b92-48be-9919-d2a6a4225e17" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determina+3751-15/9c5f76a0-3798-49b2-8f13-8f7b56dc1c0f" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+923+del+28+10+2013/99489879-805c-4008-b7ab-3469140ff8e9" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25597684/2004.2+-+APQ+10_06_2004+Allegati.pdf/74a126ca-c8de-490b-91ee-984dea4d0986" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1046-14/4dd2ceb5-29f2-4d9f-aa03-2ce0756f018b" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All.+G+soggiorni+senior.pdf/35492d1c-2f36-4293-a881-438f8a6ecad9" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+810+DEL+30.06.2014/c6de1011-d23b-47ea-b7cc-96b4a4e7a7d7" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+948-12+all+A/e9efa099-7d0d-4924-a58a-2ea5c2f88a44" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+AGEVOLAZIONI+1416-+2013/beb31495-e27b-478d-8fcd-80bb9661488f" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+a+DGR+447-15/4ec25c5a-848d-4e32-aa2d-220050fb8452" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+458-15/e3c9fd64-f885-4249-b59f-51c10a97269e" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Linee+guida+dgr+1548-14/b3c1670f-bb3b-4670-87a2-f9c962b13c4d" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1225+DEL+16-7-2007/d4f4e0bb-fccd-4701-beb8-81c7d44b1cc0" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione-aprile-2011+DGR+351+18-04-2011/5aaed6ba-344b-4549-a060-cf16e7999347" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+232-14/811ab0a3-4c78-4d16-979a-e36fe209f46d" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=29890&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+455-14/7ab6137b-fa97-4fab-9c01-837cdea1f196" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+561_2004/830eb89a-d5da-4e42-a5da-4d61431e54b0" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+6997-2013/adf44cdf-ff78-4535-8827-fafceab80443" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=81377&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+H+DGR+1652-11/4ebeff11-7d11-4fba-8e10-26580fb73441" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato2+-+DGR+583-15.pdf/840c1235-e840-4d77-986e-5871ab6c7d09" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+133+del+18+febbraio+2008/2104edf3-4028-4032-b7bf-c0df064b27ad" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=118873&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DCR+563-98/3688f78c-3377-4d43-9a64-f5d4d9183652" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1865-2008+Prog+Argentina/0fbfbc71-eb73-4bb0-804b-658aed305f28" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=77102&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DM+14-12-01/d57a05b9-5e3f-42ee-80fa-1464c3d343f1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1434-13/cdf8aacb-7e7d-4d45-999c-7893e2a802e8" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+141-2015+APPROV-PROT-INTESA-SCUOLA/d6f6ce75-9f90-4619-b0df-c382401fbdea" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26281285/Allegato+665+2019/40864b35-9be2-4702-92c6-b796929b5f42" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1227-2006/605b0c8f-5e81-4276-ad04-1b250015c298" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=29855&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+154+2013+criteri/eec7bb5d-faa9-4c3b-8b01-420d8bbb6ff4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+11001-2012/731a4ad8-a6ef-42a0-b2ff-7369db7f00d5" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_Ordinario_2009_DD_11398_2009/2c70b375-7293-4143-bd79-26d30c08df11" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comunic@ENS" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+11289-14/1d938647-6dff-4873-b1f4-94619ab437f0" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato++DGR+1950+del+2009+ACCORDO+SIMG/9de05fa2-28f0-4864-a872-b7d32a4c0b58" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/lr+22-04/34de380f-6f88-4686-9ff8-f3b28472e1e1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1257-2011/373c0e55-426e-4142-927a-1e561e8b2bea" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+8610-15/988a7a7f-090d-4a58-906e-954518a6ba17" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+923-14/89f792d4-8109-4fa0-87ee-294c109a70fe" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Parere+Coordinatore/6a9070b6-ee26-4e38-8182-9dd4f28aa1eb" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/Avviso+pubblico+cod.+3.pdf/5754833c-fb38-49ef-8c70-abaad4908cf0?version=1.0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1527-2011/8490919a-82dc-4c37-a3eb-c1d4e75f03e1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=80810&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+146-01/11b14ccb-5546-4f42-869a-cb4a70be71ff" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+1+DGR+1246-2015/b654a570-8b17-4099-a148-1811adf39df3" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+400-2010/4a64849e-7497-4787-98ac-6e08c6638e2f" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+4.pdf/33c5393c-075b-4236-b007-06631a4bf8b6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+3580+del+30+aprile+2008/9b73312d-c4c2-4875-a9fd-7333ccfd6126" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-A.pdf/ea7226fb-90a8-48a2-a876-a77cc1089544" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+747+del+28+maggio+2015/2c910bb6-bb38-4423-b883-3a76ee17b771" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Allegato1314-15.pdf/e66941aa-a2e6-49b3-aa22-8d388f5b3291" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+a+DGR+1023-13/320ee2e5-3ced-4596-802b-3f2b1a220e5a" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+1904+del+28.03.2013/5df03da1-0461-484a-8e72-a5f134829ed6" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+352-2016/3985aa4e-0327-41d7-91e6-24de1d19a554" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/estratto+L.R.+19-17/e517c5fa-e017-4156-95bd-0287adb81c6d?version=1.0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14.pdf/acc9e242-a3dc-4b0e-986c-71090b2be431" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+357-2014.pdf/f74b10af-3593-4dbb-9f2c-4fe0a52255af" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR595-10.pdf/bd1c27ea-0513-4263-9427-0ed37eb72485" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Flo+chart+allegato+1+a+DGR+661-2011/f275dcef-fbc8-42f3-af9e-3fb9080aa3e6" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1578-2011/3626f954-9296-4be7-abdf-993224e37347" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24973237/DGR+241+2010+ALLEGATO+2+PIANO+2010.pdf/b2097486-2419-47f9-94d3-fdd885cb7967" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=111228&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+1455-16/cfc3af7b-0e07-4d77-a78b-d1b13bfd50cb" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D+737-14/c2e70620-e604-4f22-8a37-67e3d11940b0" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+802-08/d6ecf759-5ca7-4a41-ac7b-f60c96946faa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9017-02/6692e8b1-ec89-43b7-903c-faf1d59e64b2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+865+luglio+2013+14+programma+immigrazione/10d3ced6-4571-4bba-83d6-1872cf7e4bb5" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.2+DD10023-14/4e52c31e-870e-4f3d-89ad-706e65426527" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+576-14/d49df6ce-7445-4d96-8934-c5f40c8edec8" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2018-05-11;52!vig=" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+Convenzione+DGR+1510-11/e63fa032-1053-4f56-a3f5-de534d3aa7f5" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+A+DD3677affEumechanos/798bc188-baa2-4bd0-ae12-f961bcd93264" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+415-15/d519b0a6-4d34-4512-b4e3-0426d004205d" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=243644&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+3637-15/ef6df784-97d1-46e8-a85b-b91d07c6b669" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+778-14/7e79f154-a367-438c-8d93-1f0972cd7788" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+Protect+All.+a+DGR+1233-15/f1c40cbf-d87d-4b9a-9f24-2187c0c7f684" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1097-13/52faddbc-cd4b-433b-a7f6-a642848ebfe2" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=108335&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/dgr+1647+2001.pdf/bf6f55c2-ad60-4786-8760-208767eedb78" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+3299+7apr2009+mod.erog.finanz./6ab0c3fe-76ef-4f84-adda-3121f9a624e7" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+789-07/bd6253f0-245f-4b71-acec-828fd35e7cbd" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1047-2012.pdf/d83a0799-fa9f-4331-b808-30fb491450bd" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1537-2011/0d6dadac-7d67-4fee-aa79-3c41c1b10267" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+4+del+16.01.2013/702778c4-e710-4feb-ac49-6163521df765" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1041-14/bcbe9983-1e0c-4f53-b573-ccf514f750e4" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+444-1999.pdf/799ce41b-b1f5-46f1-8cf7-867b5be1a30d" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1250+2002+e+convenzione/577a9744-1890-488e-bb52-f5cb96ce7345" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-C.pdf/c6b12844-3291-4a22-a0ee-d8b334c72995" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B-delibera+USL+2.pdf/d40ee671-8f8c-4fed-8d72-24adc309d675" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.pdf/9150e4a0-c88b-4091-87e2-2600e919f974" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=55839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/2013+11+05+PROGRAMMA+CCFF+2013/0d7e9bd9-5d65-4865-a07b-5cf5c54f5ae4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/658997/DGR+844+del+2013/d4f9061d-9710-474d-9d05-75425ee02100" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+8861-2015/5b03f4e2-eb08-46af-a495-3e6598b1ce25" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+312-02/38376528-19b1-4b4c-be88-1c87fcdc3c85" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1548-14/cf951049-e013-41b8-829e-b2c1bf049a17" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Ordinanza+2-11/be83c1d7-6bf7-4edc-882b-b40b3210dd1c" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+2B/8190b602-b10e-49c7-af55-abac7f151573" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR604-12.pdf/fffc2e29-3cf2-47a8-8945-04367dbb5152" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=39713&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012+-+AllegatoB-mod+rendicontazione/bead44e0-55ac-4c68-a4c0-be447ad57e37" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1652+2012/27b52eb6-10c9-48fb-a98f-ec8fd537e146" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1370-14/fdc4c8c7-18fd-4d75-8cd9-c8062827ea97" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+bando+aps/898a87d8-52e4-4d0d-b632-83d6325f157b" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n544_20Aprile_2009/db1c6c8a-8559-4dc2-9023-4bfe2471ae8b" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5192-2015/e6830119-b904-40e2-a368-294e33d7d884" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+760-14/dcccfdcf-7bb7-45b4-bb5f-54b8a0fd86a5" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+281-2013/b6d5334e-a589-4bb6-84de-11d274dc998f" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+318-2012/d696d66f-4c5f-4651-a022-48f316c00229" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Bando+Resta+Industria+2009/301031da-cfc0-4745-82b2-c6e78c2f424a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/950746/DGR+977+2015+%28Immigrazion%29/599d7813-6184-4adc-85d4-eedca2577fa7" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1167+2013/042d8e46-8841-4c6e-b925-0ca3e764dc41" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11331-14/b70f867a-6c5b-4756-9636-defd45aa7b6c" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Criteri+contributi/f97fa101-8a62-40dc-9650-4ca18abac648" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1782-10/c86b6200-0cf0-4932-8a1b-ac3da306b4ee?version=1.0" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26221499/Accordo+di+programma_Allegato+1_parteA.pdf/6de4ea35-71a1-4405-b5c4-7d889c1c0097" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1623-2012/e91b9897-1e8d-441f-b99d-c8e14516e95f" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Bando+consorzi/9b8e7857-6b66-4c75-b6cf-181fa723fd2c" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=81446&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=16407&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+748+23-6-08.pdf/05cd2b97-d56a-4d3b-ba18-1ef42f588704" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+444+del+1999/5e252ed4-fe79-4d30-8142-f22f9ab73a2f" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/intesa+per+viabilit%C3%A0/fa7765bc-6b7f-45e6-88a7-3fa32668cce9" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+911+del+25-6-2004/c073fc0f-b462-4c8f-ba71-1a94e719e63d" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/Convenzione-01+marzo+2004.pdf/8629bb59-a780-445f-828a-83cbc0346f7f" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione-Prog-CCM-Reg-Marche-pdf.pdf/9d066885-1892-4555-8019-a866263a5fc0" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1381-14/578ce2ca-2695-47ab-83bb-82b9169b479f" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=46679&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+Schema+Bando+Concorso+fot+09.11.2012/2f63a368-b665-4edf-8e1e-98a73bc2a83c" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+496-2016/14b4a950-221d-4f1a-ad2f-f69501b8db97" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1136-2012/20e01f13-fdcd-49be-94fe-d1f791f7f56f" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+816-04/51238d8f-116d-469c-a6c2-7df725197d5d" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DD+3890-2009/7fa183c9-35e5-4432-802d-e4d2e639f22b" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+170-15/48409281-7300-4878-a63a-7030b40371b9" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1126-02/64836169-0761-4394-95e3-55f5a1db551c" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1769-12/b43f936e-186b-42de-b371-e6f524ba3c72" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+124+Allegato+a+DGR+1359-2014/11faca38-27fd-4eff-8c1d-f8b0f6d0698b" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+268+2007/3a973bfd-7114-4a70-9d12-fa14d22cd122" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+A+9416-13/242f8c49-9478-4c05-9761-9ab6154556d9" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+sanit%C3%A0%20pubblica+veterinaria/ec220cea-9f92-4512-9e25-3b699891c994" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11+Allegato+A.pdf/7b401d65-897a-440a-87f5-590d1d2cf70f" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+666-14/eb8ddf8c-0f6c-4570-9aca-037670ea2d72" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/schema+di+convenzione+all.+DGR+1860-09/c6f9e242-c36b-4944-9f6c-d7e0d37ab57d" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n+1576+del+10+dicembre+2012/f64d4b4f-eb35-4410-9ebb-d2554ba52dcc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Crispolti-fl/c4be9da9-8ea3-4989-879e-003cbc8209ab" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DGR+1652-11/4258688e-ec41-4bdd-b8dd-8324460bbfb0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+11956-03/d6ef7cbd-fc8e-49c0-9b37-d5030d1e9522" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1702-09/843066ac-6471-444d-bbc4-c22d8b5bb545" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+5+DGR+1246-2015/ed44b2f5-fbab-41db-9122-2305c29a2fde" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/accordo+TPL+Trasimeno/d7fee2d9-6f40-4ed0-b5cc-f9edae31f4a5" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+109-2004/e521e601-2d6c-4aa7-9252-4c62981cf301" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+8740-2015/91a520b0-22d1-4faf-8c44-cda882f1c12c" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=152197&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+110-2015/e1bc59e6-e18c-42db-9a10-e79e365eda7a" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11333-14/5cd0fd84-ebdf-49da-b383-ca3ee58998f4" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5264-2015/bcf4f757-92b5-4cc0-a8d9-050ca042923b" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+D.D.+4670+del+2013/4e04a3a2-2a7b-43c1-9a24-427542811d24" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+III/17f84996-ef92-40f0-b1aa-43bc1850943b" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DGR+1784-14/36c04a6e-e48a-4dff-b5b8-d7139cd18ed4" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+417-2016+All.+A/994215c4-b785-475a-adbf-1fafaf6a1dc9" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/D.M.+20+ottobre+2020+-+Salute+-+Programma+CCM+2020.pdf/09d9d9fe-8eb9-4f2e-93db-9485af8d054e" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+90-12.pdf/cc193af9-f61c-437c-be50-b8ca81fcf90c" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD8018_2008/bd5ac9b3-0501-4706-8f96-203c83d436eb" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+157-15/7af4b0d8-61f2-4875-bfb7-1db1c25596f7" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/737-14+PROTOCOLLO/06778ed2-733c-413d-bcb7-194bf3f5f6d1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/658997/Bandi+C3+3+C4/7c939948-c532-4d5e-94ef-48bb8a977ea0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9551-2007/8b6a9199-f51f-4a6d-a208-57871c6a3a45" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+947+progetto/8d6c5650-5a09-42cc-b662-2ebb65e75aa5" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+81-14/908e865a-2afa-426b-9a71-30784435ac2a" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=16407&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11389-2009/b863972b-8548-4b93-a85e-58e27f92c2eb" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+693-14/85bb6306-ea47-4dbc-96e5-1c0d856b83df" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_PIA_Innovazione_DD234_2013/6d3ac556-7a6f-42d0-a6e2-cfc7a590665e" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+116-14/af6339fe-1c84-44d2-a005-b40e6a1e04e9" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+6476-15/69433dab-673d-4fc6-91e8-870a144df717" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25359748/DGR419_13-05-13_Allegato+A.pdf/4f7d2dc9-24dd-4f1b-b293-c1ee795a69b7" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+277-2015/2936f936-0504-48bd-9152-078bdd363b8c" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=109468&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+746-15/52e868ca-fbb5-42ed-b078-8c9eadc3a70d" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Progetto+ePIAC+28+10+2016.pdf/759d0702-bcbe-4a84-8229-8bb768f138c9" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?&amp;file=reg2002-008.xml&amp;datafine=20030123" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/l+15-08/2b63f988-bbfb-49e7-a6ad-7b6ac79e306d" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PROGRAMMA+DI+LAVORO+All.+DGR+1021-13/78648820-e406-4668-8f6b-5b684add5f89" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1629-09/ab43ff97-a3f7-4750-9bdd-d575fea46857" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DPGR+166-2007/b9da23eb-8931-4ea3-87d4-b7dcb97285e7" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+418-12+allegato2.pdf/72b8203f-f5b5-43a7-b93f-f041b432ada9?version=1.0" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+827-2005/3dc97422-a9a2-4ef7-ac3a-74cb36b0d650" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DET+7206+del+2013/47697e3a-23a8-447d-babf-7e2d26023d8f" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2011-06-23;118!vig=" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All+dgr+1140-14+inglese/c04c466b-cb0e-4c43-9027-046806f4da21" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+Intesa+07-03-13+birra+DGR+359+2013/2f79feaf-165d-42df-ba33-86cbc958e0fd" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+885-16/88a9b542-af04-48af-93e8-9a5725ce4d58" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1349+02.10.2002/a62b38ab-ee68-4715-b1a4-17b45bbd3f44" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+A.pdf/121608ed-ded2-4c57-af95-b7389d011943" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+D+-+contributi+per+mutui+2.pdf/78de4af8-cb4f-44d9-baad-00cad47a8e6e" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1542-14/b6888b7b-1c48-443b-ae09-483e370e8d01" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/616096/DGR541.2011.pdf/f6220569-4454-47b6-8008-aa5bd377a4f3?version=1.0" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+9004-15/4a4da33b-fab1-43b2-8484-853fcdeb6949" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+4+dgr+1548-14/84b1ef03-b1a9-415e-b0a1-d9e930d364fc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all.+DD+8044-2012+Progetto+Aggregazioni+di+strada+Ecuador/5cf52ed7-7691-416f-8424-50360cc5aeba" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=112175&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1933+del+20-12-2010/871c27b1-41de-441b-a7f0-73d8effae037" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+A+DGR918+del+2013/732ed770-e8d8-47f5-b71f-cfd09cadce91" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+2343+del+29-12-2005/244c0f31-f1c4-4464-b46b-50b59a89730c" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1129+del+15.10.2013/38cd700a-21ee-4bb7-a8de-cc232fbf237c" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DCR+198-07/93440e04-8c22-4539-8823-10769e5326cb?version=1.0" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/Bando+PNRR+C2+Investimento+2.1+%28maggio+2024%29/adaab7ee-0606-407e-98fc-1069c2c25559" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+317-14.pdf/122d6c87-73c9-4046-b2bc-07674e1b3c8d" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013+-+Allegato+A/293a19fb-63a1-4641-bf0e-b76fb61c03b5" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1604+DEL+1999/b66862b2-9bb7-4bae-a153-71a1826e2604" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.G.R.+1684+15-12-14/2d6b6414-fef2-48c0-a79b-a0794dbd80b5" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+153+2011+modifica+criteri/a8a443f4-618d-49ab-a89d-65249ddb6008" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=155427&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+201-02/23d6d86e-cf65-4a08-abe9-e8b1a06232df" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All.1+Certificazioni2012+Scheda+DGR+1644+2013/767518d1-d358-4119-a1cd-29581e9fcbe8" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+901-08.pdf/d689e65e-edc1-44a3-8619-959d24594958?version=1.0" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9416-13/0905eab4-1bc0-4149-acc7-7ac3fda5b864" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+850-14/615545b0-4ddc-432d-8b33-ec6415b27d7a" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Programma+regionale+Attivit%C3%A0%202.2.2+POR+FESR+Umbria/3d442bad-6384-43fe-8100-4471a2065dc5" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1101-2016/1aa02287-e7b3-42d4-9253-9bb0370b9f39" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1015-14+15%C2%B0%20programma+reg.le/de927929-943a-4416-882f-68424dd919ec" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1339-2011/e2e683c6-e11f-402f-867e-d1565735cc7e" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+112-14/9612d59c-1685-43b4-a605-1ad4ba6949cf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/PROTOCOLLO+RegioneAFOR+Centri+ittiogenici.pdf/b99e8fc3-3a1e-477a-b213-8a8a36a6d3ba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+211-09/7a13fab2-3f17-4794-bf82-132e4264ef99" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+243-2013BSingle/1f4c3b17-f121-4b8b-9bb8-e581938fa573" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+424-13/fbbbace9-c189-4fc1-97ce-71b7c15d7913" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/ATTO+DGR+1950+del+2009/388f30b5-12de-46d8-9f88-f06f8f43b26f" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+2360-07/c6f630bb-6d6f-4e9e-8ef4-1d74fb0841bd" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+864-2015/97380c70-448f-4ae7-ae40-a5aa5a2fdd73" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1671+del+29+12+2011/92042ccb-4e01-4b20-ac2e-d6b4ed3a0752" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25597684/2004.1+-+APQ+sulla+Viabilit%C3%A0+10_06_2004+Articolato.pdf/1a824766-d3cc-4eaa-8ba6-3e6d731afd37" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1413-13/5acb13aa-6e58-449b-8af2-a13092d2d1dc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+n.+9923-2013/3f364616-8e91-4211-9716-9105768b46ad" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/pdf/2014/N73562.PDF" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+60+del+4+febbraio+2004/58ac7550-0de0-40dc-996b-01aae52cfe6c" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+a+DGR+447-15/c569c896-e899-480a-9398-3997decb1727" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+968-14/a376572a-1c8d-4c60-98d4-8cc15752b94b" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All.+F+soggiorno+giovani.pdf/ddbd63bf-5231-4369-836f-ac3c202461ae" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+400-2010/826b2b44-4ac8-4b9c-8328-9c102dec8f4e" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+948-12/e082ba26-17a4-445a-9601-f566023f58ae" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+547+2011+con+Allegati/ae512846-a08d-4eab-a4f5-7f874286b3d8" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1369+del+2013/d72eea1d-7b5a-4aa5-bab7-d737d202c307" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+6+dgr+1548-14/69252cb9-fa3e-445e-80ba-b871f2c8aecb" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR1001-16.pdf/b488cb39-5d32-4bef-bb59-4328616d3979" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=39674&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+351+18-04-2011/f8723d3a-b63d-4033-bc2c-d52c42060b5d" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All+910-12/53f62922-6e98-47b2-9907-f8301f4800a7" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1021-2013/f5a7aa63-2460-459f-9d75-33025314e0d1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=112132&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+699+del+2012/4ebf81a4-d473-440b-9bc6-52a3f28a861d" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=249564&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando+PAR+FS+allegato/b6d9fbba-d466-496d-a36d-2f6018940c5d" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+F+DGR+1652-11/53226cbe-e423-4ce4-a7a6-fe037d802dc9" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+1+-+DGR+583-15.pdf/54ffca99-42a1-4cea-b27e-9421d0c54edf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1977-12-27;984!vig=" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+2064-2010.pdf/1a42f8f3-06e1-464a-b05c-345b7e41ec86" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+312-02/205e18c3-3279-46d4-b8e5-0ea6a1b9e7cd" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+540-2015+protocollo+Malawi/3b969755-c27a-4afa-b71a-7ccfa0add91c" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DM+18-10-99/2b36619d-42f1-40b0-9f0c-c3853f35356e" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1739-2011/1346be5d-8911-4d90-97f0-5191c3198656" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1555-14/a11ebf70-b8a8-4350-a1f0-20c0db689c6f" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26281285/DELIBERAZIONE+665_2019.pdf/06f19182-b49d-4cd6-bc42-2a6d7a9c7cf8" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+1021-2013/cb68b2d2-1b0c-42e2-a89d-52206eec37b1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=37719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=55839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+11000-20012/4215fa5c-2107-4907-9d02-f5207106d01f" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12+All.2.pdf/f397344e-fe96-46ca-ad85-990f4e1e72e5" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_11398_2009/c4749138-da7d-4983-ab8f-64f3c7edb3ba" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+554-2015/4254844c-a8ca-4972-b803-8d059c97ac34" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=56743&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+2+dd+10437-13/961d44a2-2cef-4db4-94c0-254e2281d199" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/L.+383-00/77d8efa2-ad9b-4784-9b0f-72f6a72182e7" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd10671-2012.pdf/e549562d-04aa-4ec5-8031-6decb59c7468" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+181-2006/0648608d-077f-4138-8659-452831bb3d28" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+2676-2013/3ac611b9-d7ac-450f-be92-1a8827dc6664" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DD+9087-04/fce3cfea-7483-4800-8f96-d0970713cbc7?version=1.0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+428-2010/925c77f3-0139-4799-8bf5-7434e31a8f64" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR2079-2003.pdf/53e62d32-cfd5-4c92-af61-c15c2bd3501d" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Part-Narni/6d7b5b9b-8b41-46ea-b85f-b5eff4bc1ecd" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1246-2015/7512daee-ed89-44dd-8a2b-35f6ea6a13d8" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+3.pdf/3b27b1d0-1862-4a2c-89a1-69263aa2cf3e" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR-1546-2012/64469c5a-6c6c-4fca-add7-bd8f1158af0d" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11.pdf/89019b76-bca5-4ee3-8caa-7e408360a26c" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/prospetto+tecnico+dgr+400-2010/a8e676f5-e73c-4deb-94a4-3a2024d27c6a" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=28545&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Allegato+DGR+148-14/bbac91ad-0f6e-4921-8673-e98a79d2ce52" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR1314-15.pdf/8e83d17e-f278-4953-a878-aaf3f5978204" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Accordo+quadro+2005/7e66b623-6511-439a-8b35-718fa797b203" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1023-13/e2d2be1c-5836-4534-be08-487abe7348fc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All1.+AggiornamentoSIGECO2012+DD+1446+del+01.03/4f3d3b93-7e39-44b6-90a4-e7f244e1b6b6" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR524-12.pdf/71b08e52-3e44-42ab-b3bd-ffe2cc7b7ca3" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+617+del+2013/4385b25b-1dce-49cc-a6e7-19166f76a130" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+724+del+18+giugno+2012/d4c4f7d2-a5c3-47f8-8d2b-70d7e14e37f0" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1767-12/5ebe8f03-c7f4-4213-9693-89aaeb64d697?version=1.0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+8053-15.pdf/e732972c-8d32-4eba-b3f2-df1a3c6c650f" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+511-04/4d48e0ff-cca9-479d-b3c8-7f073d8c2ea7" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+661-2011/e86f5e9b-266f-4170-89a1-28d1935aa472" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1547-16/58c05f9c-075c-454f-b24e-53a230e41152" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24973237/DGR+241+2010+ALLEGATO+1+PIANO+2010.pdf/cc32e17e-9b54-429c-91c2-9d9d7bdec812" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+E.pdf/ef4badcb-6857-4507-991f-0bcb5fd51757" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+10366-2015/10690c2e-9f8f-47d5-8283-3b64fb173c09" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/C+737-14/7f26629d-0c09-4c83-980d-b8e8fc58f34c" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1916+del+28.03.2013/1ab3306d-53b4-460f-8048-e4b64210e917" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/4910+2013+Decreto+di+approvazione+graduatoria+Azione1-Reg/f41c765d-e22f-4cb1-b989-45b29e36b159" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.1+DD+10023-14/d0f49ed4-241d-4399-b148-b88cdb5cb71a" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/decreto+18+marzo+2011/fa2267a5-8b09-4ce5-96f1-928cbb432b6c" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1320-11.pdf/b764e0a4-241b-43b8-a725-336b71e0c923" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Accordo+di+programma+DGR+1510-11/0c2e0dc3-6645-46ee-9e97-f70b4569e41d" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+9921-14/ed9698e5-81e6-4853-a9dd-558d8bc85aaf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+1057-2013/980f5597-aa6d-4dcb-8ea9-2d4634ff8da9" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=240091&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+385-10/be7167c8-51bf-47d6-afce-39130224d40c" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+764-11/ea77add0-d96d-4994-a716-bd6ed534dd0d" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1233-2015/cdedfc3a-226f-4c13-a5a6-6c17ef7167b6" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+7482-14/d89a82a0-8721-4f7b-af84-68afa9a7f1d0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+379+E+DD+2895/56d67aba-c973-4c4c-88ea-76bc658e259b" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+2171-04/8ba8df64-9df3-4fec-8514-bd22ec12ab9b" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+351+del+2008+BandoPUC2/556a53a9-b706-45c0-9a14-4fddb5d4f68b" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+992-14/e9a9ad85-9334-4fe2-8312-7aae68de5457" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/950746/DD274-2005+%28foreste%2C%20montagna%2C%20sistemi+naturalistici%29/a6f5eedc-12ef-47f9-a2b9-c34920a5703b?version=1.0" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1422-2015/02f9e3c4-4bc2-4f3d-a53b-8a177484dbe0" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1364+2014/ad1ac051-c8ce-4668-996a-67c8dbfdba2a" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/Decreto+interministeriale+30+ottobre+2021+%28Ristori%29/ffb85580-71e6-450a-8dae-17e7e44e12a8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+1014+del+28.08.2012/a408f7a6-4f4f-4ef4-b5f7-0ba8aa323c64" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A-parere+Nucleo.pdf/1dc0c71e-ee36-4004-bb50-2d7d3e87de36" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+236-2014/3a9f757e-20dd-47f5-b9ca-98b1c122b910" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+531-08.pdf/91040ee2-80e5-401e-8084-1def45a594d5" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Delibera+11+del+13+gennaio+2014/a3c895d4-d2bd-45f5-b587-d71c63f2cd41" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=41663&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1431+DEL+12.10.2009/e27c88f2-bbee-4e42-8528-d10e7abc5493" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/Allegato+C+DGR+928+2008/ee1a3e6f-45ac-4b79-a8c5-534c562dd939" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+2334+del+2013/b1b259d5-5af3-43dc-bf0e-8eef1d575160" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+273-11/bf6c937d-6522-4ca9-91fa-69ddb60573be" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Ord-72017.pdf/faa1bc6c-9341-46c3-9875-77ba064ae22d" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/L+17-13/77e9c385-6b99-4991-9343-84b52c349d90" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+2A/6711b779-697e-4aca-9407-01dfed3d849a" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR613-2013.pdf/2d6fcb08-311e-4b64-bc32-f8db1deac61c" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+825+del+22+luglio+2013/05d0e5bc-7b4a-4427-a941-a056c98f2eee" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012+-+ALLEGATO+A%29/4185f23e-e526-46fa-ace6-3a69698e157d" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=248920&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1340+del+14.11.2011/e61ae473-aec8-4c1d-9dbc-45f4638a3230" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD9748+2012/921c7d7f-2bb3-4ae3-9c3a-7a380f1a149d" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All1pianifinanziari2007-2013_DGR691_2008/c7132440-ccc3-4645-97be-a883a4b0adcd" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+1652-2011/53725a37-ccd0-4c2d-9661-43b3a588d8e5" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1708-2010/2608dc6c-a9f3-4481-bb9d-7ad2e6c8ed6d" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR-142-2014/b768fbda-e140-4bde-a9c6-5bc9aa508ee2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+FEI+106570+274+2014/4917ef6e-77e3-4695-a9fe-7ad54c70e7d1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+307-11/dff09b4d-5350-475d-b88c-70f660ae220a" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+11231-14/173f7805-17a4-4d94-a57a-639018347b8d" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+11415+DEL+14.12.2009/7c8ce237-0561-4e6b-ac32-3157ffcc1bac" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Accordo-Allegato+B+DGR+329+15+04+2013/942d6b12-89f5-4dc2-b8a1-9bad01a1c39e" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+855-12/9de5dbbd-e8dd-48bd-841b-21f5e4363ba0" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+919-2014/6bb173e2-e9d7-4681-bb8d-dca2aab4377c" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/AllB+DGR+1310-2013-Proposta+Piano+ex+L65/a4fd31eb-2990-48b8-ac8e-faf92346280b" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26221499/DGR+834+2013.pdf/ed3f4d28-3f0e-4385-9046-aa2cd96264dd" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+1914-10/a3e77cec-0541-44da-93a4-15510f8f44dc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Part-Todi/8f7ed66e-4e71-428a-83c5-b8bac9cb1be9" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9070&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20021226" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1617-14/d31a8237-f71a-485b-b334-f56c820e042e" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/BUR+Bando+Amianto+FV/40ecc440-93aa-4568-8296-98092bb5abc5" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1750-10/42487824-6c1a-4009-aeaf-f6849bb935be" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+452-11/f3a8eb5e-23e7-4c97-9849-a10753a89f2b" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1470-13/50dc1ddc-a873-4403-8c27-50eb24407aa0" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+77-15/5aa167a8-1d1e-44a0-98bc-671aa1d17225" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+44-2014.pdf/2d1a5fe7-bdd3-4b88-ac48-d6cd07d19c8e" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+B+a+DGR+318-2008/729b3f6b-5d67-48dc-86cd-e60c90c4e2d2" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=119341&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+10302-2013/de95d102-28b5-499b-8ccb-b0985cc96856" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+criteri+TIC+Cinema+DGR+66+2013/aa690d69-22be-4576-90a9-b3a256c043f2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+3890+del+2009/1072ea48-d830-4851-95b1-881171e01e31" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9235-2012/ce72dcf8-7d60-4714-934b-5894249ee3a9" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1412-15/2487a7e1-8fc0-4ee5-aa57-28dc050eb70c" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Piano+regionale+per+la+bonifica+delle+aree+inquinate/874ff23a-1d92-4f5d-9c67-49baf2e20184" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1066-11/ad49d13c-3d93-4ccc-a19c-6d7d2e9e4b27" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1359-2014/bbccc79a-55c2-4e3d-acec-6670e6062570" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1503+2003/892a8524-48e7-4dbe-8ef4-ee8c26f51271" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+253-2014/ed6a41c1-bf68-43b4-a677-e4347e76a535" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11-MOD+A.pdf/0e64945f-7938-4b98-b261-ffbda147fe05" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=52755&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1860-2009/81f764aa-a16e-4434-8349-94add04d0835" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All+1-2-3-4+modulistica-bandoAPS/ea5b870b-6728-4e81-9040-28df10e7df32" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Crispolti-NST/b4657e3f-91ec-4c94-aa3f-fd79a777f7bc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+1652-11/be252a1f-5890-4012-ba01-ea5aee3920b4" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:1993-06-30;266!vig=" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+7492-09/bda8adff-205d-464b-8e49-e1f566589bca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1682-14/4783a5b3-b76c-4906-af9c-0656f7ab7e59" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/avviso+allegato+DGR+281-13/78829e2f-19e6-47c4-b763-bb2c1c49a2b0" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+4+DGR+1246-2015/ab855c12-9c8f-4719-bfbf-70d977025ca8" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ggr+1173-13/b5e869fa-5070-4d7e-af1e-a411e76e0519" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1136-09/a27edad0-cf61-4106-8432-b2cf6db37717" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DD+6718-2012/0f804518-ac32-4ab2-8946-37f90e1550c1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11332-14/f56e1175-ca4e-4e39-957c-c74a17718a63" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+746-15/d6dcd31d-e921-43b4-bd32-3c9afa404426" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1259-07/b9c0276e-5fb6-454c-adaa-32124331ad53" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1706-2014/baed64c5-5187-4a7c-aa52-ab415eadce66" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determina+8148-2014/687470e3-2e2d-45ef-94d1-3c92524f84ae" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+4670+del+27.06.13/358667e7-00d9-49de-af55-b480f4154130" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+II/23c439b1-ef1b-4dd0-beb9-17e182e981ed" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DGR+1784-14/8ef61375-c664-4b38-8007-e5faed8acc21" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+C+1.pdf/6866b9c2-a344-493b-bc31-19e18812d791" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1278-10+All.pdf/412a2a31-b781-4595-9194-e515d4646c86" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BUR+bando+-+DD+2836+del+2013/f11216d7-a4de-4e3f-a7c4-986ffd1d51c7" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Scheda+di+orientamento+ATeCo+Allegato+4+a+DGR+661-2011/d0ee046a-d1cc-4684-95cc-1fc7947f05f3" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2012-13.xml" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+233-2015-CeRSAl.pdf/cf09b22d-5a3b-489c-8155-58e3f70cc403" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/G+737-14/9910ab49-0b02-4644-afbb-2397ffcd258a" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+949-11/e071d59a-7078-4e9c-aceb-6007e07d2833" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+1916-13/b0464f35-bb3c-4e2e-9fed-68983f8fb658" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+157-15/ee2b7804-e4cf-42e9-8bfd-ec6124471483" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+8222-14.pdf/114adb09-28a3-4a12-9292-04c35605f92f" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+947+intesa/0eaae5d6-60dd-4654-aaa3-5b0796cebe5d" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+962+del+28-7-2014/eb769edf-7163-45c2-8bb1-3877097f1a25" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+2062-03/dc3afcc2-1b6e-409f-8331-3f5a15de4f26" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25359748/DGR419_13-05-13.pdf/b82c0f70-a77a-428e-805d-7ceb0ef059f1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+693-14/8ec9e49f-7fd3-4dcb-b770-1c7250abe495" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_234_2013/26533bd5-c4ae-4fa8-a4f8-ed92bc23045a" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+a+DGR+1228-16+Progetto+E+Piac/8798438a-e6e3-4844-970b-320d53ad47c5" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/caldolo+ripart.+anno+2014+-+allegato+D.D.4293-2015/9833fe90-945e-46fa-a7e9-665af63e5ba1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=112420&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2017-004.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=123377&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+931-14/b3fcaf20-a915-42cc-8aed-c2b33db1b402" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+898-2011/7f79ad2b-6a99-4616-a4ca-20bb8d5f2289" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+418-12+ALLEGATO1.pdf/eda54f7d-a31f-4fad-b86b-0c765fad5d21?version=1.0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1236-2010/993ce75b-83c0-43c1-a0ee-7663fce714cf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DET+7206+del+2013/31c2df89-7792-4d05-9468-845d3445af32" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+695-15.pdf/6d7b54b5-2d32-4ccd-8962-fe7039a77311" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1140-14/fd3338a3-35ff-4288-a94f-b179c9f0d614" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+359+del+2013/3c9f3f0c-4821-4ad3-bf1a-2267454f0e19" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+650-16+Capitolato.pdf/45f1f678-928c-4fe3-98ef-16e535440293" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=248428&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10.pdf/2a3aaa30-d196-4ae2-a4b7-fe42c4205a15" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+Sisac+-+all.+dd.+n.+8740-2015/3a0a0b4e-1224-43da-a7a7-80990bfc6da8" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+C+-+contributi+per+mutui.pdf/951e55ac-eca8-41ed-b731-2810fd08b024" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/id/2014/09/01/14A06807/sg" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11197-10/f6f1a590-7bc4-44bd-9b47-efee075a6a7b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD7600+del+2012/6255c101-8287-4148-8bd8-f7a302bd3405" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+443-02/25bbf9ef-1793-485f-be86-73c8da1cb618" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR918+del+29.07.2013/6ec82fdd-1143-470e-8054-5d502e4d19ad" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+3+dgr+1548-14/8d5d67e9-ee1f-464a-94ae-404723cfcbf0" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/determina+8044-2012+approvazione+progetto+e+impegno+prima+tranche/67e65560-abeb-4fe5-b442-ae0fdaca4cf3" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1697-07/976392c9-941e-455c-8a7e-9c94430824d0?version=1.0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+C+3.pdf/ca3e91ce-0f30-481b-8219-b0cfba5281af" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione+DGR+1241+del+13-09-2010/978bd579-8233-4176-8bf2-59dffc5ae1ca" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+727-2013/3e87bc2d-d10f-420a-9661-816c1902484a" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+5458+del+23.07.2013/75881524-8138-40fa-9e35-dd62e35d4aef" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013/dd871d4f-551d-49cb-a1ab-785fd3a0804a" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=69459&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/Bando+PNRR+C2+Investimento+2.1+Valorizzazione+e+potenziamento+della+ricerca+biomedica+del+SSN/52ed5ca1-edd2-4700-8fa0-1393cc80420b" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/check+list/4d8b6e03-4f31-496e-b7cb-912ed897ce60" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n995_09Settembre_2013/b9f600dc-ab4a-42f3-83c3-a5e5fbdfaa64" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+459-2013/eed7fe3b-580c-4b9a-b2e3-dda9437389e0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allBbandodgr1523+del+2011/b5b40a37-8086-4355-a7fa-4a3e57ad43d3" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+98+2011+approvazione+criteri/7616e482-f8eb-4ad2-8e91-aa5bb2d70f37" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+tecnico+a+dgr+1588-2014/56a4e78e-c80a-4601-8eed-3bb25e9f0069" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1644+2013+criteri/c9e7ea87-2242-4a5d-b284-ef98edda3514" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+7974-14/d3c2a44b-f73f-4c4a-bf85-7c5813dc883f" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1445-16/11ff9e8b-6480-4111-bf8e-791fff564c45" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4129-2015/99f366a3-c50f-4705-a726-dae0b5bcc1c1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+B+1502-12/460c3a15-b7fe-409b-8a85-2467ea35aea0" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+208-14.+Allegato+.pdf/8f0d5160-43db-43c3-b8ac-6fd1c0588c53?version=1.0" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=33926&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+126.2010/62aedaf8-f17b-4f08-bc42-3543fa0b4293" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1101+del+2016/6ba81585-7f30-473e-a181-31d6d32e29de" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+698-2013/daf25c3d-09ff-499b-84f3-5e138d7855b1" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1979-34.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=160064&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+50-2013+BGC/8286e3a2-53d3-4478-b2ca-7411906c7bff" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+421-2010+All.pdf/05c1df6c-005e-4822-ae95-6ed812332ba6" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1991-09/30bf8932-c3fe-40a5-bc9d-6e95274659d8" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+B+693-10/8c1a7fbe-11cb-415b-ac13-a7f73c7460cb" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+6166+del+13+07+2010/61cfc0d1-61b5-49cf-a344-128f31d614ac" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+880-13/26c8bd61-e58b-4468-9142-28f530c68452" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/QSR+2014-2020/0c40482e-2d55-48b7-9ed5-87b966abe3af" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+E+rendicontazioni.pdf/1031371a-0835-4da4-bd0f-51579971ea56" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=17309&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+8782-13/3ffca173-f2ee-4553-ace2-1d1cb47d2c98" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/616096/DGR541.2011_allegato.pdf/969abe38-b86a-4e7b-b0cd-20adf891420a?version=1.0" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+a+DGR+447-15/3aa31dc2-cadc-4d34-aa99-ba8cdbd2950e" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+3299-09/4873137e-7f2e-46ee-8fb4-e8cea3f0f7ee" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+5+dgr+1548-14/2453ecf5-504c-472c-9146-df819baece94" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=61649&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1134+2010+con+Allegati/52beee04-4438-4c0f-92bb-d1c3fd3ec527" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+910-12/c28cc10c-30a5-43bb-ab45-7b1be6717db9" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+425-16.pdf/26ab8ac9-663d-4d8f-ae49-bd1590ac4295" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=115277&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=249199&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DET+6488+DEL+2014/d65a4281-31f3-47ae-b2bd-1a51caa53545" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=66575&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ATTO+DGR806-2013/d5777fa9-d01a-43ba-b947-b93ebc0724a8" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/ARCI/f027d72f-222c-4180-9b9e-598e78d5cf07" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+E+DGR+1652-11/9a3fee8c-8a47-4f8d-ac22-8c867708eadb" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+583-15.pdf/44efea3b-629b-4fb6-a7dd-2b141eb939e9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=77102&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.M.+12.10.2015/da4c1b8d-3dfb-46fb-bfc6-802d63e40bd0" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4293-2015/eef94398-8fdd-447c-b316-d479481923eb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+379-12/df9a4871-8ff9-4db4-8923-69e0d010791e" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+540-2015/305097cb-f490-494e-9aab-050acc81f7e0" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+737-14/615939f3-12c5-4e54-b673-1375c4dfe517" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1555+-2015/30f64a71-c2a3-4783-80d8-cb81a5f072cb" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+convenzione/d540422b-f161-43f7-9aaa-7f0b4193934b" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+schema+di+accordo+dd+n.+6561-15/8e5a265e-a884-4f00-9f45-cff0e03acbd9" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+alla+DD+1151-2011/ddfa4ef3-045e-48a6-bc49-af1e7d1cce93" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Delibera+n.1138+del+2012/7dc2675f-52f8-454c-9b75-68b016af6453" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=58338&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12+All.1.pdf/b7ed3772-c924-44a3-b854-b002b79d62d4" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1980-39.xml" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+7790-00/25fde00d-517b-48e9-9053-58cbdf636362" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=238702&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1985-07.xml" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_PIA_Innovazione_2009_DD_11397_2009./0f5886e6-0f46-43f3-9eb3-0bc707b9ecd5" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1767-04/2abdd0e4-c112-4a0f-b771-487f66324520" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+1+dd+10437-13/c29c60d9-1f17-4e58-ad28-f9ab49dfdf15" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/lr+15-94/18c627ac-63cd-477f-a3a1-476bfdf655b6" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1092-2016/cf0208bb-9f37-45ab-850c-bca641c2e49e" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+4271-14/be4bfcc6-7bcc-4670-a07d-f6070cf3ce38" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1832-01/d59cdf3f-07b2-421d-a589-0136928f1677?version=1.0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DD+5963-2010/c152496d-c2d9-4e32-89f3-b615567514fa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/protocollo+dgr+623-14/d29e13b4-6de7-41e2-8542-709a305960c8" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD4106-2014/ff27e0fa-14ee-4365-ab7b-13636beae43a" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+C+116-14/16d4c1cc-fb87-4adc-91d3-f2f393d8a664" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/prospetto+finanziario+degr+400-2010/2cd11c87-d36a-40b5-8f49-5addbd6c1b21" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+2.pdf/4a2c3f32-af1e-4910-a9d1-8995d007599f" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.G.R.+1651+del+29.12.2011/a4730198-4656-4fe7-b51f-d72a21885d4d" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9215&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+148-14/3e42f301-c169-49a0-97e5-fa0506363f49" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/I+programma-293-2015-OOPP.pdf/061e2ac2-e768-4eda-a2f0-c097b2657023" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2003-08.xml" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+1446+del+01.03.2012/89692592-d97a-4982-805a-23b85b6b4f7f" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Articolato+APQ+Delibera+CIPE+n.+95.2012/6837f058-8a69-4251-8c5a-68a51902b308" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2007-11-09;208!vig=" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Convenzione-IZSUM+2012.pdf/f8c362f4-0588-4397-a302-812417922e59" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+592-2013Contra2012-13/99e85efb-8ab3-49e4-8299-6b6d83970649" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+n.+3+DGR+699+del+2012/d2abe2e6-e8d6-4e2d-80eb-3ac9a9252511" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+352-Protocollo.pdf/f9ccf91c-5df6-4f05-b2ce-970386647d84" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1444+del+2011/919d8279-a5a9-40ea-97bd-46d9b1920df4" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29%20DGR+577-2016/b58c5898-9430-4296-a5e5-10623bb7c0b7" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+D.pdf/22790811-92c2-4a2a-9108-d4d428a85f84" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=126215&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/Legge+regionale+28+novembre+2020%2C+n.+12/b1219258-982a-4b4e-9b39-c0c04efc5039" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/4897+2013+Decreto+di+approvazione+graduatorie+UNAR-Azione7/78ae3daf-4cbe-4387-9c27-296c31dfdb04" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+1799-14+intesa/881ecb69-b7cc-4bf9-9f14-97d154676ea3" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/B+737-14/544d45a7-4c99-45a4-919d-144e2af09f1c" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+424-2013/54594ea9-ff90-4d46-b7e5-a34c44637c01" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=58338&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=155953&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+10023-14/5d2303a1-a411-408e-ac97-fea0dab5d589" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+4330+2014/f059f184-d039-4353-adc7-4dd5ebfdafbb" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo_2012_MALAWI.pdf/7d7155db-0524-47df-92e0-a8c09f833f9d" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+974-2013/43d74d22-c07e-4d30-b046-542db7fbf8da" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1510+del+12+novembre+2011/9bcfefc5-0eb5-4e61-8c06-be3ff7cae671" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+417-08/89ce8e43-bdcc-4b99-90ef-32eaba4df9ad" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+355+DEL+22.04.2013/4f0eaef0-3508-4425-8e90-b83ba8d3ef27" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24984327/DET.+DIR.+n.+2426+del+23+03+2010.pdf/babe7014-d9c8-4dbe-8f61-f4f8ad79f34c" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1615+24-11-08/2edd4fdc-fbcb-4c5f-a7e1-33a56cee76b4" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+865-13/4fc4fda8-8271-4277-b3c4-7715adf20f0c" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Decreto+costituzione+C.R.E.+n.+102-2016/3d8bc931-d409-463c-a22d-8f5a35846770" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+379+E+DD+2895/56d67aba-c973-4c4c-88ea-76bc658e259b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:1998-03-31;112!vig=" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-2005/bb8ef192-1e0a-4fd4-9d63-a91866e905a6" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+992-14/87262373-9cdc-4ee7-aae7-58db33d03f07" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1269-08.pdf/f775bac3-0bef-440b-b0c2-df420adb8f7d?version=1.0" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR1618+del+2009+allegato/2662d9c8-b440-4fe4-b334-4d4b2eccde2a" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=33033&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=248157&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/dgr+1861-2009.pdf/2614d996-5f80-4c10-8f1f-42fe2a6690ed" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DG+949-15.pdf/7881cf41-62a5-41a9-aa91-e2523cf2e8ca" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1279-16.pdf/09b44bd6-789d-4400-9f2e-b3214e06c3f9" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=35611&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1991-01-15;30!vig=" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=51699&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11467-2005/49c31f05-00a8-44e9-bb24-ba9d4ba99fe6" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+morosi+incolpevoli/89c2aca7-706f-4465-963c-1848f5179170" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+576-2014+centro+GAP+Foligno.pdf/bb2bc574-5b2d-4415-b350-1b2542642c06" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/Allegato+B+DGR+928+2008/af24586a-87dc-44e9-b4f2-4cae46fe373c" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+1/7297091f-5bfe-4a73-9d13-e923128d3196" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+-+Riparto+e+cofinaziamento+zone+sociali/7dd59b2f-5d07-48a8-924e-3f303b167aef" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Ord-572016.pdf/c0fb4092-63bd-4e6d-9da5-990f561e0eef" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1021/708eaaa9-b8f9-4af3-af8b-d19358cd925d" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/Delibera+Giunta+regionale+n.+1051+del+2005/5300d90c-780c-4701-a91d-5c7367677c59" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=63836&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012/799d040b-79d9-44f3-afad-ff55d9b1bb22" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n691_18Giugno_2008/8524f705-4a75-4863-9e42-50cccd0935f2" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1981-34.xml" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Decreto+Beenet/626a0b84-a3d8-4ffc-92cc-f53d7417f658" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+307-11/0c778b53-5b23-4c58-851f-923d4b1aba3e" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/APQ+Trasimeno+-+Accordo+Integrativo+del+Programma+Quadro+in+materia+di+Tutela+delle+Acque+e+Gestione+Integrata+delle+Risorse+Idriche/e6846246-7b4b-4515-beaa-fcdda3944138" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DD+10523/433681ce-e462-4c54-b250-5215a17fe4cd" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dm+2014/4ccd88b2-7a7c-4f23-854d-56ff458a2c90" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+555-2015/a05969ec-111a-43cc-9fba-aae7a50cae65" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1503-14/d4e33f1c-821d-49fd-bd59-3679615a5f12" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+Allegato+A++DGR+329+del+15+04+2013/b678f5df-f5bb-4ced-8409-16fb3a8d2f78" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+855-12/dc446f03-08a7-4d4c-9ecd-d965937047be" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione+CEU+per+FSC+2014+nuova/8049bfb2-1639-4dda-8e41-768f86b66f2f" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Part-Perugia/20a7d2f3-f61d-4c37-ad60-4f0fd5b23211" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/AllA-DGR+1310-2013Motivazioni-emerg.2013/f6fa270e-7db8-42ff-b6c7-5016a0103fdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=249990&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1914-10/875599b8-746d-4501-a416-71a3710fa462" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1784-14.pdf/ade881ce-0791-4321-8c2c-bf3dbc95eaeb" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+11272-14/3a70ae4c-c8c1-4d3d-8933-d47d6b10656c" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+2853-14/2bd576ad-b05e-436a-a041-a616044785f9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+123-13/3a48ad15-24b2-4c69-b5d5-7719c54a9f94" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bando+bur+56+su+4/d74c45a0-be1d-4bba-a5ad-747fa4281c8b" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4057-15/fa3ac281-9c63-49e7-9977-d6da5d0b865e" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+76-10/5c5b5c3c-36a9-4852-9c6c-c3511c79c442" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+dgr+1766-12/f55ec754-c300-44a0-8e10-ed66204e033b" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Protocollo_TBC_HIV_2014.pdf/ebf49bc7-932e-4ae8-9439-238571558093" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+A+a+DGR+318-2008/84d046ad-6a84-4a32-9a32-ae6607df21b4" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1780-2009.pdf/e1252fd6-3a58-4626-ba40-b1f9213b5908" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+66+2013+approvazione+criteri/93523ff5-a3db-4c37-8b6c-17c46866cfab" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5621+AVVISO+PUBBLICO/a7486dec-c1b9-4afe-ac85-1d7a7cec0070" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1918-2008+contributo+legge+46/087b86d3-9192-4743-a33e-e21062c03a07" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bando+dd+940/3e8082a4-8d6b-49eb-a071-5f6ab688f174" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+10250-13/b88c9d90-5a09-4de7-b013-a104c20bf939" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Riparto+Programma+promozione+sportiva+2012/b433a1fd-7feb-4370-a630-43aeb9774a9d" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/950746/DGR+371+2014/ae73f25e-ca56-4bb2-ba8b-12af08e430b0" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+2+-+11289-14/9478c116-be10-477d-b356-cbe21b7f6ccf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+888-13/730430da-17d6-467e-bfd7-4beb8203f0f2" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11.pdf/0e24611b-46d6-43b8-be0e-55aa287c9c35" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/L+17-13+reg/c2e45cd1-25ec-40be-9904-0e7ecb0cce8c" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2010-05.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1071-11/96c2023a-6b15-4cb3-a7d8-6455362e6bb5" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1136-2013+Concorso+fotografico/8c954191-d9f8-4f16-be4f-d057952bb874" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Borgo-fl/ca02770b-e642-4352-95b4-b3ff24f410bd" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+3+DGR+1246-2015/bf8c9bc9-5303-49c0-aa1a-af29a0b60ceb" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+1652-11/f37c1229-770a-4ce8-8f09-a63e60886cc7" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+141-15/83f45142-ab5b-4a25-aa69-d4a5921e75de" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+6718-2012/c6b4dc63-0520-4519-8f68-23de7eab680b" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1623-14/bd2aa171-0460-4b80-9410-b1a588321eb2" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+746-15/c26f27c0-11cf-4705-b1bd-5c76d4e2256e" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+538-12/bbfe3137-5266-46fd-ace1-ebe5c7bc8992" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Allegato1315-15.pdf/2a54a972-f87d-4c54-9e4a-225c07b25f19" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bollettino+1503-14/30900358-5879-4a8a-b3ce-2bcd1c450eae" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=197644&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+585-2013/38a04943-1bcb-443d-abb3-2370ebf74811" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+2+D.D.+n.+1904+del+2013/d04a9885-1a10-41ff-b36b-7f38406353df" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+I/72c89a33-3754-4f75-88c0-829c7045b91a" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+1784-14/2543d29f-cf91-436b-8bda-8e68998ccc10" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+B.pdf/3fb0abf7-19c0-43ed-bc4b-b24ae35c27ff" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1278-10.pdf/a9912e56-3a34-4f01-b1d0-cff1907ace9a" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/66070/416127/Bando+Ricerca+Energia+det+dir+786+del+2013+BUR/766dac91-6dc1-4f3a-9b41-9acf19a9bfde" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Scheda+richiesta+servizi+Hub+Allegato+3+a+DGR+661-2011/dd9acc53-0c3f-464c-97cd-bb809cf79060" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/schema+accordo+programma+All.B+a+dgr+1578-11/90e64adb-60aa-4772-8584-a9d47848e12f" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24984327/DET.+DIR.+n.+2426+del+23+03+2010+-+AVVISO_PUBBLICO_All_A%29.pdf/0dcc7983-55ae-4955-b029-6e5f7cc71342" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+77-15/be97c4f4-f95a-4fda-8158-94858fcd39f1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/verbale+All.+DGR+1524-2014/6bc59ed0-ece1-47c7-8cd4-43044af25251" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/F+737-14/05fa8496-0141-400d-8af9-ffd1afb3712c" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+949-11/7f1ddb45-02ee-4e67-b895-7aff2aac8ca2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1916-13/a7753711-8d7b-4c1b-931a-2f30112fe5a5" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1392-12/e045f37e-7175-4a6e-bc0f-ef53766591ab" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+947-14/bb04332a-9107-42ab-936c-fbd1da93ca10" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1759-2010/6a0ec2fe-8319-4322-9c69-8ac3859fee0b" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11241-2014/78d2e739-dc8b-43fb-bf83-53d9d3c8728c" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+114.2001/3e3b110b-2f11-4537-8df1-85af32f16623" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_PMI_Innovative_DD89_2013/5d392087-a739-4827-b6d0-929ceb58dfa5" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/2669055/DGR+1922+2004.pdf/2c5b1029-5f4e-4500-9d97-5e17c6d6af07" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9949-12/5b653437-fe3c-47e7-9188-a56a95115fd2" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1228-2016/da4c47d0-f677-47bf-bc5d-5a34b85a535b" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=162943&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+426-14/1294dcc8-44eb-4aff-8733-eefd30c9ac19" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=60966&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29%20%20DGR+586-2010/2333ccdd-86e7-465f-80c9-8b2d46c57dee" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/accordo+dgr+400-14/c843a5c7-2c0c-4756-80c2-3279ba0d4b9e" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Avviso+pubblico+DET+7206+del+2013/c4462ddf-00c3-4b21-a895-9a1a362212d1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Integrativo+difesa+suolo/0c9f39dd-ec14-4027-a8b7-b8cf19e326c8" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+418-12.pdf/8b4ff84d-0bad-43cf-ae13-631d82deb8df?version=1.0" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=158811&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+668-15.pdf/3f21a500-5fd3-4124-bfb2-f29b36a670ba" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All+B+Conclusioni_CRE+2013.pdf/078b8d05-b16e-40dd-826c-ae99ad183338" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+650-16.pdf/e9ba5486-a991-4b93-8f9b-6bc5f7d53cff" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+8323-12/1cc3f324-e1c1-46c9-812f-2e095e406634" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-E.pdf/c97450c6-d848-46a5-a763-7d4ffd76478b" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/653718/Sintesi+dei+criteri+per+l%27anno+2014/440b4e5a-2d62-4a18-bc69-e1ef35863a98" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+AGEVOLAZIONI+1104-2012/7f04b48e-1f6e-4bd8-a724-6eca30466bc3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+8711-2015/7cafb51e-9ff9-4478-8c9b-55584e1e9102" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+2+dgr+1548-14/fd19b2e6-2e3a-40a4-a264-bb773131806b" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+749-12+Piano+interventi+emergenza+2012.pdf/934abc3a-18df-4e7b-bc7b-ae833d5a6488" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=158329&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+C+2.pdf/78d9c15c-edc8-4a13-ba69-b123c45a76a8" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1241+del+13-09-2010/969ad633-4334-4667-a991-9d2b5a35e68e" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+579-16/78ecaf72-10b1-4982-8f4c-3e662703bd3b" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato++DGR+710+02.07.2013+PIANO+OPERATIVO+CRISI+RIMODULATO/79d476a2-bfdd-4afc-bbe6-4ecf11b23a1d" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+1381+del+2012/32ae6f45-af2c-43ad-9886-635305f6549a" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=23744&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=161970&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PISTE+DI+CONTROLLO/f1699dd3-d14c-4b81-8658-19734fa58d37" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+233-15+Allegato-Convenzione-CeRSAl.pdf/422bba4c-fa19-4782-9053-0c16c8a4c234" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n250_25Marzo_2013/f57d4d8c-1b26-4c06-bab5-2bf5e3c4de30" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5195-2015/8d5271be-3d4a-4e49-9dd4-420241304320" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+7210-13/0bda2c2f-d424-45bd-8725-de3ce66f032c" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allAbando+dgr1523del+2011/a06f38cf-6396-4a94-ae64-b61aa3910f2e" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+8222-14+All+tirocini.pdf/5b05906b-2f9a-4b54-b8b4-c09f3e54e41e" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+Accordo+di+collaborazione+a+DGR+1588-2014/d0daed71-a4f5-4edc-949c-e5a24f3cb451" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Bando+Poli+di+Innovazione+2010/5cde5e90-4cff-407e-91fd-5eedad0f3a89" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+208-14.pdf/e4c8291b-8b77-4b9c-b857-9afcd406232d?version=1.0" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzioneREGIONE+UMBRIA+AGENAS+all%29%20B+DGR+1167+2013/a32624eb-f479-4bae-bd0b-b08ff27b2568" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=81446&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+1502-12/e86e76f9-98e9-49f7-bc19-6b6cddf4dc2c" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n.+1091+del+7+ottobre+2013/a13cedcb-0518-415d-a1a9-3def3f8cb81d" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/DGR+1294_2013/05e2f6cb-cb9f-47b4-b111-a00bb5b6d4f0" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9079&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20140406" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+478-2013/6a50e241-b5ec-42de-8a56-4401bd9263a4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1490-12/7dc20af4-0cf0-4eb3-b142-f8d3eeacc9a2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+7410-99/fe7e4198-5577-47f0-81bf-373ddaa1ab33" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+6865-07/315a7209-7d09-4590-a9e2-1e4c3256d558" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+421-2010.pdf/2eb91161-2f9f-419c-9e57-7b40cb886b92" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1982-16.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1738-12/950e1d9d-2a35-4221-8268-e6f625c5090c" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/verbale+1412-12/20def705-93e2-425f-a352-eeb9b782c27e" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+A+693-10/3e02a387-56d2-48be-b32b-c5badde1fa46" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+2329+del+19+03+2010/880ac513-0638-4907-8e0c-382c85fc092b" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29%20SCHEMA+Convenzione+DD+6281+del+04.08.2014/b778a1b7-e99f-4a32-ae72-d013491d2d3d" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+496-2016/6c222959-9b62-4e75-a954-7bc5f344d268" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1997-08-28;284!vig=" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9154-12/72167ceb-c93a-4a3f-a051-a486e316c3b9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+a+DGR+447-15/2358c54f-5059-4b0f-a30d-4614a7135c2b" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+892+07/1f2325ee-5a67-49f1-80fe-ccdaa87011ba" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1925+del+1995+TESSERE+SPECIALI/676778d2-bfad-473e-ac36-514d711dce78" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+418++2005/b57ef315-9a2f-453c-863a-bb95c46271fa" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+C+9416-13/50336a63-3a36-4195-8da2-ab1dc94cc179" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+7781-12/538aac7b-62c7-47fc-b65e-796c40222041" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=11917&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1252-15/d841a3e9-03ff-45fe-abac-3d5ab69952f3" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+2+Bando+DGR+1576+dicembre+2012/07fa9200-c4d5-42ed-98aa-d4c049aa5631" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/S.Martino-fl/2504ae46-a43d-4a8c-bdd8-f66a6c47cb52" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D1+DGR+1652-11/392f620d-08dd-45f9-a72b-cff4dea3e12a" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5262-2015+Univ.+PG/29a48757-52f7-4410-905c-207b34dca060" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+459-2013/7789cedb-ac5c-42fa-8234-9629f4083e4d" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=42414&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/D.M.+892-09/447993c8-ec61-4b26-bb1f-5979f1901188" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1985-10.xml" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/nota+compg/30eaee39-a14b-436a-814e-f67754c236a1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+progetto/85ad1bbb-b452-4bff-97a7-8277913a0fa2" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1151-2011+bando+FEB/69317a72-6f7d-4570-845a-20001cfe39ed" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=27963&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+500-2015+Perugia+Social+Film/d7ba5fc2-7712-4fad-a889-d5c465bede9c" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=13571&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+65612-2015/3a5fd150-575f-4467-8621-c40ec5a10c35" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1012+ALLEGATO++IPOVISIONE+CONGENITA/e822c2d9-3a81-425c-aac5-82460d28d6a4" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=31552&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+604-2016+Allegato+A/5b6cfc5b-bbae-4a79-a94f-32a4b697d01a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12.pdf/acd10d11-f690-4472-9679-a74a9676cc85" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_11397_2009/3e5dfe86-f14e-4e31-8cc7-97cb6144e1c9" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2020-05-19;34!vig=2021-02-10" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1580-13/6c8e0e06-64cc-4680-98bc-03ddf8a06334" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1384-13/64ff2800-29d3-459c-9980-b8dee09a6112" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+32-2016/bee9bb85-5efd-48a7-b629-e78ba4f8017d" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1878-07/a8a3304e-b951-4fab-937b-5067fff2bb77" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+133+del+9+febbraio+2009/5d35662b-949b-4370-acf4-b0a372c4ed85" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+10437-13/aedfcaf8-8a71-4da4-a1a6-e4bf9fa2aa0e" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+9946-14/0d91313e-5e5f-40d6-a01d-95015360fdff" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+990/3b54233a-ffd1-437e-ba53-2556d6d150aa" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/ALLEGATO-B+DGR+81-14.pdf/890522ec-3673-4bfb-a914-a6258d4f298e" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/623-2014-ATTO-DG1-Protocollo+UISP-Regione.pdf/748701d1-5a24-4d6f-9033-f4c31d173958" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+4346-93/47c90d7e-dc87-4650-9f7e-0c9d6ea384c5?version=1.0" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/D.P.C.M.15+settembre+2021/d1d7182a-d956-48b9-8761-98a18d1f2a3d" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5963-2010/0a2251b6-0ecf-410c-b150-b18d1aa4f981" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BUR-Bando+Start+Up+2015/13655f43-dc9f-4af1-8d24-c904e8ff2c2d" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+B+116-14/60dfb47f-7e8d-4766-9fdb-e6b3fd5d45fe" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+1.pdf/9f81c174-c883-4b69-a177-d0b35692ed0c" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1624-15/c87b5833-2178-4240-89ed-e7fa3b3125c2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+8766-12/1df4dce5-280d-480e-8bef-9b6e4f1edd60" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+imenotteri+all.+DGR+880-15/bd1f5748-6d17-4e13-889f-a82b5081a5fa" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+8812+del+01.12.2011/5ae6405a-5c4f-4462-8056-dd739672fd79" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ACCORDO+PROGRAMMA+QUADRO+DIFERA+SUOLO+2001/148890f5-77de-46f3-a1a4-a0f8f8c3756e" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2007-11-09;207!vig=" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+9824-12.pdf/97a832c3-90ac-43b1-801d-c71140593671" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=8543&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+492-11Attivazione+2010-11/a8c51c5e-6634-4da2-9e1d-ed760d97a268" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR++352-2016.rtf/5f993d47-3dda-410a-b278-d47fe57d234e" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1444+del+2011/42c5fe2b-1502-44ee-bb2b-e165588317b1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+577-2016/59b20db4-fb14-4680-a492-659c48657b00" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+C.pdf/0aeb3deb-7b1b-44cc-8343-74a0706268e7" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+piano+dgr+1799-14/345b4498-6610-4bc9-a346-30feabb62aff" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/A+737-14/ead78c68-9bd6-4754-a8c8-30777311709d" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+823-15.pdf/2497a091-be7a-4067-b33b-985e7986e2c5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/4623+Decreto+approvazione+prog.+regionale+2011/5a086102-a642-4c32-ad4c-7997b7aab7d6" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Avviso+pubblico+DD8233/b32204e5-6063-47bb-9d20-13b2d917614c" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+576-14/d49df6ce-7445-4d96-8934-c5f40c8edec8" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1320-11.+Allegato+A+-+DM+16+ottobre+2006+con+indice.pdf/03e5074c-0bd2-4d5c-a7b4-43e7228a5dce?version=1.0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1981-40.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=43423&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+5911+2012/835a53c8-a7c6-49b6-bcc0-b0d9c0694c22" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Delibera+1140+del+2011+allegato/e2563c3a-75b6-4b92-ad3f-2a64046f0526" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+974+del+2013/75894fcd-b1ad-4e2a-bf3c-5a00e4f67456" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/658997/DD+2200+del+2010/9c9632f2-62dc-46bc-8641-988240b1fcae" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+748-08/3182ad20-aa0a-4fc5-952b-ad493cde9503" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+N.+1247+del+11.11.2013/0f1b09b2-ff03-464a-b54a-a8758b1afe6f" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/DGR+1283+2006/531b83af-f4af-42a5-8801-c7dea8994e3f" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+8966-13/f4ae3524-9e3e-4429-820e-ff0e326754a9" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+d%27intesaRegione+Umbria-Universit%C3%A0%20per+stranieri+PG/859a1681-1aaf-4f58-a15c-7c5b2e7fba81" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+1289+del+19-11-13/e7ef723a-8098-4a60-be48-310ac9a5bce8" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+714-08.+Criteri.pdf/6b07338b-53c7-4e58-adbc-4fa490491621?version=1.0" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DCR+755-1999/73aa9bd7-5a7c-4e32-834f-e309574f47fd" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+991/f30d2bab-b429-472f-8386-ea17ab445785" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1541-14/18490710-b318-452d-989b-38f40375ff86" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Avviso+pubblico+Attivit%C3%A0%202.2.2+POR+FESR+Umbria/c7a3db81-c15e-4126-814b-a0383d68bc3d" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/A1_Legge+regionale+08+marzo+2021%2C+n.+5.pdf/00aef06f-b4d0-4cc8-96bd-ca0ef387a203" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=114785&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=152839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+A/03fb9e47-e2ed-477b-b314-be61ac82a246" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+923-14/4aa4284f-c3a7-40b8-b9b3-c5225f7e05a6" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1263-2014/6918f657-49a8-4c61-aba4-df3287c71797" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=41979&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9577&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALL.+458-15/0b8ccebe-7df6-4096-9aaf-84b023c6fdf0" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/l.+138-04/259087d3-b5aa-4cfb-9291-941e031e227c" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+90-2015.pdf/2f9fd31f-d760-44da-929b-b53549661232" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=31696&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20080529&amp;regolamento=0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+261+E+DD+2127/60b33c79-8a11-46cd-ae1f-1c91b2aa17e6" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=22644&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11696-08.pdf/87326116-d24b-4c3e-9137-fb99e8570a7c" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1992-02-05;104!vig=" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1064-16.pdf/bdaaff46-4582-4fc9-afe1-efc8e5e872ce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1316-2011/23fde19d-b131-41b5-ab9d-be7994709dae" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1292+del+2013/27cb63da-2289-4241-8b1d-726ebb8ac31c" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+781-09/d9e2fad2-3a0f-4002-b659-669dce3c6646" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/Allegato+A+DGR+928+2008/2134d866-760a-4815-9a5f-755a0d1534e7" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ATTO+1036-11/7ba27632-35ba-4b6e-bde3-6f5548ef04dc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/testo+coordinato+RR+6+del+2011+e+RR+2+del+2013/845a2e6c-856e-4fee-9f36-f5e34c5e7819" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1991_23+12+2009+Riprogramm.ne.++Foligno-Magione-S.+Giustino/79605ab7-5019-47c2-92c2-f4c19b4ad5ce" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1980-50.xml" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+948-12+all-B/48eb896b-1253-4d6d-be4c-ba10b13f9014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD10523+del+2013/6528e79d-bf6f-4419-a5e8-d5b4924eacb0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+329+15+04+2013/13c893b9-e3fb-4eb5-9d66-63aed91f6555" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+232-14/3eb8bef8-2bda-4d35-8149-44fb96ccb889" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/CONVENZIONE+CENTRO+ESTERO+2013/6f049b9e-a330-469d-b891-f27a705b8d1a" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/avviso+455-14/b74d6449-3f8c-4e50-bd27-20495bf7aa90" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/Decreto+del+Ministero+della+Salute+22+marzo+2024/6bb6226e-8048-413f-9ae3-2ad8202f4656" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1635-12/07114cfa-f921-4368-8910-24ba4da40273" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1310+del+2013/868e072e-451b-424a-9be6-189d8012cea3" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+I+DGR+1652-11/5e80e2c3-11d2-4915-aaea-3f7cbd739d2f" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5306-15/b2b7febd-f9c2-4182-8430-21b3fb821877" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BUR+efficienza+n.+8/75952e28-6ab2-412d-82fa-e6b4ac353b46" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+336+del+11+aprile+2011/a4fa76d2-a3ed-4208-8f27-d7b2d14efc3f" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1766-12/5100290d-0d1d-493a-aaee-37566dbeb7cd" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1699-14+Armonizz.+contabile/7882aae0-e9ec-453e-846d-86a9961e086d" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+825-10/590f01e0-c35c-48d7-a9a2-c2b459d8a456" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/protocollo+d%27intesa+allegato+a+DGR+141-15/997e1e8f-ce57-473d-ba8a-e7fcec9fb915" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+42-2014.pdf/b32a6849-8ff7-426c-9827-6a296b82a01c" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+318-2008/e71a0ce1-5d45-4c30-a839-f2a60ca46430" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD3677affEumechanos/4ee75694-ae07-4a43-9a7c-a5002b461f14" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/17693073/DEFR+2026-2028/248716a1-dfca-4600-886e-f49bd8e68ae8" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+922-2009.pdf/897b89c1-77d7-4d77-9f59-1534c35d8143" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+criteri+TIC+Basic+154+2013/a8644063-6b7b-44cf-9b1a-ccc8b53d66d1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+5621-2008/70049b09-3a52-44e3-b214-7ef477243384" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1900-2003/01155acb-bf3d-4919-92a6-940679cd6083" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_940_2012/7d240779-2854-420d-b5b8-4b85f4f42a7d" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+ENS+all.+DGR+554-15/a925ee47-a480-45d3-bfbb-d3073ee1c47b" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5670+DEL+2012/b969d682-8966-4b83-96be-f9c5390de6d9" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+1dgr+11289-14/c843a0d5-6ccf-4003-b7b5-3031526e8ded" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+464-13/4fda7283-a8ab-46fb-8844-a3b7f921ee37" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Piano+2011+DGR+1257-2011/c8a8a1a1-8184-4ade-a042-b9ab6421e31f" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1136-2013+bando/5e5f7900-d6e7-421c-847b-213f92934abb" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Borgo-NTS/1ad6f765-ca79-4dae-9fe7-2cb6e150e9e4" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=43423&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+9113-15/129df215-b7b3-415a-964d-28a1976584a4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+54-14/ea41bea5-2545-49fe-81fd-9fc4d3e279ad" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+850-09/c0bb31a0-60b0-48ef-9fe6-49216188903e" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+2+DGR+1246-2015/146ae468-3e16-4a38-b071-a923498b91b6" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+538-12/b54e888a-725a-4b36-a37f-83e847a2c18d" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/bando+commercio.pdf/0f0e4586-5344-4c87-9180-74000ad3a676" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+2838+del+27+aprile+2011/54f9e5f5-47c3-4568-abbb-95b151143ab3" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-B.pdf/bb006712-eeda-4cda-81fe-0b1de265f10f" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Testo+convenzione+allegato+a+DGR+747-15/361b7fcb-0d6e-4c35-a069-7edc8d39ab88" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR1315-15.pdf/56278e2c-7935-49de-98ee-e1695346f7ea" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9115-14/a4a5dfc2-0de3-4368-a0d3-5735d146695d" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+D.D.+1904+del+2013/d99a62ab-f0b8-4d2f-92e8-aa02af406d4f" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bando+programma+attuativo/0170c906-14ec-4e4d-808d-cbc2502220d3" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=204565&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+A.pdf/f15a37f2-72fc-4954-8150-140e6dad1529" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+ComunicaENS+all.+a+DGR+352-16/c3fd871d-0f0e-4ca4-906f-2c827f3fb6fa" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Scheda+di+valutazione+ausili+tecnologici+Allegato+2+a+DGR+661-2011/db2f8998-7ea3-4a14-8353-0ef1fe9df1c2" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+1784-14/48af2581-927e-4aa9-a40a-221b97559ce9" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+esecutivo+innovazione+del+prodotto+Umbria+All.A+dgr+1578-11/c16de651-45a2-4ce0-b600-e30343ca8b93" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+34-2015.pdf/b9bd76e9-368d-4e33-9671-23de233a2f3c" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1524-2014/a1a7a6d3-4658-48a7-a1ec-b2be828eadea" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24973237/DGR+241+2010.pdf/8adadd11-fa29-4564-b458-d3215c413b6c" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/E+737-14/077cec2a-820e-4c34-9d3f-b89b12983a70" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/allegato+dgr+802-08/d15b24b1-fb76-4681-92ba-77bc6c7808e7" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=218550&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+7028-07/a160c182-7c8a-4b13-877b-6f279f09963e" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+2210-15/87631ddd-1ee7-44c1-8b0e-d0374a477327" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+897-14/cddf1d36-f802-4556-b591-18e893e7b9a4" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1129-14/ba20ef00-2849-442f-9d5d-ba6725007c19" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2010-05.xml" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1991-01-15;30!vig=" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_89_2013/54fb6ee8-4bf0-4a22-bf43-3fbf32a81e8d" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Bando+agenzie/c39d8f29-6785-4338-8fe3-b63df4ed78b3" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/2669055/DGR+1670+2004.pdf/a3ea99dc-b509-429f-ab6d-f82ed915c40c" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=155004&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1384-2011/fb09ee97-1e4e-494e-a15d-9822ab42933b" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PROTECT+BUDGET+DEFINITIVO+All.+a+DGR+1233-15/0ff60ba0-cd0a-4bd5-ba29-d3ab0e9bfa85" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=145528&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/dd+5186++del+2010.pdf/20beeb8c-716d-4356-82e2-9e68790cb5a7" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+586-2010/1784cf3f-434d-49da-b8ef-c642a1bc9c9e" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+400-14/661702f5-f481-4c46-9f84-97636a9af18f" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1650-2015.pdf/68fa5b78-0566-4132-9c31-3938269ce0f5" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DET+7206+del+2013/af89e41e-d3ef-4d91-aebf-e66843d4661c" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/LR+24-08/a25c3293-4930-44cc-b232-68fa21a8dfe2" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Legge_284_1997.pdf/201ca5ee-54b0-44e4-bd62-d69cfcaff757" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+186+del+28-02-2001/c3ba7805-6036-4954-8848-61e07141bba4" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-D.pdf/c1d0bf3e-1a8e-47e2-b066-aed333949249" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C_Elenco+interventi.pdf/0be8c14b-5bd6-48f3-b384-878adf157f2c" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.+All.+A+Piano+degli+interventi+2013.pdf/682ffc58-c159-421a-8740-74ee15435bf9" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=172928&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4423-13/04b9d324-59ea-4257-b365-d36c81134a37" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2000-02-22;28!vig=" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dcr+735-99/24756117-18d3-4d5f-871f-b71a4f84bda5" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+1+dgr+1548-14/975c936d-3b3c-4208-8c04-1d35f863b2ba" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+749-2012.pdf/86ccd641-91f8-4e72-8658-02139366dc61" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11312-2014/7effe9a4-91bb-449d-a67a-6420585ba6ae" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+3/e51431d1-7ea5-4b32-a4d2-3d6afc9de908" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+710+02.07.2013+MODIFICA+PROGRAMMA+OPERATIVO/55580615-7090-4582-88ad-a4ac31feb3d9" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1931-04/33d7098d-abab-451e-9acf-e57eb1ce6044?version=1.0" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1989-01-09;13!vig=2023-12-06" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR689-2013.pdf/aa5083f1-a657-4bb2-823b-ca69d0b5f7d0" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1381+del+2012/841e29af-9fd6-4590-81d1-71fd74cc7984" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n1060_11Settembre_2012/5f51624d-dbaf-49de-8b32-97a275fda75d" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=121928&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5194-2015/b0e7655e-09fb-41ca-8794-2dd38485b25c" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd.+n.+10043.14/8677b78a-5df4-424a-9559-a6f829ffc26f" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+834-14/56d986d0-28fd-4a04-9fd2-3b9bc62abbd6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1523+del+2011/9f196845-c936-47c6-a82f-cb66ac25f7e9" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1588-2014/84e5b508-a350-43fa-83cb-57852470f157" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+2458+DEL+23.13.2010/2f75b602-2d56-46f8-b5df-32ea8a4e6820" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1782-10.+Allegato/bcc50b51-6d6c-4c28-9940-f5453db768e3?version=1.0" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/medicinadifensiva.pdf+ALL.%29%20A+DGR+1167+2013/c19256b2-8559-4615-9128-eb3f6e9bf7bf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2004-03-29;102!vig=" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1502-12/1a7ea6a4-2e18-4707-9410-fd8dc95e52a3" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+1345-09/adba5502-8e28-47c4-9e02-89ddf48bcaa7" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26221499/Accordo+di+programma_Allegato+1_parteB.pdf/90ac0621-734c-4974-989b-909dfad1c6f6" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Dgr+389-15/2a123589-a58d-4506-a497-58e0eb391b4a" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+942-2012+13+programma+immigrazione/c8345002-a007-43f2-a275-3cb1bac949d0" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+417-2016/5097f4cf-2c30-480f-bc52-6e377e3f73c5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+6832-2011/bdac8cbf-07e7-43f3-855d-53e1ae7dfb56" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+511-04/b7181a55-41f8-4877-947a-fa79401c4c3f" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1143-2011/623eb979-e06c-4a1d-ad90-352c52027973" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD1747-06/6918c024-60bf-4a59-8b0f-1ac17d700e80" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+245-00/8522c483-ae70-4a13-b271-9dc0db491a00" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/Convenzione-01+marzo+2004_allegati.pdf/f45f4384-720e-439d-afcf-6e11127cac9a" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1412-12/7518f180-c845-4506-881b-09767183a380" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+693-10/2fcff038-99a0-4d85-a136-9d8971adac48" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1395+del+5+10+2009/500332d3-090e-49f0-8a9c-d870a2ccbdb1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+6281+del+04.08.2014/0fb22e0a-321d-4bc0-b2a8-95d6e56d8bad" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+496-2016/08d1b6d8-78aa-4d35-b801-48c234c70843" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1166-2013/ec152bed-8ce0-476d-ac97-b0ef622bbcb7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DD+3890-2009/a39bf8e4-8661-42ce-b83c-7944e83427fe" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+447-2015/aae00279-fdb4-4b65-a2ab-1263bf5a5b8a" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+A+1769-12/19678b62-fba6-4696-9845-0eabb8897d62" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1073-2015/941e8f8f-cfc2-4acf-997e-195de8d0d04b" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=22418&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+612-04/cf76255e-d795-4e81-b68a-4266f566819c" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+963-2007+Piano+pandemico/e1f9ef60-dea0-4b3f-9179-500f10eb4909" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11+Allegato+B.pdf/e966bc47-b224-4133-8818-af610c6798c4" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+B+9416-13/1e97f0a3-8915-4990-ab41-4cc26f1f601e" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1131-14/b6252a2f-94ca-4810-94d7-78c628950eb9" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/S.Martino-NST/a7c02c38-766b-49d1-846b-f1aed37bfabc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=30561&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+atto+di+indirizzo+DGR+1576+dicembre+2012/f9edad9b-e771-4963-90f2-6a7dc8a75f92" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DGR+1652-11/64f73a5f-ff23-4796-9c43-98c0f5398308" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1683-14/f3f086de-8fc0-4c4f-9ab8-632b8c6c1803" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5261-2015+Univ.+Camerino/3175ade6-959d-404c-b35b-466ac2ec3362" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+72-10/0a0d0609-0246-4efd-8f3c-8e181b07103a" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+228-2008/58206c88-5fa0-4caf-8922-2a1eb73a5a37" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+10319-2013/e4bb50ba-d4ae-4f7b-87d5-586956fa05e8" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1202+-+2013/1dd2f494-622f-40fe-ac6f-097fc17befed" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9093-14/00d90d9d-8cf4-4a6f-a914-b59db92c6d14" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+5821-2015/633ae79b-3d6e-40fe-84e1-c57556bd29e0" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1012+Screening+Ipovisione/bb9e7bcc-80b8-4fb0-94ab-62c4faf86455" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+372-15/d5511b9e-832d-40ee-932c-63cf5b6a0c05" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+604-2016/19154569-ade4-462a-84b6-b082558b4d4e" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1509-12/8d4a3c94-30b5-42f4-80b6-a7f0f4fea65e" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+90-12+All.pdf/79f003bb-5a76-4acb-aad1-301c04c2faed" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BandoPIA2008_DD_8018_2008.pdf/0ed216e4-24ba-45b5-8e26-11d8c4dfe515" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DM+Salute+11+maggio+2015/db151f30-3ce9-44e8-af54-4246b7c73f85" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/D.M.+20+ottobre+2020+-+Salute+-+Programma+CCM+2020.pdf/09d9d9fe-8eb9-4f2e-93db-9485af8d054e" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Det+6218+del+2014/43d4441d-9e61-41fa-8ba3-918d70f29cd9" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+407-14/4f9f0f20-b59f-492a-9908-809cd0972aa5" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/737-14+ACCORDO/dc7a937d-b456-4fb9-b6eb-8448febc3f60" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=42480&amp;v=FI,SA,TE,IS,VE,RA,MM" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+886-2012/bea8ed92-56af-4254-8233-1dc9b96c42c3" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+947+coordinate/a2e664b5-d3fb-4e2d-84ff-77942b368339" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/ALLEGATO+A+-DGR+81-14.pdf/d21c8988-7434-468f-a760-c548b203747e" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:Legge:1953-12-27;968" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/accordo+asl+1/432f37db-2beb-4c9b-8175-b4ea02eac053" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/dgr+1366-13/fac4401d-42e6-426d-89bf-e20a8460ed15" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+A+116-14/9fd76209-9344-4688-a133-127512accc3c" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25359748/DGR419_13-05-13_Allegato+B.pdf/0716ee91-c3dc-495f-b65f-45b415f69cd5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALL+DD+11389-2009/a2b85f7e-e5e5-456b-b2ff-4221272cdaf6" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DCR+79-01/25fed763-d04e-4837-9480-79245f396b09" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Progetto+ePIAC+PianoFinanziario.pdf/4727b819-89cb-4543-8690-77113981bf72" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09.pdf/451bbd1a-e801-40a3-a825-9746800749a4" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2017-004.xml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Prot.+d%27intesa+con+il+Filo+di+Arianna+all.+DGR+277-2015/27736e48-fed4-4762-877c-87df454a1acd" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1217-16.pdf/e42c8522-50ee-4872-9a2d-3ea0579e0caf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+880-15+approvazione++convenzione/6d260b09-90cb-4578-bde0-88e9ff17dc70" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dlgs.+502-92/a792181d-22f3-4621-b3b6-cac30f1954d3" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ACCORDO+PROGRAMMA+QUADRO+RISORSE+IDRICHE+5-11-14/ad921a87-4deb-455b-af5a-c46c7b5cc859" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR1446+del+2013/6dc50722-0c9b-4b44-9f6d-94075ae93242" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+5358-2016/6f0a3d6e-d965-466f-aab5-df137e5f183a" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2005-10-21;219!vig=" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25597684/D.G.R.+n+.+421_30+03+2009.pdf/49f135b3-0463-4be9-9864-f5188f6becb4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+8925-06/696bada3-5a3b-49d4-88de-c1ba814f9988" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1409-02/50fb105b-871b-4fe6-9910-152eff8dc91e" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+1140-14+italiano/81d5f799-d7cd-4163-8027-9b38497bbc2a" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1262+del+28+ottobre++2011/d278b978-2107-4e13-b1d4-1378fd42deae" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1982-08.xml" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+B/8476afac-729b-49fd-b627-3cda3e06d6df" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1799-14/c1ff46b7-3cea-4594-a000-5ddcbcc3cbc4" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+823-15.pdf/2497a091-be7a-4067-b33b-985e7986e2c5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+357+del+2011/59ed57ac-06c6-4e68-91bf-13b9d1e4335d" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD8233+del+31.10.13/1e5d719d-834f-4487-bbc0-f269ce29c6be" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+474-13/8eef1a7b-a884-4db7-81bb-7550458d9e06" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DD+2229-11/6592cfb4-c508-4c0d-a806-113729b47a4b?version=1.0" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+317-14+All.pdf/33e18a5b-2a25-460f-a8bd-3fe23765d48b" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato-A-delibera-tumori+DGR+1933/65fd1ddc-dc27-4e32-b846-7611e1d9e96d" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Tabelle+riepilogative+all.+a+DGR+2343-2005/bed851b0-3bb9-4b60-a8e6-ac4a050e6b78" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013+-+Allegato+B/7c8d6ebf-4d03-41a9-bd04-056a1a5309fe" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/RR-2-1999+Proloco+DGR+1604+DEL+1999/30e13570-e7c9-4b69-85d9-2674fd64f756" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+761-13/0fc49075-4620-46b7-9a06-275cccf271db" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n.+207+del+14.03.2013/b93b4281-35cb-4b08-a931-bacd82095db3" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1015-14/3d5a9e29-1389-4d6c-8a35-e3cbf1dd7756" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1425-06/08626c62-6bff-4866-bb74-dcbc2eb7eb34" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1076+DEL+2009/2dd33f52-c5d1-4671-9007-c6e67f7e32ff" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+991/1b9b0457-ecdb-45e6-b73f-071db28277b0" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1112-18-09-12/318c5564-2062-4a24-8d0d-f585e3db567a" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+714-08.pdf/960f74f7-b347-442f-84a4-8f08a528fde0?version=1.0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+261+E+DD+2127/60b33c79-8a11-46cd-ae1f-1c91b2aa17e6" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/CFS+850-14/8983456f-02bb-4d33-989c-41ba578d7d9d" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+4786+-+2012+Approvazione+Avviso+Attivit%C3%A0%202.2.2+POR+FESR+Umbria/72f41d34-7e91-4d3d-b128-14c7c7fc750f" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Dgr+2534-05/7bb4e3ab-aa84-4b8b-aa1e-c6c239e96f7a" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+271-13.pdf/637d5177-0f95-48d3-a2dd-faafec6e3004" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=247719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11990-2008/2a755d0f-2943-4d1b-b25f-cef6dc524b12" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+a+DGR+1339-11+Accordo+tecnico/59b682a1-d0fd-4bfb-9786-eb174f2a3d74" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=23789&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=46492&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/DGR+928+2008/34c82371-6b09-4d15-9a81-5a4e8e46c48a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=104688&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+301-2013Bmon/33e0ae54-f4b2-4376-adf8-cb8fdf9b4663" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+474-13/8eef1a7b-a884-4db7-81bb-7550458d9e06" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+operativo+AIB+all.+a+DGR+864-2015/ef9093a7-0c31-45ff-bafb-f1203f845006" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+963-15/d28b8051-b780-4c8e-a5c4-1c68d7f50247" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+1413-13/8164e39a-8b92-48be-9919-d2a6a4225e17" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determina+3751-15/9c5f76a0-3798-49b2-8f13-8f7b56dc1c0f" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+923+del+28+10+2013/99489879-805c-4008-b7ab-3469140ff8e9" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25597684/2004.2+-+APQ+10_06_2004+Allegati.pdf/74a126ca-c8de-490b-91ee-984dea4d0986" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1046-14/4dd2ceb5-29f2-4d9f-aa03-2ce0756f018b" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All.+G+soggiorni+senior.pdf/35492d1c-2f36-4293-a881-438f8a6ecad9" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+810+DEL+30.06.2014/c6de1011-d23b-47ea-b7cc-96b4a4e7a7d7" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+948-12+all+A/e9efa099-7d0d-4924-a58a-2ea5c2f88a44" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+AGEVOLAZIONI+1416-+2013/beb31495-e27b-478d-8fcd-80bb9661488f" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+a+DGR+447-15/4ec25c5a-848d-4e32-aa2d-220050fb8452" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+458-15/e3c9fd64-f885-4249-b59f-51c10a97269e" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Linee+guida+dgr+1548-14/b3c1670f-bb3b-4670-87a2-f9c962b13c4d" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1225+DEL+16-7-2007/d4f4e0bb-fccd-4701-beb8-81c7d44b1cc0" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione-aprile-2011+DGR+351+18-04-2011/5aaed6ba-344b-4549-a060-cf16e7999347" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+232-14/811ab0a3-4c78-4d16-979a-e36fe209f46d" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=29890&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+455-14/7ab6137b-fa97-4fab-9c01-837cdea1f196" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+561_2004/830eb89a-d5da-4e42-a5da-4d61431e54b0" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+6997-2013/adf44cdf-ff78-4535-8827-fafceab80443" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=81377&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+H+DGR+1652-11/4ebeff11-7d11-4fba-8e10-26580fb73441" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato2+-+DGR+583-15.pdf/840c1235-e840-4d77-986e-5871ab6c7d09" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+133+del+18+febbraio+2008/2104edf3-4028-4032-b7bf-c0df064b27ad" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=118873&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DCR+563-98/3688f78c-3377-4d43-9a64-f5d4d9183652" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1865-2008+Prog+Argentina/0fbfbc71-eb73-4bb0-804b-658aed305f28" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=77102&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DM+14-12-01/d57a05b9-5e3f-42ee-80fa-1464c3d343f1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1434-13/cdf8aacb-7e7d-4d45-999c-7893e2a802e8" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+141-2015+APPROV-PROT-INTESA-SCUOLA/d6f6ce75-9f90-4619-b0df-c382401fbdea" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26281285/Allegato+665+2019/40864b35-9be2-4702-92c6-b796929b5f42" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1227-2006/605b0c8f-5e81-4276-ad04-1b250015c298" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=29855&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+154+2013+criteri/eec7bb5d-faa9-4c3b-8b01-420d8bbb6ff4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+11001-2012/731a4ad8-a6ef-42a0-b2ff-7369db7f00d5" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_Ordinario_2009_DD_11398_2009/2c70b375-7293-4143-bd79-26d30c08df11" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comunic@ENS" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+11289-14/1d938647-6dff-4873-b1f4-94619ab437f0" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato++DGR+1950+del+2009+ACCORDO+SIMG/9de05fa2-28f0-4864-a872-b7d32a4c0b58" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/lr+22-04/34de380f-6f88-4686-9ff8-f3b28472e1e1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1257-2011/373c0e55-426e-4142-927a-1e561e8b2bea" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+8610-15/988a7a7f-090d-4a58-906e-954518a6ba17" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+923-14/89f792d4-8109-4fa0-87ee-294c109a70fe" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Parere+Coordinatore/6a9070b6-ee26-4e38-8182-9dd4f28aa1eb" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/Avviso+pubblico+cod.+3.pdf/5754833c-fb38-49ef-8c70-abaad4908cf0?version=1.0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1527-2011/8490919a-82dc-4c37-a3eb-c1d4e75f03e1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=80810&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+146-01/11b14ccb-5546-4f42-869a-cb4a70be71ff" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+1+DGR+1246-2015/b654a570-8b17-4099-a148-1811adf39df3" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+400-2010/4a64849e-7497-4787-98ac-6e08c6638e2f" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+4.pdf/33c5393c-075b-4236-b007-06631a4bf8b6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+3580+del+30+aprile+2008/9b73312d-c4c2-4875-a9fd-7333ccfd6126" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-A.pdf/ea7226fb-90a8-48a2-a876-a77cc1089544" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+747+del+28+maggio+2015/2c910bb6-bb38-4423-b883-3a76ee17b771" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Allegato1314-15.pdf/e66941aa-a2e6-49b3-aa22-8d388f5b3291" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+a+DGR+1023-13/320ee2e5-3ced-4596-802b-3f2b1a220e5a" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+1904+del+28.03.2013/5df03da1-0461-484a-8e72-a5f134829ed6" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+352-2016/3985aa4e-0327-41d7-91e6-24de1d19a554" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/estratto+L.R.+19-17/e517c5fa-e017-4156-95bd-0287adb81c6d?version=1.0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14.pdf/acc9e242-a3dc-4b0e-986c-71090b2be431" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+357-2014.pdf/f74b10af-3593-4dbb-9f2c-4fe0a52255af" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR595-10.pdf/bd1c27ea-0513-4263-9427-0ed37eb72485" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Flo+chart+allegato+1+a+DGR+661-2011/f275dcef-fbc8-42f3-af9e-3fb9080aa3e6" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1578-2011/3626f954-9296-4be7-abdf-993224e37347" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24973237/DGR+241+2010+ALLEGATO+2+PIANO+2010.pdf/b2097486-2419-47f9-94d3-fdd885cb7967" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=111228&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+1455-16/cfc3af7b-0e07-4d77-a78b-d1b13bfd50cb" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D+737-14/c2e70620-e604-4f22-8a37-67e3d11940b0" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+802-08/d6ecf759-5ca7-4a41-ac7b-f60c96946faa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9017-02/6692e8b1-ec89-43b7-903c-faf1d59e64b2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+865+luglio+2013+14+programma+immigrazione/10d3ced6-4571-4bba-83d6-1872cf7e4bb5" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.2+DD10023-14/4e52c31e-870e-4f3d-89ad-706e65426527" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+576-14/d49df6ce-7445-4d96-8934-c5f40c8edec8" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2018-05-11;52!vig=" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+Convenzione+DGR+1510-11/e63fa032-1053-4f56-a3f5-de534d3aa7f5" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+A+DD3677affEumechanos/798bc188-baa2-4bd0-ae12-f961bcd93264" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+415-15/d519b0a6-4d34-4512-b4e3-0426d004205d" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=243644&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+3637-15/ef6df784-97d1-46e8-a85b-b91d07c6b669" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+778-14/7e79f154-a367-438c-8d93-1f0972cd7788" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+Protect+All.+a+DGR+1233-15/f1c40cbf-d87d-4b9a-9f24-2187c0c7f684" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1097-13/52faddbc-cd4b-433b-a7f6-a642848ebfe2" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=108335&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/dgr+1647+2001.pdf/bf6f55c2-ad60-4786-8760-208767eedb78" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+3299+7apr2009+mod.erog.finanz./6ab0c3fe-76ef-4f84-adda-3121f9a624e7" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+789-07/bd6253f0-245f-4b71-acec-828fd35e7cbd" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1047-2012.pdf/d83a0799-fa9f-4331-b808-30fb491450bd" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1537-2011/0d6dadac-7d67-4fee-aa79-3c41c1b10267" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+4+del+16.01.2013/702778c4-e710-4feb-ac49-6163521df765" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1041-14/bcbe9983-1e0c-4f53-b573-ccf514f750e4" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+444-1999.pdf/799ce41b-b1f5-46f1-8cf7-867b5be1a30d" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1250+2002+e+convenzione/577a9744-1890-488e-bb52-f5cb96ce7345" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-C.pdf/c6b12844-3291-4a22-a0ee-d8b334c72995" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B-delibera+USL+2.pdf/d40ee671-8f8c-4fed-8d72-24adc309d675" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.pdf/9150e4a0-c88b-4091-87e2-2600e919f974" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=55839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/2013+11+05+PROGRAMMA+CCFF+2013/0d7e9bd9-5d65-4865-a07b-5cf5c54f5ae4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/658997/DGR+844+del+2013/d4f9061d-9710-474d-9d05-75425ee02100" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+8861-2015/5b03f4e2-eb08-46af-a495-3e6598b1ce25" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+312-02/38376528-19b1-4b4c-be88-1c87fcdc3c85" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1548-14/cf951049-e013-41b8-829e-b2c1bf049a17" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Ordinanza+2-11/be83c1d7-6bf7-4edc-882b-b40b3210dd1c" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+2B/8190b602-b10e-49c7-af55-abac7f151573" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR604-12.pdf/fffc2e29-3cf2-47a8-8945-04367dbb5152" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=39713&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012+-+AllegatoB-mod+rendicontazione/bead44e0-55ac-4c68-a4c0-be447ad57e37" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1652+2012/27b52eb6-10c9-48fb-a98f-ec8fd537e146" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1370-14/fdc4c8c7-18fd-4d75-8cd9-c8062827ea97" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+bando+aps/898a87d8-52e4-4d0d-b632-83d6325f157b" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n544_20Aprile_2009/db1c6c8a-8559-4dc2-9023-4bfe2471ae8b" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5192-2015/e6830119-b904-40e2-a368-294e33d7d884" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+760-14/dcccfdcf-7bb7-45b4-bb5f-54b8a0fd86a5" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+281-2013/b6d5334e-a589-4bb6-84de-11d274dc998f" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+318-2012/d696d66f-4c5f-4651-a022-48f316c00229" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Bando+Resta+Industria+2009/301031da-cfc0-4745-82b2-c6e78c2f424a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/950746/DGR+977+2015+%28Immigrazion%29/599d7813-6184-4adc-85d4-eedca2577fa7" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1167+2013/042d8e46-8841-4c6e-b925-0ca3e764dc41" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11331-14/b70f867a-6c5b-4756-9636-defd45aa7b6c" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Criteri+contributi/f97fa101-8a62-40dc-9650-4ca18abac648" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1782-10/c86b6200-0cf0-4932-8a1b-ac3da306b4ee?version=1.0" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26221499/Accordo+di+programma_Allegato+1_parteA.pdf/6de4ea35-71a1-4405-b5c4-7d889c1c0097" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1623-2012/e91b9897-1e8d-441f-b99d-c8e14516e95f" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Bando+consorzi/9b8e7857-6b66-4c75-b6cf-181fa723fd2c" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=81446&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=16407&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+748+23-6-08.pdf/05cd2b97-d56a-4d3b-ba18-1ef42f588704" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+444+del+1999/5e252ed4-fe79-4d30-8142-f22f9ab73a2f" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/intesa+per+viabilit%C3%A0/fa7765bc-6b7f-45e6-88a7-3fa32668cce9" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+911+del+25-6-2004/c073fc0f-b462-4c8f-ba71-1a94e719e63d" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/Convenzione-01+marzo+2004.pdf/8629bb59-a780-445f-828a-83cbc0346f7f" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione-Prog-CCM-Reg-Marche-pdf.pdf/9d066885-1892-4555-8019-a866263a5fc0" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1381-14/578ce2ca-2695-47ab-83bb-82b9169b479f" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=46679&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+Schema+Bando+Concorso+fot+09.11.2012/2f63a368-b665-4edf-8e1e-98a73bc2a83c" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+496-2016/14b4a950-221d-4f1a-ad2f-f69501b8db97" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1136-2012/20e01f13-fdcd-49be-94fe-d1f791f7f56f" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+816-04/51238d8f-116d-469c-a6c2-7df725197d5d" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DD+3890-2009/7fa183c9-35e5-4432-802d-e4d2e639f22b" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+170-15/48409281-7300-4878-a63a-7030b40371b9" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1126-02/64836169-0761-4394-95e3-55f5a1db551c" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1769-12/b43f936e-186b-42de-b371-e6f524ba3c72" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+124+Allegato+a+DGR+1359-2014/11faca38-27fd-4eff-8c1d-f8b0f6d0698b" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+268+2007/3a973bfd-7114-4a70-9d12-fa14d22cd122" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+A+9416-13/242f8c49-9478-4c05-9761-9ab6154556d9" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+sanit%C3%A0%20pubblica+veterinaria/ec220cea-9f92-4512-9e25-3b699891c994" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11+Allegato+A.pdf/7b401d65-897a-440a-87f5-590d1d2cf70f" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+666-14/eb8ddf8c-0f6c-4570-9aca-037670ea2d72" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/schema+di+convenzione+all.+DGR+1860-09/c6f9e242-c36b-4944-9f6c-d7e0d37ab57d" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n+1576+del+10+dicembre+2012/f64d4b4f-eb35-4410-9ebb-d2554ba52dcc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Crispolti-fl/c4be9da9-8ea3-4989-879e-003cbc8209ab" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DGR+1652-11/4258688e-ec41-4bdd-b8dd-8324460bbfb0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+11956-03/d6ef7cbd-fc8e-49c0-9b37-d5030d1e9522" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1702-09/843066ac-6471-444d-bbc4-c22d8b5bb545" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+5+DGR+1246-2015/ed44b2f5-fbab-41db-9122-2305c29a2fde" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/accordo+TPL+Trasimeno/d7fee2d9-6f40-4ed0-b5cc-f9edae31f4a5" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+109-2004/e521e601-2d6c-4aa7-9252-4c62981cf301" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+8740-2015/91a520b0-22d1-4faf-8c44-cda882f1c12c" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=152197&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+110-2015/e1bc59e6-e18c-42db-9a10-e79e365eda7a" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11333-14/5cd0fd84-ebdf-49da-b383-ca3ee58998f4" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5264-2015/bcf4f757-92b5-4cc0-a8d9-050ca042923b" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+D.D.+4670+del+2013/4e04a3a2-2a7b-43c1-9a24-427542811d24" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+III/17f84996-ef92-40f0-b1aa-43bc1850943b" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DGR+1784-14/36c04a6e-e48a-4dff-b5b8-d7139cd18ed4" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+417-2016+All.+A/994215c4-b785-475a-adbf-1fafaf6a1dc9" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/D.M.+20+ottobre+2020+-+Salute+-+Programma+CCM+2020.pdf/09d9d9fe-8eb9-4f2e-93db-9485af8d054e" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+90-12.pdf/cc193af9-f61c-437c-be50-b8ca81fcf90c" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD8018_2008/bd5ac9b3-0501-4706-8f96-203c83d436eb" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+157-15/7af4b0d8-61f2-4875-bfb7-1db1c25596f7" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/737-14+PROTOCOLLO/06778ed2-733c-413d-bcb7-194bf3f5f6d1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/658997/Bandi+C3+3+C4/7c939948-c532-4d5e-94ef-48bb8a977ea0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9551-2007/8b6a9199-f51f-4a6d-a208-57871c6a3a45" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+947+progetto/8d6c5650-5a09-42cc-b662-2ebb65e75aa5" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+81-14/908e865a-2afa-426b-9a71-30784435ac2a" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=16407&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11389-2009/b863972b-8548-4b93-a85e-58e27f92c2eb" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+693-14/85bb6306-ea47-4dbc-96e5-1c0d856b83df" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_PIA_Innovazione_DD234_2013/6d3ac556-7a6f-42d0-a6e2-cfc7a590665e" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+116-14/af6339fe-1c84-44d2-a005-b40e6a1e04e9" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+6476-15/69433dab-673d-4fc6-91e8-870a144df717" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25359748/DGR419_13-05-13_Allegato+A.pdf/4f7d2dc9-24dd-4f1b-b293-c1ee795a69b7" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+277-2015/2936f936-0504-48bd-9152-078bdd363b8c" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=109468&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+746-15/52e868ca-fbb5-42ed-b078-8c9eadc3a70d" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Progetto+ePIAC+28+10+2016.pdf/759d0702-bcbe-4a84-8229-8bb768f138c9" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?&amp;file=reg2002-008.xml&amp;datafine=20030123" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/l+15-08/2b63f988-bbfb-49e7-a6ad-7b6ac79e306d" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PROGRAMMA+DI+LAVORO+All.+DGR+1021-13/78648820-e406-4668-8f6b-5b684add5f89" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1629-09/ab43ff97-a3f7-4750-9bdd-d575fea46857" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DPGR+166-2007/b9da23eb-8931-4ea3-87d4-b7dcb97285e7" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+418-12+allegato2.pdf/72b8203f-f5b5-43a7-b93f-f041b432ada9?version=1.0" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+827-2005/3dc97422-a9a2-4ef7-ac3a-74cb36b0d650" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DET+7206+del+2013/47697e3a-23a8-447d-babf-7e2d26023d8f" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2011-06-23;118!vig=" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All+dgr+1140-14+inglese/c04c466b-cb0e-4c43-9027-046806f4da21" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+Intesa+07-03-13+birra+DGR+359+2013/2f79feaf-165d-42df-ba33-86cbc958e0fd" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+885-16/88a9b542-af04-48af-93e8-9a5725ce4d58" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/DGR+1349+02.10.2002/a62b38ab-ee68-4715-b1a4-17b45bbd3f44" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+A.pdf/121608ed-ded2-4c57-af95-b7389d011943" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+D+-+contributi+per+mutui+2.pdf/78de4af8-cb4f-44d9-baad-00cad47a8e6e" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1542-14/b6888b7b-1c48-443b-ae09-483e370e8d01" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/616096/DGR541.2011.pdf/f6220569-4454-47b6-8008-aa5bd377a4f3?version=1.0" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+9004-15/4a4da33b-fab1-43b2-8484-853fcdeb6949" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+4+dgr+1548-14/84b1ef03-b1a9-415e-b0a1-d9e930d364fc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all.+DD+8044-2012+Progetto+Aggregazioni+di+strada+Ecuador/5cf52ed7-7691-416f-8424-50360cc5aeba" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=112175&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1933+del+20-12-2010/871c27b1-41de-441b-a7f0-73d8effae037" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+A+DGR918+del+2013/732ed770-e8d8-47f5-b71f-cfd09cadce91" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+2343+del+29-12-2005/244c0f31-f1c4-4464-b46b-50b59a89730c" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1129+del+15.10.2013/38cd700a-21ee-4bb7-a8de-cc232fbf237c" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DCR+198-07/93440e04-8c22-4539-8823-10769e5326cb?version=1.0" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/Bando+PNRR+C2+Investimento+2.1+%28maggio+2024%29/adaab7ee-0606-407e-98fc-1069c2c25559" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+317-14.pdf/122d6c87-73c9-4046-b2bc-07674e1b3c8d" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013+-+Allegato+A/293a19fb-63a1-4641-bf0e-b76fb61c03b5" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1604+DEL+1999/b66862b2-9bb7-4bae-a153-71a1826e2604" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.G.R.+1684+15-12-14/2d6b6414-fef2-48c0-a79b-a0794dbd80b5" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+153+2011+modifica+criteri/a8a443f4-618d-49ab-a89d-65249ddb6008" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=155427&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+201-02/23d6d86e-cf65-4a08-abe9-e8b1a06232df" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All.1+Certificazioni2012+Scheda+DGR+1644+2013/767518d1-d358-4119-a1cd-29581e9fcbe8" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+901-08.pdf/d689e65e-edc1-44a3-8619-959d24594958?version=1.0" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9416-13/0905eab4-1bc0-4149-acc7-7ac3fda5b864" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+850-14/615545b0-4ddc-432d-8b33-ec6415b27d7a" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Programma+regionale+Attivit%C3%A0%202.2.2+POR+FESR+Umbria/3d442bad-6384-43fe-8100-4471a2065dc5" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1101-2016/1aa02287-e7b3-42d4-9253-9bb0370b9f39" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1015-14+15%C2%B0%20programma+reg.le/de927929-943a-4416-882f-68424dd919ec" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1339-2011/e2e683c6-e11f-402f-867e-d1565735cc7e" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+112-14/9612d59c-1685-43b4-a605-1ad4ba6949cf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/PROTOCOLLO+RegioneAFOR+Centri+ittiogenici.pdf/b99e8fc3-3a1e-477a-b213-8a8a36a6d3ba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+211-09/7a13fab2-3f17-4794-bf82-132e4264ef99" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+243-2013BSingle/1f4c3b17-f121-4b8b-9bb8-e581938fa573" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+424-13/fbbbace9-c189-4fc1-97ce-71b7c15d7913" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/ATTO+DGR+1950+del+2009/388f30b5-12de-46d8-9f88-f06f8f43b26f" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+2360-07/c6f630bb-6d6f-4e9e-8ef4-1d74fb0841bd" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+864-2015/97380c70-448f-4ae7-ae40-a5aa5a2fdd73" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1671+del+29+12+2011/92042ccb-4e01-4b20-ac2e-d6b4ed3a0752" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25597684/2004.1+-+APQ+sulla+Viabilit%C3%A0+10_06_2004+Articolato.pdf/1a824766-d3cc-4eaa-8ba6-3e6d731afd37" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1413-13/5acb13aa-6e58-449b-8af2-a13092d2d1dc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+n.+9923-2013/3f364616-8e91-4211-9716-9105768b46ad" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/pdf/2014/N73562.PDF" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+60+del+4+febbraio+2004/58ac7550-0de0-40dc-996b-01aae52cfe6c" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+a+DGR+447-15/c569c896-e899-480a-9398-3997decb1727" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+968-14/a376572a-1c8d-4c60-98d4-8cc15752b94b" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All.+F+soggiorno+giovani.pdf/ddbd63bf-5231-4369-836f-ac3c202461ae" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+400-2010/826b2b44-4ac8-4b9c-8328-9c102dec8f4e" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+948-12/e082ba26-17a4-445a-9601-f566023f58ae" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+547+2011+con+Allegati/ae512846-a08d-4eab-a4f5-7f874286b3d8" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1369+del+2013/d72eea1d-7b5a-4aa5-bab7-d737d202c307" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+6+dgr+1548-14/69252cb9-fa3e-445e-80ba-b871f2c8aecb" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR1001-16.pdf/b488cb39-5d32-4bef-bb59-4328616d3979" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=39674&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+351+18-04-2011/f8723d3a-b63d-4033-bc2c-d52c42060b5d" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All+910-12/53f62922-6e98-47b2-9907-f8301f4800a7" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1021-2013/f5a7aa63-2460-459f-9d75-33025314e0d1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=112132&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+699+del+2012/4ebf81a4-d473-440b-9bc6-52a3f28a861d" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=249564&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando+PAR+FS+allegato/b6d9fbba-d466-496d-a36d-2f6018940c5d" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+F+DGR+1652-11/53226cbe-e423-4ce4-a7a6-fe037d802dc9" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+1+-+DGR+583-15.pdf/54ffca99-42a1-4cea-b27e-9421d0c54edf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1977-12-27;984!vig=" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+2064-2010.pdf/1a42f8f3-06e1-464a-b05c-345b7e41ec86" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+312-02/205e18c3-3279-46d4-b8e5-0ea6a1b9e7cd" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+540-2015+protocollo+Malawi/3b969755-c27a-4afa-b71a-7ccfa0add91c" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DM+18-10-99/2b36619d-42f1-40b0-9f0c-c3853f35356e" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1739-2011/1346be5d-8911-4d90-97f0-5191c3198656" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1555-14/a11ebf70-b8a8-4350-a1f0-20c0db689c6f" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26281285/DELIBERAZIONE+665_2019.pdf/06f19182-b49d-4cd6-bc42-2a6d7a9c7cf8" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+1021-2013/cb68b2d2-1b0c-42e2-a89d-52206eec37b1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=37719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=55839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+11000-20012/4215fa5c-2107-4907-9d02-f5207106d01f" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12+All.2.pdf/f397344e-fe96-46ca-ad85-990f4e1e72e5" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_11398_2009/c4749138-da7d-4983-ab8f-64f3c7edb3ba" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+554-2015/4254844c-a8ca-4972-b803-8d059c97ac34" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=56743&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+2+dd+10437-13/961d44a2-2cef-4db4-94c0-254e2281d199" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/L.+383-00/77d8efa2-ad9b-4784-9b0f-72f6a72182e7" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd10671-2012.pdf/e549562d-04aa-4ec5-8031-6decb59c7468" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+181-2006/0648608d-077f-4138-8659-452831bb3d28" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+2676-2013/3ac611b9-d7ac-450f-be92-1a8827dc6664" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DD+9087-04/fce3cfea-7483-4800-8f96-d0970713cbc7?version=1.0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+428-2010/925c77f3-0139-4799-8bf5-7434e31a8f64" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR2079-2003.pdf/53e62d32-cfd5-4c92-af61-c15c2bd3501d" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Part-Narni/6d7b5b9b-8b41-46ea-b85f-b5eff4bc1ecd" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1246-2015/7512daee-ed89-44dd-8a2b-35f6ea6a13d8" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+3.pdf/3b27b1d0-1862-4a2c-89a1-69263aa2cf3e" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR-1546-2012/64469c5a-6c6c-4fca-add7-bd8f1158af0d" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11.pdf/89019b76-bca5-4ee3-8caa-7e408360a26c" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/prospetto+tecnico+dgr+400-2010/a8e676f5-e73c-4deb-94a4-3a2024d27c6a" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=28545&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Allegato+DGR+148-14/bbac91ad-0f6e-4921-8673-e98a79d2ce52" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR1314-15.pdf/8e83d17e-f278-4953-a878-aaf3f5978204" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Accordo+quadro+2005/7e66b623-6511-439a-8b35-718fa797b203" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1023-13/e2d2be1c-5836-4534-be08-487abe7348fc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All1.+AggiornamentoSIGECO2012+DD+1446+del+01.03/4f3d3b93-7e39-44b6-90a4-e7f244e1b6b6" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR524-12.pdf/71b08e52-3e44-42ab-b3bd-ffe2cc7b7ca3" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+617+del+2013/4385b25b-1dce-49cc-a6e7-19166f76a130" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+724+del+18+giugno+2012/d4c4f7d2-a5c3-47f8-8d2b-70d7e14e37f0" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1767-12/5ebe8f03-c7f4-4213-9693-89aaeb64d697?version=1.0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+8053-15.pdf/e732972c-8d32-4eba-b3f2-df1a3c6c650f" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+511-04/4d48e0ff-cca9-479d-b3c8-7f073d8c2ea7" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+661-2011/e86f5e9b-266f-4170-89a1-28d1935aa472" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1547-16/58c05f9c-075c-454f-b24e-53a230e41152" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24973237/DGR+241+2010+ALLEGATO+1+PIANO+2010.pdf/cc32e17e-9b54-429c-91c2-9d9d7bdec812" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+E.pdf/ef4badcb-6857-4507-991f-0bcb5fd51757" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+10366-2015/10690c2e-9f8f-47d5-8283-3b64fb173c09" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/C+737-14/7f26629d-0c09-4c83-980d-b8e8fc58f34c" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1916+del+28.03.2013/1ab3306d-53b4-460f-8048-e4b64210e917" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/4910+2013+Decreto+di+approvazione+graduatoria+Azione1-Reg/f41c765d-e22f-4cb1-b989-45b29e36b159" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.1+DD+10023-14/d0f49ed4-241d-4399-b148-b88cdb5cb71a" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/decreto+18+marzo+2011/fa2267a5-8b09-4ce5-96f1-928cbb432b6c" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1320-11.pdf/b764e0a4-241b-43b8-a725-336b71e0c923" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Accordo+di+programma+DGR+1510-11/0c2e0dc3-6645-46ee-9e97-f70b4569e41d" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+9921-14/ed9698e5-81e6-4853-a9dd-558d8bc85aaf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+1057-2013/980f5597-aa6d-4dcb-8ea9-2d4634ff8da9" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=240091&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+385-10/be7167c8-51bf-47d6-afce-39130224d40c" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+764-11/ea77add0-d96d-4994-a716-bd6ed534dd0d" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1233-2015/cdedfc3a-226f-4c13-a5a6-6c17ef7167b6" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+7482-14/d89a82a0-8721-4f7b-af84-68afa9a7f1d0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+379+E+DD+2895/56d67aba-c973-4c4c-88ea-76bc658e259b" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+2171-04/8ba8df64-9df3-4fec-8514-bd22ec12ab9b" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+351+del+2008+BandoPUC2/556a53a9-b706-45c0-9a14-4fddb5d4f68b" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+992-14/e9a9ad85-9334-4fe2-8312-7aae68de5457" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/950746/DD274-2005+%28foreste%2C%20montagna%2C%20sistemi+naturalistici%29/a6f5eedc-12ef-47f9-a2b9-c34920a5703b?version=1.0" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1422-2015/02f9e3c4-4bc2-4f3d-a53b-8a177484dbe0" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1364+2014/ad1ac051-c8ce-4668-996a-67c8dbfdba2a" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/Decreto+interministeriale+30+ottobre+2021+%28Ristori%29/ffb85580-71e6-450a-8dae-17e7e44e12a8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+1014+del+28.08.2012/a408f7a6-4f4f-4ef4-b5f7-0ba8aa323c64" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A-parere+Nucleo.pdf/1dc0c71e-ee36-4004-bb50-2d7d3e87de36" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+236-2014/3a9f757e-20dd-47f5-b9ca-98b1c122b910" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+531-08.pdf/91040ee2-80e5-401e-8084-1def45a594d5" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Delibera+11+del+13+gennaio+2014/a3c895d4-d2bd-45f5-b587-d71c63f2cd41" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=41663&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1431+DEL+12.10.2009/e27c88f2-bbee-4e42-8528-d10e7abc5493" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/Allegato+C+DGR+928+2008/ee1a3e6f-45ac-4b79-a8c5-534c562dd939" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+2334+del+2013/b1b259d5-5af3-43dc-bf0e-8eef1d575160" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+273-11/bf6c937d-6522-4ca9-91fa-69ddb60573be" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Ord-72017.pdf/faa1bc6c-9341-46c3-9875-77ba064ae22d" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/L+17-13/77e9c385-6b99-4991-9343-84b52c349d90" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+2A/6711b779-697e-4aca-9407-01dfed3d849a" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR613-2013.pdf/2d6fcb08-311e-4b64-bc32-f8db1deac61c" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+825+del+22+luglio+2013/05d0e5bc-7b4a-4427-a941-a056c98f2eee" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012+-+ALLEGATO+A%29/4185f23e-e526-46fa-ace6-3a69698e157d" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=248920&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1340+del+14.11.2011/e61ae473-aec8-4c1d-9dbc-45f4638a3230" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD9748+2012/921c7d7f-2bb3-4ae3-9c3a-7a380f1a149d" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All1pianifinanziari2007-2013_DGR691_2008/c7132440-ccc3-4645-97be-a883a4b0adcd" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+1652-2011/53725a37-ccd0-4c2d-9661-43b3a588d8e5" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1708-2010/2608dc6c-a9f3-4481-bb9d-7ad2e6c8ed6d" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR-142-2014/b768fbda-e140-4bde-a9c6-5bc9aa508ee2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+FEI+106570+274+2014/4917ef6e-77e3-4695-a9fe-7ad54c70e7d1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+307-11/dff09b4d-5350-475d-b88c-70f660ae220a" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+11231-14/173f7805-17a4-4d94-a57a-639018347b8d" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+11415+DEL+14.12.2009/7c8ce237-0561-4e6b-ac32-3157ffcc1bac" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Accordo-Allegato+B+DGR+329+15+04+2013/942d6b12-89f5-4dc2-b8a1-9bad01a1c39e" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+855-12/9de5dbbd-e8dd-48bd-841b-21f5e4363ba0" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+919-2014/6bb173e2-e9d7-4681-bb8d-dca2aab4377c" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/AllB+DGR+1310-2013-Proposta+Piano+ex+L65/a4fd31eb-2990-48b8-ac8e-faf92346280b" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/26221499/DGR+834+2013.pdf/ed3f4d28-3f0e-4385-9046-aa2cd96264dd" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+1914-10/a3e77cec-0541-44da-93a4-15510f8f44dc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Part-Todi/8f7ed66e-4e71-428a-83c5-b8bac9cb1be9" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9070&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20021226" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1617-14/d31a8237-f71a-485b-b334-f56c820e042e" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/BUR+Bando+Amianto+FV/40ecc440-93aa-4568-8296-98092bb5abc5" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1750-10/42487824-6c1a-4009-aeaf-f6849bb935be" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+452-11/f3a8eb5e-23e7-4c97-9849-a10753a89f2b" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1470-13/50dc1ddc-a873-4403-8c27-50eb24407aa0" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+77-15/5aa167a8-1d1e-44a0-98bc-671aa1d17225" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+44-2014.pdf/2d1a5fe7-bdd3-4b88-ac48-d6cd07d19c8e" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+B+a+DGR+318-2008/729b3f6b-5d67-48dc-86cd-e60c90c4e2d2" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=119341&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+10302-2013/de95d102-28b5-499b-8ccb-b0985cc96856" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+criteri+TIC+Cinema+DGR+66+2013/aa690d69-22be-4576-90a9-b3a256c043f2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+3890+del+2009/1072ea48-d830-4851-95b1-881171e01e31" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9235-2012/ce72dcf8-7d60-4714-934b-5894249ee3a9" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1412-15/2487a7e1-8fc0-4ee5-aa57-28dc050eb70c" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Piano+regionale+per+la+bonifica+delle+aree+inquinate/874ff23a-1d92-4f5d-9c67-49baf2e20184" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1066-11/ad49d13c-3d93-4ccc-a19c-6d7d2e9e4b27" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1359-2014/bbccc79a-55c2-4e3d-acec-6670e6062570" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1503+2003/892a8524-48e7-4dbe-8ef4-ee8c26f51271" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+253-2014/ed6a41c1-bf68-43b4-a677-e4347e76a535" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11-MOD+A.pdf/0e64945f-7938-4b98-b261-ffbda147fe05" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=52755&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1860-2009/81f764aa-a16e-4434-8349-94add04d0835" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All+1-2-3-4+modulistica-bandoAPS/ea5b870b-6728-4e81-9040-28df10e7df32" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Crispolti-NST/b4657e3f-91ec-4c94-aa3f-fd79a777f7bc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+1652-11/be252a1f-5890-4012-ba01-ea5aee3920b4" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:1993-06-30;266!vig=" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+7492-09/bda8adff-205d-464b-8e49-e1f566589bca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1682-14/4783a5b3-b76c-4906-af9c-0656f7ab7e59" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/avviso+allegato+DGR+281-13/78829e2f-19e6-47c4-b763-bb2c1c49a2b0" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+4+DGR+1246-2015/ab855c12-9c8f-4719-bfbf-70d977025ca8" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ggr+1173-13/b5e869fa-5070-4d7e-af1e-a411e76e0519" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1136-09/a27edad0-cf61-4106-8432-b2cf6db37717" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DD+6718-2012/0f804518-ac32-4ab2-8946-37f90e1550c1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11332-14/f56e1175-ca4e-4e39-957c-c74a17718a63" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+746-15/d6dcd31d-e921-43b4-bd32-3c9afa404426" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1259-07/b9c0276e-5fb6-454c-adaa-32124331ad53" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1706-2014/baed64c5-5187-4a7c-aa52-ab415eadce66" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determina+8148-2014/687470e3-2e2d-45ef-94d1-3c92524f84ae" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+4670+del+27.06.13/358667e7-00d9-49de-af55-b480f4154130" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+II/23c439b1-ef1b-4dd0-beb9-17e182e981ed" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DGR+1784-14/8ef61375-c664-4b38-8007-e5faed8acc21" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+C+1.pdf/6866b9c2-a344-493b-bc31-19e18812d791" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1278-10+All.pdf/412a2a31-b781-4595-9194-e515d4646c86" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BUR+bando+-+DD+2836+del+2013/f11216d7-a4de-4e3f-a7c4-986ffd1d51c7" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Scheda+di+orientamento+ATeCo+Allegato+4+a+DGR+661-2011/d0ee046a-d1cc-4684-95cc-1fc7947f05f3" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2012-13.xml" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+233-2015-CeRSAl.pdf/cf09b22d-5a3b-489c-8155-58e3f70cc403" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/G+737-14/9910ab49-0b02-4644-afbb-2397ffcd258a" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+949-11/e071d59a-7078-4e9c-aceb-6007e07d2833" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+1916-13/b0464f35-bb3c-4e2e-9fed-68983f8fb658" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+157-15/ee2b7804-e4cf-42e9-8bfd-ec6124471483" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+8222-14.pdf/114adb09-28a3-4a12-9292-04c35605f92f" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+947+intesa/0eaae5d6-60dd-4654-aaa3-5b0796cebe5d" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+962+del+28-7-2014/eb769edf-7163-45c2-8bb1-3877097f1a25" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+2062-03/dc3afcc2-1b6e-409f-8331-3f5a15de4f26" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/25359748/DGR419_13-05-13.pdf/b82c0f70-a77a-428e-805d-7ceb0ef059f1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+693-14/8ec9e49f-7fd3-4dcb-b770-1c7250abe495" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_234_2013/26533bd5-c4ae-4fa8-a4f8-ed92bc23045a" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+a+DGR+1228-16+Progetto+E+Piac/8798438a-e6e3-4844-970b-320d53ad47c5" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/caldolo+ripart.+anno+2014+-+allegato+D.D.4293-2015/9833fe90-945e-46fa-a7e9-665af63e5ba1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=112420&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2017-004.xml" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=123377&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+931-14/b3fcaf20-a915-42cc-8aed-c2b33db1b402" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+898-2011/7f79ad2b-6a99-4616-a4ca-20bb8d5f2289" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+418-12+ALLEGATO1.pdf/eda54f7d-a31f-4fad-b86b-0c765fad5d21?version=1.0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1236-2010/993ce75b-83c0-43c1-a0ee-7663fce714cf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DET+7206+del+2013/31c2df89-7792-4d05-9468-845d3445af32" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+695-15.pdf/6d7b54b5-2d32-4ccd-8962-fe7039a77311" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1140-14/fd3338a3-35ff-4288-a94f-b179c9f0d614" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+359+del+2013/3c9f3f0c-4821-4ad3-bf1a-2267454f0e19" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+650-16+Capitolato.pdf/45f1f678-928c-4fe3-98ef-16e535440293" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=248428&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10.pdf/2a3aaa30-d196-4ae2-a4b7-fe42c4205a15" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+Sisac+-+all.+dd.+n.+8740-2015/3a0a0b4e-1224-43da-a7a7-80990bfc6da8" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+C+-+contributi+per+mutui.pdf/951e55ac-eca8-41ed-b731-2810fd08b024" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/id/2014/09/01/14A06807/sg" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+11197-10/f6f1a590-7bc4-44bd-9b47-efee075a6a7b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD7600+del+2012/6255c101-8287-4148-8bd8-f7a302bd3405" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+443-02/25bbf9ef-1793-485f-be86-73c8da1cb618" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR918+del+29.07.2013/6ec82fdd-1143-470e-8054-5d502e4d19ad" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+3+dgr+1548-14/8d5d67e9-ee1f-464a-94ae-404723cfcbf0" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/determina+8044-2012+approvazione+progetto+e+impegno+prima+tranche/67e65560-abeb-4fe5-b442-ae0fdaca4cf3" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1697-07/976392c9-941e-455c-8a7e-9c94430824d0?version=1.0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+C+3.pdf/ca3e91ce-0f30-481b-8219-b0cfba5281af" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione+DGR+1241+del+13-09-2010/978bd579-8233-4176-8bf2-59dffc5ae1ca" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+727-2013/3e87bc2d-d10f-420a-9661-816c1902484a" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+5458+del+23.07.2013/75881524-8138-40fa-9e35-dd62e35d4aef" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013/dd871d4f-551d-49cb-a1ab-785fd3a0804a" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=69459&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/Bando+PNRR+C2+Investimento+2.1+Valorizzazione+e+potenziamento+della+ricerca+biomedica+del+SSN/52ed5ca1-edd2-4700-8fa0-1393cc80420b" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/check+list/4d8b6e03-4f31-496e-b7cb-912ed897ce60" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n995_09Settembre_2013/b9f600dc-ab4a-42f3-83c3-a5e5fbdfaa64" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+459-2013/eed7fe3b-580c-4b9a-b2e3-dda9437389e0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allBbandodgr1523+del+2011/b5b40a37-8086-4355-a7fa-4a3e57ad43d3" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+98+2011+approvazione+criteri/7616e482-f8eb-4ad2-8e91-aa5bb2d70f37" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+tecnico+a+dgr+1588-2014/56a4e78e-c80a-4601-8eed-3bb25e9f0069" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1644+2013+criteri/c9e7ea87-2242-4a5d-b284-ef98edda3514" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+7974-14/d3c2a44b-f73f-4c4a-bf85-7c5813dc883f" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1445-16/11ff9e8b-6480-4111-bf8e-791fff564c45" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4129-2015/99f366a3-c50f-4705-a726-dae0b5bcc1c1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+B+1502-12/460c3a15-b7fe-409b-8a85-2467ea35aea0" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+208-14.+Allegato+.pdf/8f0d5160-43db-43c3-b8ac-6fd1c0588c53?version=1.0" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=33926&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+126.2010/62aedaf8-f17b-4f08-bc42-3543fa0b4293" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1101+del+2016/6ba81585-7f30-473e-a181-31d6d32e29de" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+698-2013/daf25c3d-09ff-499b-84f3-5e138d7855b1" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1979-34.xml" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=160064&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+50-2013+BGC/8286e3a2-53d3-4478-b2ca-7411906c7bff" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+421-2010+All.pdf/05c1df6c-005e-4822-ae95-6ed812332ba6" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1991-09/30bf8932-c3fe-40a5-bc9d-6e95274659d8" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+B+693-10/8c1a7fbe-11cb-415b-ac13-a7f73c7460cb" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+6166+del+13+07+2010/61cfc0d1-61b5-49cf-a344-128f31d614ac" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+880-13/26c8bd61-e58b-4468-9142-28f530c68452" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/QSR+2014-2020/0c40482e-2d55-48b7-9ed5-87b966abe3af" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+E+rendicontazioni.pdf/1031371a-0835-4da4-bd0f-51579971ea56" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=17309&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+8782-13/3ffca173-f2ee-4553-ace2-1d1cb47d2c98" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/616096/DGR541.2011_allegato.pdf/969abe38-b86a-4e7b-b0cd-20adf891420a?version=1.0" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+a+DGR+447-15/3aa31dc2-cadc-4d34-aa99-ba8cdbd2950e" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+3299-09/4873137e-7f2e-46ee-8fb4-e8cea3f0f7ee" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+5+dgr+1548-14/2453ecf5-504c-472c-9146-df819baece94" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=61649&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1134+2010+con+Allegati/52beee04-4438-4c0f-92bb-d1c3fd3ec527" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+910-12/c28cc10c-30a5-43bb-ab45-7b1be6717db9" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+425-16.pdf/26ab8ac9-663d-4d8f-ae49-bd1590ac4295" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=115277&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=249199&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DET+6488+DEL+2014/d65a4281-31f3-47ae-b2bd-1a51caa53545" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=66575&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ATTO+DGR806-2013/d5777fa9-d01a-43ba-b947-b93ebc0724a8" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/ARCI/f027d72f-222c-4180-9b9e-598e78d5cf07" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+E+DGR+1652-11/9a3fee8c-8a47-4f8d-ac22-8c867708eadb" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+583-15.pdf/44efea3b-629b-4fb6-a7dd-2b141eb939e9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=77102&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.M.+12.10.2015/da4c1b8d-3dfb-46fb-bfc6-802d63e40bd0" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4293-2015/eef94398-8fdd-447c-b316-d479481923eb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+379-12/df9a4871-8ff9-4db4-8923-69e0d010791e" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+540-2015/305097cb-f490-494e-9aab-050acc81f7e0" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+737-14/615939f3-12c5-4e54-b673-1375c4dfe517" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1555+-2015/30f64a71-c2a3-4783-80d8-cb81a5f072cb" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+convenzione/d540422b-f161-43f7-9aaa-7f0b4193934b" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+schema+di+accordo+dd+n.+6561-15/8e5a265e-a884-4f00-9f45-cff0e03acbd9" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+alla+DD+1151-2011/ddfa4ef3-045e-48a6-bc49-af1e7d1cce93" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Delibera+n.1138+del+2012/7dc2675f-52f8-454c-9b75-68b016af6453" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=58338&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12+All.1.pdf/b7ed3772-c924-44a3-b854-b002b79d62d4" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1980-39.xml" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+7790-00/25fde00d-517b-48e9-9053-58cbdf636362" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=238702&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1985-07.xml" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_PIA_Innovazione_2009_DD_11397_2009./0f5886e6-0f46-43f3-9eb3-0bc707b9ecd5" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1767-04/2abdd0e4-c112-4a0f-b771-487f66324520" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+1+dd+10437-13/c29c60d9-1f17-4e58-ad28-f9ab49dfdf15" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/lr+15-94/18c627ac-63cd-477f-a3a1-476bfdf655b6" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1092-2016/cf0208bb-9f37-45ab-850c-bca641c2e49e" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+4271-14/be4bfcc6-7bcc-4670-a07d-f6070cf3ce38" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1832-01/d59cdf3f-07b2-421d-a589-0136928f1677?version=1.0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DD+5963-2010/c152496d-c2d9-4e32-89f3-b615567514fa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/protocollo+dgr+623-14/d29e13b4-6de7-41e2-8542-709a305960c8" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD4106-2014/ff27e0fa-14ee-4365-ab7b-13636beae43a" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+C+116-14/16d4c1cc-fb87-4adc-91d3-f2f393d8a664" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/prospetto+finanziario+degr+400-2010/2cd11c87-d36a-40b5-8f49-5addbd6c1b21" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+2.pdf/4a2c3f32-af1e-4910-a9d1-8995d007599f" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.G.R.+1651+del+29.12.2011/a4730198-4656-4fe7-b51f-d72a21885d4d" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9215&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+148-14/3e42f301-c169-49a0-97e5-fa0506363f49" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/I+programma-293-2015-OOPP.pdf/061e2ac2-e768-4eda-a2f0-c097b2657023" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2003-08.xml" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+1446+del+01.03.2012/89692592-d97a-4982-805a-23b85b6b4f7f" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Articolato+APQ+Delibera+CIPE+n.+95.2012/6837f058-8a69-4251-8c5a-68a51902b308" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2007-11-09;208!vig=" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Convenzione-IZSUM+2012.pdf/f8c362f4-0588-4397-a302-812417922e59" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+592-2013Contra2012-13/99e85efb-8ab3-49e4-8299-6b6d83970649" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+n.+3+DGR+699+del+2012/d2abe2e6-e8d6-4e2d-80eb-3ac9a9252511" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+352-Protocollo.pdf/f9ccf91c-5df6-4f05-b2ce-970386647d84" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1444+del+2011/919d8279-a5a9-40ea-97bd-46d9b1920df4" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29%20DGR+577-2016/b58c5898-9430-4296-a5e5-10623bb7c0b7" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+D.pdf/22790811-92c2-4a2a-9108-d4d428a85f84" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=126215&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/Legge+regionale+28+novembre+2020%2C+n.+12/b1219258-982a-4b4e-9b39-c0c04efc5039" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/4897+2013+Decreto+di+approvazione+graduatorie+UNAR-Azione7/78ae3daf-4cbe-4387-9c27-296c31dfdb04" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+1799-14+intesa/881ecb69-b7cc-4bf9-9f14-97d154676ea3" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/B+737-14/544d45a7-4c99-45a4-919d-144e2af09f1c" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+424-2013/54594ea9-ff90-4d46-b7e5-a34c44637c01" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=58338&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=155953&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+10023-14/5d2303a1-a411-408e-ac97-fea0dab5d589" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+4330+2014/f059f184-d039-4353-adc7-4dd5ebfdafbb" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo_2012_MALAWI.pdf/7d7155db-0524-47df-92e0-a8c09f833f9d" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+974-2013/43d74d22-c07e-4d30-b046-542db7fbf8da" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1510+del+12+novembre+2011/9bcfefc5-0eb5-4e61-8c06-be3ff7cae671" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+417-08/89ce8e43-bdcc-4b99-90ef-32eaba4df9ad" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+355+DEL+22.04.2013/4f0eaef0-3508-4425-8e90-b83ba8d3ef27" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24984327/DET.+DIR.+n.+2426+del+23+03+2010.pdf/babe7014-d9c8-4dbe-8f61-f4f8ad79f34c" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1615+24-11-08/2edd4fdc-fbcb-4c5f-a7e1-33a56cee76b4" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+865-13/4fc4fda8-8271-4277-b3c4-7715adf20f0c" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Decreto+costituzione+C.R.E.+n.+102-2016/3d8bc931-d409-463c-a22d-8f5a35846770" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+379+E+DD+2895/56d67aba-c973-4c4c-88ea-76bc658e259b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:1998-03-31;112!vig=" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-2005/bb8ef192-1e0a-4fd4-9d63-a91866e905a6" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+992-14/87262373-9cdc-4ee7-aae7-58db33d03f07" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1269-08.pdf/f775bac3-0bef-440b-b0c2-df420adb8f7d?version=1.0" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR1618+del+2009+allegato/2662d9c8-b440-4fe4-b334-4d4b2eccde2a" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=33033&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=248157&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/dgr+1861-2009.pdf/2614d996-5f80-4c10-8f1f-42fe2a6690ed" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DG+949-15.pdf/7881cf41-62a5-41a9-aa91-e2523cf2e8ca" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1279-16.pdf/09b44bd6-789d-4400-9f2e-b3214e06c3f9" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=35611&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1991-01-15;30!vig=" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=51699&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11467-2005/49c31f05-00a8-44e9-bb24-ba9d4ba99fe6" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+morosi+incolpevoli/89c2aca7-706f-4465-963c-1848f5179170" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+576-2014+centro+GAP+Foligno.pdf/bb2bc574-5b2d-4415-b350-1b2542642c06" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/18167938/Allegato+B+DGR+928+2008/af24586a-87dc-44e9-b4f2-4cae46fe373c" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+1/7297091f-5bfe-4a73-9d13-e923128d3196" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+-+Riparto+e+cofinaziamento+zone+sociali/7dd59b2f-5d07-48a8-924e-3f303b167aef" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Ord-572016.pdf/c0fb4092-63bd-4e6d-9da5-990f561e0eef" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR1021/708eaaa9-b8f9-4af3-af8b-d19358cd925d" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/Delibera+Giunta+regionale+n.+1051+del+2005/5300d90c-780c-4701-a91d-5c7367677c59" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=63836&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012/799d040b-79d9-44f3-afad-ff55d9b1bb22" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n691_18Giugno_2008/8524f705-4a75-4863-9e42-50cccd0935f2" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1981-34.xml" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Decreto+Beenet/626a0b84-a3d8-4ffc-92cc-f53d7417f658" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+307-11/0c778b53-5b23-4c58-851f-923d4b1aba3e" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/APQ+Trasimeno+-+Accordo+Integrativo+del+Programma+Quadro+in+materia+di+Tutela+delle+Acque+e+Gestione+Integrata+delle+Risorse+Idriche/e6846246-7b4b-4515-beaa-fcdda3944138" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DD+10523/433681ce-e462-4c54-b250-5215a17fe4cd" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dm+2014/4ccd88b2-7a7c-4f23-854d-56ff458a2c90" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+555-2015/a05969ec-111a-43cc-9fba-aae7a50cae65" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1503-14/d4e33f1c-821d-49fd-bd59-3679615a5f12" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Progetto+Allegato+A++DGR+329+del+15+04+2013/b678f5df-f5bb-4ced-8409-16fb3a8d2f78" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+855-12/dc446f03-08a7-4d4c-9ecd-d965937047be" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Convenzione+CEU+per+FSC+2014+nuova/8049bfb2-1639-4dda-8e41-768f86b66f2f" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Part-Perugia/20a7d2f3-f61d-4c37-ad60-4f0fd5b23211" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/AllA-DGR+1310-2013Motivazioni-emerg.2013/f6fa270e-7db8-42ff-b6c7-5016a0103fdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=249990&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1914-10/875599b8-746d-4501-a416-71a3710fa462" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1784-14.pdf/ade881ce-0791-4321-8c2c-bf3dbc95eaeb" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+11272-14/3a70ae4c-c8c1-4d3d-8933-d47d6b10656c" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+2853-14/2bd576ad-b05e-436a-a041-a616044785f9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+123-13/3a48ad15-24b2-4c69-b5d5-7719c54a9f94" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bando+bur+56+su+4/d74c45a0-be1d-4bba-a5ad-747fa4281c8b" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+4057-15/fa3ac281-9c63-49e7-9977-d6da5d0b865e" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+76-10/5c5b5c3c-36a9-4852-9c6c-c3511c79c442" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+dgr+1766-12/f55ec754-c300-44a0-8e10-ed66204e033b" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Protocollo_TBC_HIV_2014.pdf/ebf49bc7-932e-4ae8-9439-238571558093" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/All.+A+a+DGR+318-2008/84d046ad-6a84-4a32-9a32-ae6607df21b4" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1780-2009.pdf/e1252fd6-3a58-4626-ba40-b1f9213b5908" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+66+2013+approvazione+criteri/93523ff5-a3db-4c37-8b6c-17c46866cfab" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5621+AVVISO+PUBBLICO/a7486dec-c1b9-4afe-ac85-1d7a7cec0070" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1918-2008+contributo+legge+46/087b86d3-9192-4743-a33e-e21062c03a07" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bando+dd+940/3e8082a4-8d6b-49eb-a071-5f6ab688f174" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+10250-13/b88c9d90-5a09-4de7-b013-a104c20bf939" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Riparto+Programma+promozione+sportiva+2012/b433a1fd-7feb-4370-a630-43aeb9774a9d" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/950746/DGR+371+2014/ae73f25e-ca56-4bb2-ba8b-12af08e430b0" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+2+-+11289-14/9478c116-be10-477d-b356-cbe21b7f6ccf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+888-13/730430da-17d6-467e-bfd7-4beb8203f0f2" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11.pdf/0e24611b-46d6-43b8-be0e-55aa287c9c35" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/L+17-13+reg/c2e45cd1-25ec-40be-9904-0e7ecb0cce8c" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2010-05.xml" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1071-11/96c2023a-6b15-4cb3-a7d8-6455362e6bb5" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1136-2013+Concorso+fotografico/8c954191-d9f8-4f16-be4f-d057952bb874" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Borgo-fl/ca02770b-e642-4352-95b4-b3ff24f410bd" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+3+DGR+1246-2015/bf8c9bc9-5303-49c0-aa1a-af29a0b60ceb" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+1652-11/f37c1229-770a-4ce8-8f09-a63e60886cc7" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+141-15/83f45142-ab5b-4a25-aa69-d4a5921e75de" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+6718-2012/c6b4dc63-0520-4519-8f68-23de7eab680b" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1623-14/bd2aa171-0460-4b80-9410-b1a588321eb2" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+746-15/c26f27c0-11cf-4705-b1bd-5c76d4e2256e" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+538-12/bbfe3137-5266-46fd-ace1-ebe5c7bc8992" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/Allegato1315-15.pdf/2a54a972-f87d-4c54-9e4a-225c07b25f19" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/bollettino+1503-14/30900358-5879-4a8a-b3ce-2bcd1c450eae" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=197644&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+585-2013/38a04943-1bcb-443d-abb3-2370ebf74811" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+2+D.D.+n.+1904+del+2013/d04a9885-1a10-41ff-b36b-7f38406353df" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+I/72c89a33-3754-4f75-88c0-829c7045b91a" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+1784-14/2543d29f-cf91-436b-8bda-8e68998ccc10" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+B.pdf/3fb0abf7-19c0-43ed-bc4b-b24ae35c27ff" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1278-10.pdf/a9912e56-3a34-4f01-b1d0-cff1907ace9a" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/66070/416127/Bando+Ricerca+Energia+det+dir+786+del+2013+BUR/766dac91-6dc1-4f3a-9b41-9acf19a9bfde" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Scheda+richiesta+servizi+Hub+Allegato+3+a+DGR+661-2011/dd9acc53-0c3f-464c-97cd-bb809cf79060" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/schema+accordo+programma+All.B+a+dgr+1578-11/90e64adb-60aa-4772-8584-a9d47848e12f" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/24984327/DET.+DIR.+n.+2426+del+23+03+2010+-+AVVISO_PUBBLICO_All_A%29.pdf/0dcc7983-55ae-4955-b029-6e5f7cc71342" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+77-15/be97c4f4-f95a-4fda-8158-94858fcd39f1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/verbale+All.+DGR+1524-2014/6bc59ed0-ece1-47c7-8cd4-43044af25251" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/F+737-14/05fa8496-0141-400d-8af9-ffd1afb3712c" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+949-11/7f1ddb45-02ee-4e67-b895-7aff2aac8ca2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1916-13/a7753711-8d7b-4c1b-931a-2f30112fe5a5" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1392-12/e045f37e-7175-4a6e-bc0f-ef53766591ab" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+947-14/bb04332a-9107-42ab-936c-fbd1da93ca10" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1759-2010/6a0ec2fe-8319-4322-9c69-8ac3859fee0b" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+11241-2014/78d2e739-dc8b-43fb-bf83-53d9d3c8728c" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+n.+114.2001/3e3b110b-2f11-4537-8df1-85af32f16623" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Bando_PMI_Innovative_DD89_2013/5d392087-a739-4827-b6d0-929ceb58dfa5" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/2669055/DGR+1922+2004.pdf/2c5b1029-5f4e-4500-9d97-5e17c6d6af07" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9949-12/5b653437-fe3c-47e7-9188-a56a95115fd2" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1228-2016/da4c47d0-f677-47bf-bc5d-5a34b85a535b" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=162943&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+426-14/1294dcc8-44eb-4aff-8733-eefd30c9ac19" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=60966&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29%20%20DGR+586-2010/2333ccdd-86e7-465f-80c9-8b2d46c57dee" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/accordo+dgr+400-14/c843a5c7-2c0c-4756-80c2-3279ba0d4b9e" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Avviso+pubblico+DET+7206+del+2013/c4462ddf-00c3-4b21-a895-9a1a362212d1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/Integrativo+difesa+suolo/0c9f39dd-ec14-4027-a8b7-b8cf19e326c8" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+418-12.pdf/8b4ff84d-0bad-43cf-ae13-631d82deb8df?version=1.0" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=158811&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+668-15.pdf/3f21a500-5fd3-4124-bfb2-f29b36a670ba" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All+B+Conclusioni_CRE+2013.pdf/078b8d05-b16e-40dd-826c-ae99ad183338" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+650-16.pdf/e9ba5486-a991-4b93-8f9b-6bc5f7d53cff" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+8323-12/1cc3f324-e1c1-46c9-812f-2e095e406634" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-E.pdf/c97450c6-d848-46a5-a763-7d4ffd76478b" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/653718/Sintesi+dei+criteri+per+l%27anno+2014/440b4e5a-2d62-4a18-bc69-e1ef35863a98" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+AGEVOLAZIONI+1104-2012/7f04b48e-1f6e-4bd8-a724-6eca30466bc3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+n.+8711-2015/7cafb51e-9ff9-4478-8c9b-55584e1e9102" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allegato+2+dgr+1548-14/fd19b2e6-2e3a-40a4-a264-bb773131806b" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+749-12+Piano+interventi+emergenza+2012.pdf/934abc3a-18df-4e7b-bc7b-ae833d5a6488" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=158329&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1360-14+Allegato+C+2.pdf/78d9c15c-edc8-4a13-ba69-b123c45a76a8" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1241+del+13-09-2010/969ad633-4334-4667-a991-9d2b5a35e68e" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+579-16/78ecaf72-10b1-4982-8f4c-3e662703bd3b" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato++DGR+710+02.07.2013+PIANO+OPERATIVO+CRISI+RIMODULATO/79d476a2-bfdd-4afc-bbe6-4ecf11b23a1d" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+1381+del+2012/32ae6f45-af2c-43ad-9886-635305f6549a" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=23744&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=161970&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/PISTE+DI+CONTROLLO/f1699dd3-d14c-4b81-8658-19734fa58d37" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+233-15+Allegato-Convenzione-CeRSAl.pdf/422bba4c-fa19-4782-9053-0c16c8a4c234" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n250_25Marzo_2013/f57d4d8c-1b26-4c06-bab5-2bf5e3c4de30" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5195-2015/8d5271be-3d4a-4e49-9dd4-420241304320" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+7210-13/0bda2c2f-d424-45bd-8725-de3ce66f032c" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/allAbando+dgr1523del+2011/a06f38cf-6396-4a94-ae64-b61aa3910f2e" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+8222-14+All+tirocini.pdf/5b05906b-2f9a-4b54-b8b4-c09f3e54e41e" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+Accordo+di+collaborazione+a+DGR+1588-2014/d0daed71-a4f5-4edc-949c-e5a24f3cb451" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Bando+Poli+di+Innovazione+2010/5cde5e90-4cff-407e-91fd-5eedad0f3a89" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+208-14.pdf/e4c8291b-8b77-4b9c-b857-9afcd406232d?version=1.0" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzioneREGIONE+UMBRIA+AGENAS+all%29%20B+DGR+1167+2013/a32624eb-f479-4bae-bd0b-b08ff27b2568" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=81446&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+1502-12/e86e76f9-98e9-49f7-bc19-6b6cddf4dc2c" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n.+1091+del+7+ottobre+2013/a13cedcb-0518-415d-a1a9-3def3f8cb81d" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/DGR+1294_2013/05e2f6cb-cb9f-47b4-b111-a00bb5b6d4f0" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9079&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20140406" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+478-2013/6a50e241-b5ec-42de-8a56-4401bd9263a4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1490-12/7dc20af4-0cf0-4eb3-b142-f8d3eeacc9a2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+7410-99/fe7e4198-5577-47f0-81bf-373ddaa1ab33" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DD+6865-07/315a7209-7d09-4590-a9e2-1e4c3256d558" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+421-2010.pdf/2eb91161-2f9f-419c-9e57-7b40cb886b92" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1982-16.xml" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+1738-12/950e1d9d-2a35-4221-8268-e6f625c5090c" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/verbale+1412-12/20def705-93e2-425f-a352-eeb9b782c27e" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+A+693-10/3e02a387-56d2-48be-b32b-c5badde1fa46" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+2329+del+19+03+2010/880ac513-0638-4907-8e0c-382c85fc092b" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29%20SCHEMA+Convenzione+DD+6281+del+04.08.2014/b778a1b7-e99f-4a32-ae72-d013491d2d3d" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+496-2016/6c222959-9b62-4e75-a954-7bc5f344d268" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1997-08-28;284!vig=" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+9154-12/72167ceb-c93a-4a3f-a051-a486e316c3b9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+a+DGR+447-15/2358c54f-5059-4b0f-a30d-4614a7135c2b" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+892+07/1f2325ee-5a67-49f1-80fe-ccdaa87011ba" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1925+del+1995+TESSERE+SPECIALI/676778d2-bfad-473e-ac36-514d711dce78" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+418++2005/b57ef315-9a2f-453c-863a-bb95c46271fa" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+C+9416-13/50336a63-3a36-4195-8da2-ab1dc94cc179" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+7781-12/538aac7b-62c7-47fc-b65e-796c40222041" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=11917&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1252-15/d841a3e9-03ff-45fe-abac-3d5ab69952f3" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+2+Bando+DGR+1576+dicembre+2012/07fa9200-c4d5-42ed-98aa-d4c049aa5631" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/S.Martino-fl/2504ae46-a43d-4a8c-bdd8-f66a6c47cb52" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+D1+DGR+1652-11/392f620d-08dd-45f9-a72b-cff4dea3e12a" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5262-2015+Univ.+PG/29a48757-52f7-4410-905c-207b34dca060" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+459-2013/7789cedb-ac5c-42fa-8234-9629f4083e4d" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=42414&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/D.M.+892-09/447993c8-ec61-4b26-bb1f-5979f1901188" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1985-10.xml" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/nota+compg/30eaee39-a14b-436a-814e-f67754c236a1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Allegato+A+progetto/85ad1bbb-b452-4bff-97a7-8277913a0fa2" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+1151-2011+bando+FEB/69317a72-6f7d-4570-845a-20001cfe39ed" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=27963&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+500-2015+Perugia+Social+Film/d7ba5fc2-7712-4fad-a889-d5c465bede9c" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leggi.alumbria.it/mostra_atto.php?id=13571&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+65612-2015/3a5fd150-575f-4467-8621-c40ec5a10c35" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1012+ALLEGATO++IPOVISIONE+CONGENITA/e822c2d9-3a81-425c-aac5-82460d28d6a4" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=31552&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+604-2016+Allegato+A/5b6cfc5b-bbae-4a79-a94f-32a4b697d01a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12.pdf/acd10d11-f690-4472-9679-a74a9676cc85" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD_11397_2009/3e5dfe86-f14e-4e31-8cc7-97cb6144e1c9" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2020-05-19;34!vig=2021-02-10" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1580-13/6c8e0e06-64cc-4680-98bc-03ddf8a06334" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1384-13/64ff2800-29d3-459c-9980-b8dee09a6112" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+32-2016/bee9bb85-5efd-48a7-b629-e78ba4f8017d" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1878-07/a8a3304e-b951-4fab-937b-5067fff2bb77" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+133+del+9+febbraio+2009/5d35662b-949b-4370-acf4-b0a372c4ed85" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+10437-13/aedfcaf8-8a71-4da4-a1a6-e4bf9fa2aa0e" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+9946-14/0d91313e-5e5f-40d6-a01d-95015360fdff" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+990/3b54233a-ffd1-437e-ba53-2556d6d150aa" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/ALLEGATO-B+DGR+81-14.pdf/890522ec-3673-4bfb-a914-a6258d4f298e" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/623-2014-ATTO-DG1-Protocollo+UISP-Regione.pdf/748701d1-5a24-4d6f-9033-f4c31d173958" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+4346-93/47c90d7e-dc87-4650-9f7e-0c9d6ea384c5?version=1.0" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/D.P.C.M.15+settembre+2021/d1d7182a-d956-48b9-8761-98a18d1f2a3d" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+5963-2010/0a2251b6-0ecf-410c-b150-b18d1aa4f981" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/BUR-Bando+Start+Up+2015/13655f43-dc9f-4af1-8d24-c904e8ff2c2d" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+B+116-14/60dfb47f-7e8d-4766-9fdb-e6b3fd5d45fe" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+1.pdf/9f81c174-c883-4b69-a177-d0b35692ed0c" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+1624-15/c87b5833-2178-4240-89ed-e7fa3b3125c2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DD+8766-12/1df4dce5-280d-480e-8bef-9b6e4f1edd60" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/convenzione+imenotteri+all.+DGR+880-15/bd1f5748-6d17-4e13-889f-a82b5081a5fa" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+8812+del+01.12.2011/5ae6405a-5c4f-4462-8056-dd739672fd79" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ACCORDO+PROGRAMMA+QUADRO+DIFERA+SUOLO+2001/148890f5-77de-46f3-a1a4-a0f8f8c3756e" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2007-11-09;207!vig=" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DD+9824-12.pdf/97a832c3-90ac-43b1-801d-c71140593671" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=8543&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+492-11Attivazione+2010-11/a8c51c5e-6634-4da2-9e1d-ed760d97a268" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR++352-2016.rtf/5f993d47-3dda-410a-b278-d47fe57d234e" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1444+del+2011/42c5fe2b-1502-44ee-bb2b-e165588317b1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+577-2016/59b20db4-fb14-4680-a492-659c48657b00" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+C.pdf/0aeb3deb-7b1b-44cc-8343-74a0706268e7" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/All.+piano+dgr+1799-14/345b4498-6610-4bc9-a346-30feabb62aff" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/A+737-14/ead78c68-9bd6-4754-a8c8-30777311709d" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+823-15.pdf/2497a091-be7a-4067-b33b-985e7986e2c5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/4623+Decreto+approvazione+prog.+regionale+2011/5a086102-a642-4c32-ad4c-7997b7aab7d6" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Avviso+pubblico+DD8233/b32204e5-6063-47bb-9d20-13b2d917614c" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+576-14/d49df6ce-7445-4d96-8934-c5f40c8edec8" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+1320-11.+Allegato+A+-+DM+16+ottobre+2006+con+indice.pdf/03e5074c-0bd2-4d5c-a7b4-43e7228a5dce?version=1.0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1981-40.xml" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=43423&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/D.D.+5911+2012/835a53c8-a7c6-49b6-bcc0-b0d9c0694c22" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Delibera+1140+del+2011+allegato/e2563c3a-75b6-4b92-ad3f-2a64046f0526" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+974+del+2013/75894fcd-b1ad-4e2a-bf3c-5a00e4f67456" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/658997/DD+2200+del+2010/9c9632f2-62dc-46bc-8641-988240b1fcae" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/3856340/DGR+748-08/3182ad20-aa0a-4fc5-952b-ad493cde9503" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+N.+1247+del+11.11.2013/0f1b09b2-ff03-464a-b54a-a8758b1afe6f" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/707112/DGR+1283+2006/531b83af-f4af-42a5-8801-c7dea8994e3f" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dd+8966-13/f4ae3524-9e3e-4429-820e-ff0e326754a9" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/Protocollo+d%27intesaRegione+Umbria-Universit%C3%A0%20per+stranieri+PG/859a1681-1aaf-4f58-a15c-7c5b2e7fba81" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+1289+del+19-11-13/e7ef723a-8098-4a60-be48-310ac9a5bce8" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/11022369/DGR+714-08.+Criteri.pdf/6b07338b-53c7-4e58-adbc-4fa490491621?version=1.0" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DCR+755-1999/73aa9bd7-5a7c-4e32-834f-e309574f47fd" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/all+991/f30d2bab-b429-472f-8386-ea17ab445785" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1541-14/18490710-b318-452d-989b-38f40375ff86" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Avviso+pubblico+Attivit%C3%A0%202.2.2+POR+FESR+Umbria/c7a3db81-c15e-4126-814b-a0383d68bc3d" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.umbria.it/documents/18/658997/A1_Legge+regionale+08+marzo+2021%2C+n.+5.pdf/00aef06f-b4d0-4cc8-96bd-ca0ef387a203" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=114785&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=152839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+A/03fb9e47-e2ed-477b-b314-be61ac82a246" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/dgr+923-14/4aa4284f-c3a7-40b8-b9b3-c5225f7e05a6" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+1263-2014/6918f657-49a8-4c61-aba4-df3287c71797" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=41979&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=9577&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/ALL.+458-15/0b8ccebe-7df6-4096-9aaf-84b023c6fdf0" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/l.+138-04/259087d3-b5aa-4cfb-9291-941e031e227c" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.umbria.it/documents/18/707112/DGR+90-2015.pdf/2f9fd31f-d760-44da-929b-b53549661232" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://leggi.crumbria.it/mostra_atto.php?id=31696&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20080529&amp;regolamento=0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E961"/>
+  <dimension ref="A1:E962"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="30.6640625" customWidth="1"/>
     <col min="3" max="3" width="38" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.6640625" customWidth="1"/>
     <col min="5" max="5" width="30.6640625" style="52" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="43" t="s">
@@ -8422,8561 +8428,8572 @@
       </c>
       <c r="E199" s="48"/>
     </row>
     <row r="200" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A200" s="10" t="s">
         <v>363</v>
       </c>
       <c r="B200" s="14"/>
       <c r="C200" s="14"/>
       <c r="D200" s="11" t="s">
         <v>364</v>
       </c>
       <c r="E200" s="48"/>
     </row>
     <row r="201" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A201" s="54" t="s">
         <v>1714</v>
       </c>
       <c r="B201" s="53"/>
       <c r="C201" s="53"/>
       <c r="D201" s="11" t="s">
         <v>1715</v>
       </c>
       <c r="E201" s="46"/>
     </row>
-    <row r="202" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-        <v>1767</v>
+    <row r="202" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A202" s="54" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B202" s="53"/>
+      <c r="C202" s="53"/>
+      <c r="D202" s="11" t="s">
+        <v>1769</v>
       </c>
       <c r="E202" s="46" t="s">
         <v>1768</v>
       </c>
     </row>
-    <row r="203" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A203" s="95" t="s">
+    <row r="203" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A203" s="44" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B203" s="93" t="s">
+        <v>56</v>
+      </c>
+      <c r="C203" s="92"/>
+      <c r="D203" s="68" t="s">
+        <v>1767</v>
+      </c>
+      <c r="E203" s="50"/>
+    </row>
+    <row r="204" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A204" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B203" s="95"/>
-[...5 lines deleted...]
-      <c r="A204" s="16" t="s">
+      <c r="B204" s="95"/>
+      <c r="C204" s="95"/>
+      <c r="D204" s="95"/>
+      <c r="E204" s="95"/>
+    </row>
+    <row r="205" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A205" s="16" t="s">
         <v>365</v>
       </c>
-      <c r="B204" s="18" t="s">
+      <c r="B205" s="18" t="s">
         <v>56</v>
-      </c>
-[...13 lines deleted...]
-        <v>369</v>
       </c>
       <c r="C205" s="11"/>
       <c r="D205" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="E205" s="46" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A206" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="B206" s="18" t="s">
+        <v>369</v>
+      </c>
+      <c r="C206" s="11"/>
+      <c r="D206" s="11" t="s">
         <v>370</v>
       </c>
-      <c r="E205" s="43"/>
-[...3 lines deleted...]
-      <c r="B206" s="18" t="s">
+      <c r="E206" s="43"/>
+    </row>
+    <row r="207" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A207" s="8"/>
+      <c r="B207" s="18" t="s">
         <v>371</v>
       </c>
-      <c r="C206" s="11"/>
-      <c r="D206" s="6" t="s">
+      <c r="C207" s="11"/>
+      <c r="D207" s="6" t="s">
         <v>372</v>
       </c>
-      <c r="E206" s="43"/>
-[...2 lines deleted...]
-      <c r="A207" s="18" t="s">
+      <c r="E207" s="43"/>
+    </row>
+    <row r="208" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A208" s="18" t="s">
         <v>373</v>
       </c>
-      <c r="B207" s="8"/>
-[...1 lines deleted...]
-      <c r="D207" s="11" t="s">
+      <c r="B208" s="8"/>
+      <c r="C208" s="11"/>
+      <c r="D208" s="11" t="s">
         <v>374</v>
       </c>
-      <c r="E207" s="43"/>
-[...4 lines deleted...]
-      <c r="C208" s="10" t="s">
+      <c r="E208" s="43"/>
+    </row>
+    <row r="209" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A209" s="8"/>
+      <c r="B209" s="8"/>
+      <c r="C209" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D208" s="11" t="s">
+      <c r="D209" s="11" t="s">
         <v>376</v>
       </c>
-      <c r="E208" s="43"/>
-[...2 lines deleted...]
-      <c r="A209" s="5" t="s">
+      <c r="E209" s="43"/>
+    </row>
+    <row r="210" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A210" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="B209" s="8"/>
-[...1 lines deleted...]
-      <c r="D209" s="11" t="s">
+      <c r="B210" s="8"/>
+      <c r="C210" s="10"/>
+      <c r="D210" s="11" t="s">
         <v>378</v>
       </c>
-      <c r="E209" s="43"/>
-[...2 lines deleted...]
-      <c r="A210" s="16" t="s">
+      <c r="E210" s="43"/>
+    </row>
+    <row r="211" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A211" s="16" t="s">
         <v>379</v>
       </c>
-      <c r="B210" s="8"/>
-[...1 lines deleted...]
-      <c r="D210" s="6" t="s">
+      <c r="B211" s="8"/>
+      <c r="C211" s="11"/>
+      <c r="D211" s="6" t="s">
         <v>380</v>
       </c>
-      <c r="E210" s="43"/>
-[...2 lines deleted...]
-      <c r="A211" s="95" t="s">
+      <c r="E211" s="43"/>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A212" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B211" s="95"/>
-[...7 lines deleted...]
-      <c r="C212" s="12" t="s">
+      <c r="B212" s="95"/>
+      <c r="C212" s="95"/>
+      <c r="D212" s="95"/>
+      <c r="E212" s="95"/>
+    </row>
+    <row r="213" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A213" s="9"/>
+      <c r="B213" s="9"/>
+      <c r="C213" s="12" t="s">
         <v>381</v>
       </c>
-      <c r="D212" s="6" t="s">
+      <c r="D213" s="6" t="s">
         <v>382</v>
       </c>
-      <c r="E212" s="43" t="s">
+      <c r="E213" s="43" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="213" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A213" s="95" t="s">
+    <row r="214" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A214" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B213" s="95"/>
-[...7 lines deleted...]
-      <c r="C214" s="22" t="s">
+      <c r="B214" s="95"/>
+      <c r="C214" s="95"/>
+      <c r="D214" s="95"/>
+      <c r="E214" s="95"/>
+    </row>
+    <row r="215" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A215" s="8"/>
+      <c r="B215" s="8"/>
+      <c r="C215" s="22" t="s">
         <v>384</v>
       </c>
-      <c r="D214" s="3" t="s">
+      <c r="D215" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="E214" s="47" t="s">
+      <c r="E215" s="47" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="215" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A215" s="23" t="s">
+    <row r="216" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A216" s="23" t="s">
         <v>387</v>
       </c>
-      <c r="B215" s="8"/>
-[...1 lines deleted...]
-      <c r="D215" s="14" t="s">
+      <c r="B216" s="8"/>
+      <c r="C216" s="11"/>
+      <c r="D216" s="14" t="s">
         <v>388</v>
       </c>
-      <c r="E215" s="43"/>
-[...4 lines deleted...]
-      <c r="C216" s="10" t="s">
+      <c r="E216" s="43"/>
+    </row>
+    <row r="217" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A217" s="23"/>
+      <c r="B217" s="8"/>
+      <c r="C217" s="10" t="s">
         <v>389</v>
       </c>
-      <c r="D216" s="14" t="s">
+      <c r="D217" s="14" t="s">
         <v>390</v>
       </c>
-      <c r="E216" s="43"/>
-[...4 lines deleted...]
-      <c r="C217" s="12" t="s">
+      <c r="E217" s="43"/>
+    </row>
+    <row r="218" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A218" s="8"/>
+      <c r="B218" s="8"/>
+      <c r="C218" s="12" t="s">
         <v>175</v>
       </c>
-      <c r="D217" s="17" t="s">
+      <c r="D218" s="17" t="s">
         <v>176</v>
       </c>
-      <c r="E217" s="43"/>
-[...2 lines deleted...]
-      <c r="A218" s="95" t="s">
+      <c r="E218" s="43"/>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A219" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B218" s="95"/>
-[...5 lines deleted...]
-      <c r="A219" s="16" t="s">
+      <c r="B219" s="95"/>
+      <c r="C219" s="95"/>
+      <c r="D219" s="95"/>
+      <c r="E219" s="95"/>
+    </row>
+    <row r="220" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A220" s="16" t="s">
         <v>391</v>
       </c>
-      <c r="B219" s="16" t="s">
+      <c r="B220" s="16" t="s">
         <v>392</v>
       </c>
-      <c r="C219" s="11"/>
-      <c r="D219" s="6" t="s">
+      <c r="C220" s="11"/>
+      <c r="D220" s="6" t="s">
         <v>393</v>
       </c>
-      <c r="E219" s="47" t="s">
+      <c r="E220" s="47" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="220" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B220" s="1" t="s">
+    <row r="221" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A221" s="8"/>
+      <c r="B221" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="C220" s="11"/>
-[...4 lines deleted...]
-      <c r="A221" s="16" t="s">
+      <c r="C221" s="11"/>
+      <c r="D221" s="17"/>
+      <c r="E221" s="43"/>
+    </row>
+    <row r="222" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A222" s="16" t="s">
         <v>396</v>
       </c>
-      <c r="B221" s="18" t="s">
+      <c r="B222" s="18" t="s">
         <v>397</v>
       </c>
-      <c r="C221" s="21"/>
-      <c r="D221" s="21" t="s">
+      <c r="C222" s="21"/>
+      <c r="D222" s="21" t="s">
         <v>398</v>
       </c>
-      <c r="E221" s="43"/>
-[...2 lines deleted...]
-      <c r="A222" s="95" t="s">
+      <c r="E222" s="43"/>
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A223" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B222" s="95"/>
-[...5 lines deleted...]
-      <c r="A223" s="22" t="s">
+      <c r="B223" s="95"/>
+      <c r="C223" s="95"/>
+      <c r="D223" s="95"/>
+      <c r="E223" s="95"/>
+    </row>
+    <row r="224" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A224" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="B223" s="9"/>
-[...1 lines deleted...]
-      <c r="D223" s="6" t="s">
+      <c r="B224" s="9"/>
+      <c r="C224" s="9"/>
+      <c r="D224" s="6" t="s">
         <v>400</v>
       </c>
-      <c r="E223" s="43" t="s">
+      <c r="E224" s="43" t="s">
         <v>401</v>
       </c>
     </row>
-    <row r="224" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B224" s="12" t="s">
+    <row r="225" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A225" s="21"/>
+      <c r="B225" s="12" t="s">
         <v>402</v>
-      </c>
-[...7 lines deleted...]
-        <v>403</v>
       </c>
       <c r="C225" s="9"/>
       <c r="D225" s="9"/>
-      <c r="E225" s="42"/>
-[...2 lines deleted...]
-      <c r="A226" s="95" t="s">
+      <c r="E225" s="49"/>
+    </row>
+    <row r="226" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A226" s="9"/>
+      <c r="B226" s="12" t="s">
+        <v>403</v>
+      </c>
+      <c r="C226" s="9"/>
+      <c r="D226" s="9"/>
+      <c r="E226" s="42"/>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A227" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B226" s="95"/>
-[...7 lines deleted...]
-      <c r="C227" s="10" t="s">
+      <c r="B227" s="95"/>
+      <c r="C227" s="95"/>
+      <c r="D227" s="95"/>
+      <c r="E227" s="95"/>
+    </row>
+    <row r="228" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A228" s="8"/>
+      <c r="B228" s="8"/>
+      <c r="C228" s="10" t="s">
         <v>404</v>
       </c>
-      <c r="D227" s="11" t="s">
+      <c r="D228" s="11" t="s">
         <v>1709</v>
       </c>
-      <c r="E227" s="33" t="s">
+      <c r="E228" s="33" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="228" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B228" s="16" t="s">
+    <row r="229" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A229" s="8"/>
+      <c r="B229" s="16" t="s">
         <v>406</v>
       </c>
-      <c r="C228" s="11"/>
-[...9 lines deleted...]
-      <c r="B229" s="8"/>
       <c r="C229" s="11"/>
       <c r="D229" s="11" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E229" s="43"/>
     </row>
-    <row r="230" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="230" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A230" s="16" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="B230" s="24"/>
+        <v>408</v>
+      </c>
+      <c r="B230" s="8"/>
       <c r="C230" s="11"/>
       <c r="D230" s="11" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="E230" s="43"/>
     </row>
-    <row r="231" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+    <row r="231" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A231" s="16" t="s">
-        <v>412</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="B231" s="24"/>
       <c r="C231" s="11"/>
       <c r="D231" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="E231" s="43"/>
+    </row>
+    <row r="232" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+      <c r="A232" s="16" t="s">
+        <v>412</v>
+      </c>
+      <c r="B232" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="C232" s="11"/>
+      <c r="D232" s="11" t="s">
         <v>414</v>
       </c>
-      <c r="E231" s="43"/>
-[...7 lines deleted...]
-      <c r="D232" s="6"/>
       <c r="E232" s="43"/>
     </row>
-    <row r="233" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="233" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A233" s="8"/>
       <c r="B233" s="16" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C233" s="11"/>
       <c r="D233" s="6"/>
       <c r="E233" s="43"/>
     </row>
-    <row r="234" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A234" s="16" t="s">
+    <row r="234" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A234" s="8"/>
+      <c r="B234" s="16" t="s">
+        <v>416</v>
+      </c>
+      <c r="C234" s="11"/>
+      <c r="D234" s="6"/>
+      <c r="E234" s="43"/>
+    </row>
+    <row r="235" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A235" s="16" t="s">
         <v>417</v>
       </c>
-      <c r="B234" s="8"/>
-[...1 lines deleted...]
-      <c r="D234" s="11" t="s">
+      <c r="B235" s="8"/>
+      <c r="C235" s="11"/>
+      <c r="D235" s="11" t="s">
         <v>418</v>
       </c>
-      <c r="E234" s="43"/>
-[...4 lines deleted...]
-      <c r="C235" s="10" t="s">
+      <c r="E235" s="43"/>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A236" s="8"/>
+      <c r="B236" s="8"/>
+      <c r="C236" s="10" t="s">
         <v>419</v>
       </c>
-      <c r="D235" s="21" t="s">
+      <c r="D236" s="21" t="s">
         <v>420</v>
       </c>
-      <c r="E235" s="43"/>
-[...2 lines deleted...]
-      <c r="A236" s="16" t="s">
+      <c r="E236" s="43"/>
+    </row>
+    <row r="237" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A237" s="16" t="s">
         <v>421</v>
       </c>
-      <c r="B236" s="18" t="s">
+      <c r="B237" s="18" t="s">
         <v>228</v>
       </c>
-      <c r="C236" s="11"/>
-      <c r="D236" s="11" t="s">
+      <c r="C237" s="11"/>
+      <c r="D237" s="11" t="s">
         <v>422</v>
       </c>
-      <c r="E236" s="43"/>
-[...7 lines deleted...]
-      <c r="D237" s="6"/>
       <c r="E237" s="43"/>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A238" s="8"/>
       <c r="B238" s="18" t="s">
-        <v>423</v>
+        <v>369</v>
       </c>
       <c r="C238" s="11"/>
       <c r="D238" s="6"/>
       <c r="E238" s="43"/>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A239" s="8"/>
       <c r="B239" s="18" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="C239" s="11"/>
       <c r="D239" s="6"/>
       <c r="E239" s="43"/>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A240" s="8"/>
       <c r="B240" s="18" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="C240" s="11"/>
       <c r="D240" s="6"/>
       <c r="E240" s="43"/>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A241" s="95" t="s">
+      <c r="A241" s="8"/>
+      <c r="B241" s="18" t="s">
+        <v>425</v>
+      </c>
+      <c r="C241" s="11"/>
+      <c r="D241" s="6"/>
+      <c r="E241" s="43"/>
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A242" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B241" s="95"/>
-[...5 lines deleted...]
-      <c r="A242" s="16" t="s">
+      <c r="B242" s="95"/>
+      <c r="C242" s="95"/>
+      <c r="D242" s="95"/>
+      <c r="E242" s="95"/>
+    </row>
+    <row r="243" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A243" s="16" t="s">
         <v>426</v>
-      </c>
-[...13 lines deleted...]
-        <v>430</v>
       </c>
       <c r="B243" s="16" t="s">
         <v>427</v>
       </c>
       <c r="C243" s="11"/>
       <c r="D243" s="11" t="s">
-        <v>431</v>
-[...1 lines deleted...]
-      <c r="E243" s="43"/>
+        <v>428</v>
+      </c>
+      <c r="E243" s="47" t="s">
+        <v>429</v>
+      </c>
     </row>
     <row r="244" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A244" s="16" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B244" s="16" t="s">
         <v>427</v>
       </c>
       <c r="C244" s="11"/>
       <c r="D244" s="11" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="E244" s="43"/>
     </row>
-    <row r="245" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="245" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A245" s="16" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B245" s="16" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="C245" s="11"/>
       <c r="D245" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="E245" s="43"/>
+    </row>
+    <row r="246" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A246" s="16" t="s">
+        <v>434</v>
+      </c>
+      <c r="B246" s="16" t="s">
+        <v>435</v>
+      </c>
+      <c r="C246" s="11"/>
+      <c r="D246" s="11" t="s">
         <v>436</v>
       </c>
-      <c r="E245" s="43"/>
-[...3 lines deleted...]
-      <c r="B246" s="16" t="s">
+      <c r="E246" s="43"/>
+    </row>
+    <row r="247" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A247" s="8"/>
+      <c r="B247" s="16" t="s">
         <v>437</v>
       </c>
-      <c r="C246" s="11"/>
-[...4 lines deleted...]
-      <c r="A247" s="16" t="s">
+      <c r="C247" s="11"/>
+      <c r="D247" s="6"/>
+      <c r="E247" s="43"/>
+    </row>
+    <row r="248" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A248" s="16" t="s">
         <v>438</v>
       </c>
-      <c r="B247" s="16" t="s">
+      <c r="B248" s="16" t="s">
         <v>439</v>
       </c>
-      <c r="C247" s="11"/>
-      <c r="D247" s="11" t="s">
+      <c r="C248" s="11"/>
+      <c r="D248" s="11" t="s">
         <v>440</v>
       </c>
-      <c r="E247" s="43"/>
-[...3 lines deleted...]
-      <c r="B248" s="16" t="s">
+      <c r="E248" s="43"/>
+    </row>
+    <row r="249" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A249" s="8"/>
+      <c r="B249" s="16" t="s">
         <v>441</v>
       </c>
-      <c r="C248" s="11"/>
-[...4 lines deleted...]
-      <c r="A249" s="16" t="s">
+      <c r="C249" s="11"/>
+      <c r="D249" s="6"/>
+      <c r="E249" s="43"/>
+    </row>
+    <row r="250" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A250" s="16" t="s">
         <v>442</v>
       </c>
-      <c r="B249" s="8"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B250" s="8"/>
       <c r="C250" s="11"/>
       <c r="D250" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="E250" s="43"/>
+    </row>
+    <row r="251" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A251" s="16" t="s">
+        <v>444</v>
+      </c>
+      <c r="B251" s="18" t="s">
+        <v>445</v>
+      </c>
+      <c r="C251" s="11"/>
+      <c r="D251" s="6" t="s">
         <v>446</v>
       </c>
-      <c r="E250" s="43"/>
-[...3 lines deleted...]
-      <c r="B251" s="16" t="s">
+      <c r="E251" s="43"/>
+    </row>
+    <row r="252" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A252" s="8"/>
+      <c r="B252" s="16" t="s">
         <v>447</v>
       </c>
-      <c r="C251" s="11"/>
-[...5 lines deleted...]
-      <c r="B252" s="18" t="s">
+      <c r="C252" s="11"/>
+      <c r="D252" s="17"/>
+      <c r="E252" s="43"/>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A253" s="8"/>
+      <c r="B253" s="18" t="s">
         <v>448</v>
       </c>
-      <c r="C252" s="11"/>
-[...4 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="C253" s="11"/>
+      <c r="D253" s="21"/>
+      <c r="E253" s="43"/>
+    </row>
+    <row r="254" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A254" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>450</v>
-      </c>
-[...11 lines deleted...]
-        <v>453</v>
       </c>
       <c r="C254" s="11"/>
       <c r="D254" s="6" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="E254" s="43"/>
     </row>
-    <row r="255" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+    <row r="255" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A255" s="16" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B255" s="16" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C255" s="11"/>
       <c r="D255" s="6" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="E255" s="43"/>
     </row>
-    <row r="256" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="256" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A256" s="16" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="B256" s="8"/>
+        <v>455</v>
+      </c>
+      <c r="B256" s="16" t="s">
+        <v>456</v>
+      </c>
       <c r="C256" s="11"/>
       <c r="D256" s="6" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="E256" s="43"/>
     </row>
     <row r="257" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A257" s="16" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B257" s="8"/>
       <c r="C257" s="11"/>
       <c r="D257" s="6" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="E257" s="43"/>
     </row>
     <row r="258" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A258" s="16" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B258" s="8"/>
       <c r="C258" s="11"/>
       <c r="D258" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="E258" s="43"/>
+    </row>
+    <row r="259" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A259" s="16" t="s">
+        <v>462</v>
+      </c>
+      <c r="B259" s="8"/>
+      <c r="C259" s="11"/>
+      <c r="D259" s="6" t="s">
         <v>463</v>
       </c>
-      <c r="E258" s="43"/>
-[...2 lines deleted...]
-      <c r="A259" s="16" t="s">
+      <c r="E259" s="43"/>
+    </row>
+    <row r="260" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A260" s="16" t="s">
         <v>464</v>
       </c>
-      <c r="B259" s="16" t="s">
+      <c r="B260" s="16" t="s">
         <v>465</v>
       </c>
-      <c r="C259" s="11"/>
-      <c r="D259" s="11" t="s">
+      <c r="C260" s="11"/>
+      <c r="D260" s="11" t="s">
         <v>466</v>
       </c>
-      <c r="E259" s="43"/>
-[...3 lines deleted...]
-      <c r="B260" s="18" t="s">
+      <c r="E260" s="43"/>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A261" s="8"/>
+      <c r="B261" s="18" t="s">
         <v>467</v>
       </c>
-      <c r="C260" s="11"/>
-[...11 lines deleted...]
-      </c>
+      <c r="C261" s="11"/>
+      <c r="D261" s="21"/>
       <c r="E261" s="43"/>
     </row>
-    <row r="262" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="262" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A262" s="8"/>
       <c r="B262" s="8"/>
-      <c r="C262" s="25" t="s">
+      <c r="C262" s="10" t="s">
+        <v>468</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="E262" s="43"/>
+    </row>
+    <row r="263" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A263" s="8"/>
+      <c r="B263" s="8"/>
+      <c r="C263" s="25" t="s">
         <v>470</v>
       </c>
-      <c r="D262" s="11" t="s">
+      <c r="D263" s="11" t="s">
         <v>471</v>
       </c>
-      <c r="E262" s="43"/>
-[...2 lines deleted...]
-      <c r="A263" s="16" t="s">
+      <c r="E263" s="43"/>
+    </row>
+    <row r="264" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A264" s="16" t="s">
         <v>472</v>
-      </c>
-[...11 lines deleted...]
-        <v>474</v>
       </c>
       <c r="B264" s="18" t="s">
         <v>223</v>
       </c>
       <c r="C264" s="11"/>
       <c r="D264" s="6" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="E264" s="43"/>
     </row>
-    <row r="265" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="265" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A265" s="16" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B265" s="18" t="s">
         <v>223</v>
       </c>
       <c r="C265" s="11"/>
-      <c r="D265" s="21" t="s">
+      <c r="D265" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="E265" s="43"/>
+    </row>
+    <row r="266" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A266" s="16" t="s">
+        <v>476</v>
+      </c>
+      <c r="B266" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="C266" s="11"/>
+      <c r="D266" s="21" t="s">
         <v>477</v>
       </c>
-      <c r="E265" s="43"/>
-[...2 lines deleted...]
-      <c r="A266" s="95" t="s">
+      <c r="E266" s="43"/>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A267" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B266" s="95"/>
-[...5 lines deleted...]
-      <c r="A267" s="96" t="s">
+      <c r="B267" s="95"/>
+      <c r="C267" s="95"/>
+      <c r="D267" s="95"/>
+      <c r="E267" s="95"/>
+    </row>
+    <row r="268" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A268" s="96" t="s">
         <v>478</v>
       </c>
-      <c r="B267" s="32" t="s">
+      <c r="B268" s="32" t="s">
         <v>479</v>
       </c>
-      <c r="C267" s="95"/>
-      <c r="D267" s="100" t="s">
+      <c r="C268" s="95"/>
+      <c r="D268" s="100" t="s">
         <v>480</v>
       </c>
-      <c r="E267" s="101" t="s">
+      <c r="E268" s="101" t="s">
         <v>481</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="E268" s="101"/>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A269" s="96"/>
       <c r="B269" s="5" t="s">
-        <v>326</v>
+        <v>230</v>
       </c>
       <c r="C269" s="95"/>
       <c r="D269" s="100"/>
       <c r="E269" s="101"/>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A270" s="95" t="s">
+      <c r="A270" s="96"/>
+      <c r="B270" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="C270" s="95"/>
+      <c r="D270" s="100"/>
+      <c r="E270" s="101"/>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A271" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B270" s="95"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B271" s="95"/>
+      <c r="C271" s="95"/>
+      <c r="D271" s="95"/>
+      <c r="E271" s="95"/>
     </row>
     <row r="272" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A272" s="16" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>482</v>
+      </c>
+      <c r="B272" s="8"/>
       <c r="C272" s="11"/>
       <c r="D272" s="11" t="s">
+        <v>483</v>
+      </c>
+      <c r="E272" s="43" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A273" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="B273" s="18" t="s">
+        <v>369</v>
+      </c>
+      <c r="C273" s="11"/>
+      <c r="D273" s="11" t="s">
         <v>486</v>
       </c>
-      <c r="E272" s="43"/>
-[...3 lines deleted...]
-      <c r="B273" s="18" t="s">
+      <c r="E273" s="43"/>
+    </row>
+    <row r="274" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A274" s="8"/>
+      <c r="B274" s="18" t="s">
         <v>371</v>
       </c>
-      <c r="C273" s="11"/>
-[...4 lines deleted...]
-      <c r="A274" s="16" t="s">
+      <c r="C274" s="11"/>
+      <c r="D274" s="6"/>
+      <c r="E274" s="43"/>
+    </row>
+    <row r="275" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A275" s="16" t="s">
         <v>487</v>
       </c>
-      <c r="B274" s="18" t="s">
+      <c r="B275" s="18" t="s">
         <v>369</v>
       </c>
-      <c r="C274" s="11"/>
-      <c r="D274" s="11" t="s">
+      <c r="C275" s="11"/>
+      <c r="D275" s="11" t="s">
         <v>488</v>
       </c>
-      <c r="E274" s="43"/>
-[...3 lines deleted...]
-      <c r="B275" s="18" t="s">
+      <c r="E275" s="43"/>
+    </row>
+    <row r="276" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A276" s="8"/>
+      <c r="B276" s="18" t="s">
         <v>371</v>
       </c>
-      <c r="C275" s="11"/>
-[...11 lines deleted...]
-      </c>
+      <c r="C276" s="11"/>
+      <c r="D276" s="6"/>
       <c r="E276" s="43"/>
     </row>
-    <row r="277" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="277" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A277" s="8"/>
       <c r="B277" s="8"/>
       <c r="C277" s="10" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D277" s="11" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E277" s="43"/>
     </row>
-    <row r="278" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="278" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A278" s="8"/>
       <c r="B278" s="8"/>
       <c r="C278" s="10" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D278" s="11" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="E278" s="43"/>
     </row>
-    <row r="279" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="279" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A279" s="8"/>
       <c r="B279" s="8"/>
       <c r="C279" s="10" t="s">
+        <v>493</v>
+      </c>
+      <c r="D279" s="11" t="s">
+        <v>494</v>
+      </c>
+      <c r="E279" s="43"/>
+    </row>
+    <row r="280" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A280" s="8"/>
+      <c r="B280" s="8"/>
+      <c r="C280" s="10" t="s">
         <v>495</v>
       </c>
-      <c r="D279" s="11" t="s">
+      <c r="D280" s="11" t="s">
         <v>496</v>
       </c>
-      <c r="E279" s="43"/>
-[...2 lines deleted...]
-      <c r="A280" s="16" t="s">
+      <c r="E280" s="43"/>
+    </row>
+    <row r="281" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A281" s="16" t="s">
         <v>497</v>
-      </c>
-[...9 lines deleted...]
-        <v>499</v>
       </c>
       <c r="B281" s="8"/>
       <c r="C281" s="11"/>
-      <c r="D281" s="11" t="s">
+      <c r="D281" s="21" t="s">
+        <v>498</v>
+      </c>
+      <c r="E281" s="43"/>
+    </row>
+    <row r="282" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A282" s="16" t="s">
+        <v>499</v>
+      </c>
+      <c r="B282" s="8"/>
+      <c r="C282" s="11"/>
+      <c r="D282" s="11" t="s">
         <v>500</v>
       </c>
-      <c r="E281" s="43"/>
-[...4 lines deleted...]
-      <c r="C282" s="10" t="s">
+      <c r="E282" s="43"/>
+    </row>
+    <row r="283" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A283" s="8"/>
+      <c r="B283" s="8"/>
+      <c r="C283" s="10" t="s">
         <v>501</v>
       </c>
-      <c r="D282" s="11" t="s">
+      <c r="D283" s="11" t="s">
         <v>502</v>
       </c>
-      <c r="E282" s="43"/>
-[...2 lines deleted...]
-      <c r="A283" s="16" t="s">
+      <c r="E283" s="43"/>
+    </row>
+    <row r="284" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A284" s="16" t="s">
         <v>503</v>
       </c>
-      <c r="B283" s="18" t="s">
+      <c r="B284" s="18" t="s">
         <v>228</v>
       </c>
-      <c r="C283" s="11"/>
-      <c r="D283" s="11" t="s">
+      <c r="C284" s="11"/>
+      <c r="D284" s="11" t="s">
         <v>504</v>
       </c>
-      <c r="E283" s="43"/>
-[...7 lines deleted...]
-      <c r="D284" s="6"/>
       <c r="E284" s="43"/>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A285" s="8"/>
       <c r="B285" s="18" t="s">
-        <v>326</v>
+        <v>230</v>
       </c>
       <c r="C285" s="11"/>
       <c r="D285" s="6"/>
       <c r="E285" s="43"/>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A286" s="8"/>
       <c r="B286" s="18" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C286" s="11"/>
       <c r="D286" s="6"/>
       <c r="E286" s="43"/>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A287" s="8"/>
       <c r="B287" s="18" t="s">
-        <v>505</v>
+        <v>327</v>
       </c>
       <c r="C287" s="11"/>
       <c r="D287" s="6"/>
       <c r="E287" s="43"/>
     </row>
-    <row r="288" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A288" s="16" t="s">
+    <row r="288" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A288" s="8"/>
+      <c r="B288" s="18" t="s">
+        <v>505</v>
+      </c>
+      <c r="C288" s="11"/>
+      <c r="D288" s="6"/>
+      <c r="E288" s="43"/>
+    </row>
+    <row r="289" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A289" s="16" t="s">
         <v>506</v>
       </c>
-      <c r="B288" s="18" t="s">
+      <c r="B289" s="18" t="s">
         <v>228</v>
       </c>
-      <c r="C288" s="11"/>
-      <c r="D288" s="11" t="s">
+      <c r="C289" s="11"/>
+      <c r="D289" s="11" t="s">
         <v>507</v>
       </c>
-      <c r="E288" s="43"/>
-[...7 lines deleted...]
-      <c r="D289" s="6"/>
       <c r="E289" s="43"/>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A290" s="8"/>
       <c r="B290" s="18" t="s">
-        <v>326</v>
+        <v>230</v>
       </c>
       <c r="C290" s="11"/>
       <c r="D290" s="6"/>
       <c r="E290" s="43"/>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A291" s="8"/>
       <c r="B291" s="18" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C291" s="11"/>
       <c r="D291" s="6"/>
       <c r="E291" s="43"/>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A292" s="8"/>
       <c r="B292" s="18" t="s">
-        <v>505</v>
+        <v>327</v>
       </c>
       <c r="C292" s="11"/>
       <c r="D292" s="6"/>
       <c r="E292" s="43"/>
     </row>
-    <row r="293" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="293" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A293" s="8"/>
-      <c r="B293" s="8"/>
-      <c r="C293" s="10" t="s">
+      <c r="B293" s="18" t="s">
+        <v>505</v>
+      </c>
+      <c r="C293" s="11"/>
+      <c r="D293" s="6"/>
+      <c r="E293" s="43"/>
+    </row>
+    <row r="294" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A294" s="8"/>
+      <c r="B294" s="8"/>
+      <c r="C294" s="10" t="s">
         <v>508</v>
       </c>
-      <c r="D293" s="11" t="s">
+      <c r="D294" s="11" t="s">
         <v>509</v>
       </c>
-      <c r="E293" s="43"/>
-[...2 lines deleted...]
-      <c r="A294" s="95" t="s">
+      <c r="E294" s="43"/>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A295" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B294" s="95"/>
-[...7 lines deleted...]
-      <c r="C295" s="54" t="s">
+      <c r="B295" s="95"/>
+      <c r="C295" s="95"/>
+      <c r="D295" s="95"/>
+      <c r="E295" s="95"/>
+    </row>
+    <row r="296" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A296" s="71"/>
+      <c r="B296" s="71"/>
+      <c r="C296" s="54" t="s">
         <v>1737</v>
       </c>
-      <c r="D295" s="11" t="s">
+      <c r="D296" s="11" t="s">
         <v>1738</v>
       </c>
-      <c r="E295" s="46" t="s">
+      <c r="E296" s="46" t="s">
         <v>1736</v>
       </c>
     </row>
-    <row r="296" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-      <c r="A296" s="1" t="s">
+    <row r="297" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A297" s="1" t="s">
         <v>510</v>
-      </c>
-[...8 lines deleted...]
-        <v>512</v>
       </c>
       <c r="B297" s="8"/>
       <c r="C297" s="11"/>
       <c r="D297" s="11" t="s">
-        <v>513</v>
-[...5 lines deleted...]
-        <v>514</v>
+        <v>511</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A298" s="12" t="s">
+        <v>512</v>
       </c>
       <c r="B298" s="8"/>
       <c r="C298" s="11"/>
       <c r="D298" s="11" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-    <row r="299" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+        <v>513</v>
+      </c>
+      <c r="E298" s="47"/>
+    </row>
+    <row r="299" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A299" s="16" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="B299" s="8"/>
       <c r="C299" s="11"/>
       <c r="D299" s="11" t="s">
+        <v>515</v>
+      </c>
+      <c r="E299" s="43"/>
+    </row>
+    <row r="300" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A300" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="B300" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="C300" s="11"/>
+      <c r="D300" s="11" t="s">
         <v>518</v>
       </c>
-      <c r="E299" s="43"/>
-[...3 lines deleted...]
-      <c r="B300" s="16" t="s">
+      <c r="E300" s="43"/>
+    </row>
+    <row r="301" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A301" s="8"/>
+      <c r="B301" s="16" t="s">
         <v>519</v>
       </c>
-      <c r="C300" s="11"/>
-[...7 lines deleted...]
-      <c r="B301" s="8"/>
       <c r="C301" s="11"/>
-      <c r="D301" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D301" s="6"/>
       <c r="E301" s="43"/>
     </row>
     <row r="302" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A302" s="16" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="B302" s="8"/>
       <c r="C302" s="11"/>
       <c r="D302" s="11" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="E302" s="43"/>
     </row>
-    <row r="303" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="303" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A303" s="16" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="B303" s="8"/>
       <c r="C303" s="11"/>
       <c r="D303" s="11" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="E303" s="43"/>
     </row>
-    <row r="304" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>526</v>
+    <row r="304" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A304" s="16" t="s">
+        <v>524</v>
       </c>
       <c r="B304" s="8"/>
       <c r="C304" s="11"/>
       <c r="D304" s="11" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="E304" s="43"/>
     </row>
-    <row r="305" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>528</v>
+    <row r="305" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A305" s="1" t="s">
+        <v>526</v>
       </c>
       <c r="B305" s="8"/>
       <c r="C305" s="11"/>
       <c r="D305" s="11" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="E305" s="43"/>
     </row>
-    <row r="306" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="306" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A306" s="16" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="B306" s="8"/>
       <c r="C306" s="11"/>
       <c r="D306" s="11" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="E306" s="43"/>
     </row>
-    <row r="307" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="307" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A307" s="16" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="B307" s="8"/>
+        <v>530</v>
+      </c>
+      <c r="B307" s="18" t="s">
+        <v>531</v>
+      </c>
       <c r="C307" s="11"/>
       <c r="D307" s="11" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="E307" s="43"/>
     </row>
-    <row r="308" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="308" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A308" s="16" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="B308" s="8"/>
       <c r="C308" s="11"/>
       <c r="D308" s="11" t="s">
+        <v>525</v>
+      </c>
+      <c r="E308" s="43"/>
+    </row>
+    <row r="309" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A309" s="16" t="s">
+        <v>533</v>
+      </c>
+      <c r="B309" s="8"/>
+      <c r="C309" s="11"/>
+      <c r="D309" s="11" t="s">
         <v>534</v>
       </c>
-      <c r="E308" s="43"/>
-[...4 lines deleted...]
-      <c r="C309" s="10" t="s">
+      <c r="E309" s="43"/>
+    </row>
+    <row r="310" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A310" s="8"/>
+      <c r="B310" s="8"/>
+      <c r="C310" s="10" t="s">
         <v>535</v>
       </c>
-      <c r="D309" s="11" t="s">
+      <c r="D310" s="11" t="s">
         <v>536</v>
       </c>
-      <c r="E309" s="43"/>
-[...2 lines deleted...]
-      <c r="A310" s="16" t="s">
+      <c r="E310" s="43"/>
+    </row>
+    <row r="311" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A311" s="16" t="s">
         <v>537</v>
       </c>
-      <c r="B310" s="16" t="s">
+      <c r="B311" s="16" t="s">
         <v>538</v>
       </c>
-      <c r="C310" s="11"/>
-[...9 lines deleted...]
-      <c r="B311" s="8"/>
       <c r="C311" s="11"/>
       <c r="D311" s="11" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="E311" s="43"/>
     </row>
-    <row r="312" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="312" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A312" s="16" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="B312" s="8"/>
       <c r="C312" s="11"/>
-      <c r="D312" s="6" t="s">
-        <v>543</v>
+      <c r="D312" s="11" t="s">
+        <v>541</v>
       </c>
       <c r="E312" s="43"/>
     </row>
     <row r="313" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A313" s="16" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B313" s="8"/>
       <c r="C313" s="11"/>
-      <c r="D313" s="11" t="s">
-        <v>545</v>
+      <c r="D313" s="6" t="s">
+        <v>543</v>
       </c>
       <c r="E313" s="43"/>
     </row>
-    <row r="314" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="314" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A314" s="16" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B314" s="8"/>
       <c r="C314" s="11"/>
       <c r="D314" s="11" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="E314" s="43"/>
     </row>
-    <row r="315" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="315" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A315" s="16" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B315" s="8"/>
       <c r="C315" s="11"/>
       <c r="D315" s="11" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="E315" s="43"/>
     </row>
-    <row r="316" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>550</v>
+    <row r="316" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A316" s="16" t="s">
+        <v>548</v>
       </c>
       <c r="B316" s="8"/>
       <c r="C316" s="11"/>
       <c r="D316" s="11" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E316" s="43"/>
     </row>
-    <row r="317" spans="1:5" ht="230.4" x14ac:dyDescent="0.3">
+    <row r="317" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A317" s="10" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="B317" s="8"/>
       <c r="C317" s="11"/>
       <c r="D317" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="E317" s="43"/>
+    </row>
+    <row r="318" spans="1:5" ht="230.4" x14ac:dyDescent="0.3">
+      <c r="A318" s="10" t="s">
+        <v>552</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="C318" s="11"/>
+      <c r="D318" s="11" t="s">
         <v>554</v>
       </c>
-      <c r="E317" s="43"/>
-[...2 lines deleted...]
-      <c r="A318" s="95" t="s">
+      <c r="E318" s="43"/>
+    </row>
+    <row r="319" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A319" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B318" s="95"/>
-[...5 lines deleted...]
-      <c r="A319" s="16" t="s">
+      <c r="B319" s="95"/>
+      <c r="C319" s="95"/>
+      <c r="D319" s="95"/>
+      <c r="E319" s="95"/>
+    </row>
+    <row r="320" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A320" s="16" t="s">
         <v>555</v>
       </c>
-      <c r="B319" s="16" t="s">
+      <c r="B320" s="16" t="s">
         <v>556</v>
-      </c>
-[...13 lines deleted...]
-        <v>560</v>
       </c>
       <c r="C320" s="11"/>
       <c r="D320" s="11" t="s">
-        <v>561</v>
-[...3 lines deleted...]
-    <row r="321" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+        <v>557</v>
+      </c>
+      <c r="E320" s="33" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A321" s="16" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="B321" s="8"/>
+        <v>559</v>
+      </c>
+      <c r="B321" s="16" t="s">
+        <v>560</v>
+      </c>
       <c r="C321" s="11"/>
       <c r="D321" s="11" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="E321" s="43"/>
     </row>
     <row r="322" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A322" s="16" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>562</v>
+      </c>
+      <c r="B322" s="8"/>
       <c r="C322" s="11"/>
       <c r="D322" s="11" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="E322" s="43"/>
     </row>
-    <row r="323" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="323" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A323" s="16" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B323" s="16" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="C323" s="11"/>
       <c r="D323" s="11" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="E323" s="43"/>
     </row>
-    <row r="324" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="324" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A324" s="16" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>567</v>
+      </c>
+      <c r="B324" s="16" t="s">
+        <v>568</v>
       </c>
       <c r="C324" s="11"/>
       <c r="D324" s="11" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="E324" s="43"/>
     </row>
-    <row r="325" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>573</v>
+    <row r="325" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A325" s="16" t="s">
+        <v>570</v>
       </c>
       <c r="B325" s="18" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C325" s="11"/>
       <c r="D325" s="11" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="E325" s="43"/>
     </row>
-    <row r="326" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B326" s="8"/>
+    <row r="326" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A326" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B326" s="18" t="s">
+        <v>574</v>
+      </c>
       <c r="C326" s="11"/>
       <c r="D326" s="11" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="E326" s="43"/>
     </row>
     <row r="327" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A327" s="16" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B327" s="8"/>
       <c r="C327" s="11"/>
       <c r="D327" s="11" t="s">
+        <v>577</v>
+      </c>
+      <c r="E327" s="43"/>
+    </row>
+    <row r="328" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A328" s="16" t="s">
+        <v>578</v>
+      </c>
+      <c r="B328" s="8"/>
+      <c r="C328" s="11"/>
+      <c r="D328" s="11" t="s">
         <v>579</v>
       </c>
-      <c r="E327" s="43"/>
-[...2 lines deleted...]
-      <c r="A328" s="95" t="s">
+      <c r="E328" s="43"/>
+    </row>
+    <row r="329" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A329" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B328" s="95"/>
-[...5 lines deleted...]
-      <c r="A329" s="16" t="s">
+      <c r="B329" s="95"/>
+      <c r="C329" s="95"/>
+      <c r="D329" s="95"/>
+      <c r="E329" s="95"/>
+    </row>
+    <row r="330" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A330" s="16" t="s">
         <v>580</v>
-      </c>
-[...11 lines deleted...]
-        <v>583</v>
       </c>
       <c r="B330" s="8"/>
       <c r="C330" s="11"/>
       <c r="D330" s="11" t="s">
-        <v>584</v>
-[...3 lines deleted...]
-    <row r="331" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+        <v>581</v>
+      </c>
+      <c r="E330" s="43" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A331" s="16" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="B331" s="8"/>
       <c r="C331" s="11"/>
       <c r="D331" s="11" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="E331" s="43"/>
     </row>
-    <row r="332" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="332" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A332" s="16" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="B332" s="8"/>
       <c r="C332" s="11"/>
       <c r="D332" s="11" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="E332" s="43"/>
     </row>
-    <row r="333" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="333" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A333" s="16" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="B333" s="8"/>
+        <v>587</v>
+      </c>
+      <c r="B333" s="16" t="s">
+        <v>588</v>
+      </c>
       <c r="C333" s="11"/>
       <c r="D333" s="11" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="E333" s="43"/>
     </row>
-    <row r="334" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="334" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A334" s="16" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="B334" s="8"/>
       <c r="C334" s="11"/>
       <c r="D334" s="11" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="E334" s="43"/>
     </row>
-    <row r="335" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="335" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A335" s="16" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B335" s="8"/>
       <c r="C335" s="11"/>
       <c r="D335" s="11" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="E335" s="43"/>
     </row>
-    <row r="336" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="336" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A336" s="16" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="B336" s="8"/>
       <c r="C336" s="11"/>
       <c r="D336" s="11" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="E336" s="43"/>
     </row>
-    <row r="337" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="337" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A337" s="16" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B337" s="8"/>
       <c r="C337" s="11"/>
       <c r="D337" s="11" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="E337" s="43"/>
     </row>
-    <row r="338" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="338" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A338" s="16" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>598</v>
+      </c>
+      <c r="B338" s="8"/>
       <c r="C338" s="11"/>
       <c r="D338" s="11" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="E338" s="43"/>
     </row>
-    <row r="339" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="339" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A339" s="16" t="s">
-        <v>583</v>
+        <v>600</v>
       </c>
       <c r="B339" s="16" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="C339" s="11"/>
       <c r="D339" s="11" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="E339" s="43"/>
     </row>
     <row r="340" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A340" s="16" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="B340" s="8"/>
+        <v>583</v>
+      </c>
+      <c r="B340" s="16" t="s">
+        <v>603</v>
+      </c>
       <c r="C340" s="11"/>
       <c r="D340" s="11" t="s">
+        <v>604</v>
+      </c>
+      <c r="E340" s="43"/>
+    </row>
+    <row r="341" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A341" s="16" t="s">
+        <v>605</v>
+      </c>
+      <c r="B341" s="8"/>
+      <c r="C341" s="11"/>
+      <c r="D341" s="11" t="s">
         <v>606</v>
       </c>
-      <c r="E340" s="43"/>
-[...2 lines deleted...]
-      <c r="A341" s="95" t="s">
+      <c r="E341" s="43"/>
+    </row>
+    <row r="342" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A342" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B341" s="95"/>
-[...5 lines deleted...]
-      <c r="A342" s="16" t="s">
+      <c r="B342" s="95"/>
+      <c r="C342" s="95"/>
+      <c r="D342" s="95"/>
+      <c r="E342" s="95"/>
+    </row>
+    <row r="343" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+      <c r="A343" s="16" t="s">
         <v>607</v>
       </c>
-      <c r="B342" s="8"/>
-[...14 lines deleted...]
-      </c>
+      <c r="B343" s="8"/>
       <c r="C343" s="11"/>
       <c r="D343" s="11" t="s">
-        <v>612</v>
-[...3 lines deleted...]
-    <row r="344" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+        <v>608</v>
+      </c>
+      <c r="E343" s="33" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A344" s="16" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="B344" s="16" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="C344" s="11"/>
       <c r="D344" s="11" t="s">
+        <v>612</v>
+      </c>
+      <c r="E344" s="43"/>
+    </row>
+    <row r="345" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A345" s="16" t="s">
+        <v>613</v>
+      </c>
+      <c r="B345" s="16" t="s">
+        <v>614</v>
+      </c>
+      <c r="C345" s="11"/>
+      <c r="D345" s="11" t="s">
         <v>615</v>
       </c>
-      <c r="E344" s="43"/>
-[...3 lines deleted...]
-      <c r="B345" s="16" t="s">
+      <c r="E345" s="43"/>
+    </row>
+    <row r="346" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A346" s="8"/>
+      <c r="B346" s="16" t="s">
         <v>616</v>
       </c>
-      <c r="C345" s="11"/>
-[...4 lines deleted...]
-      <c r="A346" s="16" t="s">
+      <c r="C346" s="11"/>
+      <c r="D346" s="6"/>
+      <c r="E346" s="43"/>
+    </row>
+    <row r="347" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A347" s="16" t="s">
         <v>617</v>
       </c>
-      <c r="B346" s="16" t="s">
+      <c r="B347" s="16" t="s">
         <v>618</v>
-      </c>
-[...11 lines deleted...]
-        <v>621</v>
       </c>
       <c r="C347" s="11"/>
       <c r="D347" s="11" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="E347" s="43"/>
     </row>
-    <row r="348" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+    <row r="348" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A348" s="16" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="B348" s="16" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="C348" s="11"/>
       <c r="D348" s="11" t="s">
+        <v>622</v>
+      </c>
+      <c r="E348" s="43"/>
+    </row>
+    <row r="349" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+      <c r="A349" s="16" t="s">
+        <v>623</v>
+      </c>
+      <c r="B349" s="16" t="s">
+        <v>624</v>
+      </c>
+      <c r="C349" s="11"/>
+      <c r="D349" s="11" t="s">
         <v>625</v>
       </c>
-      <c r="E348" s="43"/>
-[...2 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="E349" s="43"/>
+    </row>
+    <row r="350" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+      <c r="A350" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="B349" s="16" t="s">
+      <c r="B350" s="16" t="s">
         <v>627</v>
       </c>
-      <c r="C349" s="11"/>
-      <c r="D349" s="6" t="s">
+      <c r="C350" s="11"/>
+      <c r="D350" s="6" t="s">
         <v>628</v>
       </c>
-      <c r="E349" s="43"/>
-[...3 lines deleted...]
-      <c r="B350" s="16" t="s">
+      <c r="E350" s="43"/>
+    </row>
+    <row r="351" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A351" s="8"/>
+      <c r="B351" s="16" t="s">
         <v>629</v>
       </c>
-      <c r="C350" s="11"/>
-[...4 lines deleted...]
-      <c r="A351" s="16" t="s">
+      <c r="C351" s="11"/>
+      <c r="D351" s="11"/>
+      <c r="E351" s="43"/>
+    </row>
+    <row r="352" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A352" s="16" t="s">
         <v>630</v>
-      </c>
-[...9 lines deleted...]
-        <v>632</v>
       </c>
       <c r="B352" s="8"/>
       <c r="C352" s="11"/>
       <c r="D352" s="11" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="E352" s="43"/>
     </row>
-    <row r="353" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+    <row r="353" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A353" s="16" t="s">
-        <v>634</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="B353" s="8"/>
       <c r="C353" s="11"/>
       <c r="D353" s="11" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="E353" s="43"/>
     </row>
-    <row r="354" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="354" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
       <c r="A354" s="16" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="B354" s="8"/>
+        <v>634</v>
+      </c>
+      <c r="B354" s="16" t="s">
+        <v>635</v>
+      </c>
       <c r="C354" s="11"/>
       <c r="D354" s="11" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E354" s="43"/>
     </row>
-    <row r="355" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="355" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A355" s="16" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B355" s="8"/>
       <c r="C355" s="11"/>
       <c r="D355" s="11" t="s">
+        <v>638</v>
+      </c>
+      <c r="E355" s="43"/>
+    </row>
+    <row r="356" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A356" s="16" t="s">
+        <v>639</v>
+      </c>
+      <c r="B356" s="8"/>
+      <c r="C356" s="11"/>
+      <c r="D356" s="11" t="s">
         <v>640</v>
       </c>
-      <c r="E355" s="43"/>
-[...2 lines deleted...]
-      <c r="A356" s="95" t="s">
+      <c r="E356" s="43"/>
+    </row>
+    <row r="357" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A357" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B356" s="95"/>
-[...5 lines deleted...]
-      <c r="A357" s="16" t="s">
+      <c r="B357" s="95"/>
+      <c r="C357" s="95"/>
+      <c r="D357" s="95"/>
+      <c r="E357" s="95"/>
+    </row>
+    <row r="358" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A358" s="16" t="s">
         <v>641</v>
-      </c>
-[...11 lines deleted...]
-        <v>644</v>
       </c>
       <c r="B358" s="8"/>
       <c r="C358" s="11"/>
       <c r="D358" s="11" t="s">
-        <v>645</v>
-[...3 lines deleted...]
-    <row r="359" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+        <v>642</v>
+      </c>
+      <c r="E358" s="43" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A359" s="16" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B359" s="8"/>
       <c r="C359" s="11"/>
       <c r="D359" s="11" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="E359" s="43"/>
     </row>
-    <row r="360" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="360" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A360" s="16" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="B360" s="8"/>
       <c r="C360" s="11"/>
       <c r="D360" s="11" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="E360" s="43"/>
     </row>
-    <row r="361" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="361" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A361" s="16" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B361" s="8"/>
       <c r="C361" s="11"/>
       <c r="D361" s="11" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="E361" s="43"/>
     </row>
     <row r="362" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A362" s="16" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="B362" s="8"/>
       <c r="C362" s="11"/>
       <c r="D362" s="11" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="E362" s="43"/>
     </row>
     <row r="363" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A363" s="16" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="B363" s="8"/>
+        <v>652</v>
+      </c>
+      <c r="B363" s="16" t="s">
+        <v>653</v>
+      </c>
       <c r="C363" s="11"/>
       <c r="D363" s="11" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="E363" s="43"/>
     </row>
-    <row r="364" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="364" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A364" s="16" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B364" s="8"/>
       <c r="C364" s="11"/>
       <c r="D364" s="11" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="E364" s="43"/>
     </row>
-    <row r="365" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="365" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A365" s="16" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B365" s="8"/>
       <c r="C365" s="11"/>
       <c r="D365" s="11" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="E365" s="43"/>
     </row>
-    <row r="366" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="366" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A366" s="16" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B366" s="8"/>
       <c r="C366" s="11"/>
       <c r="D366" s="11" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="E366" s="43"/>
     </row>
-    <row r="367" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="367" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A367" s="16" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B367" s="8"/>
       <c r="C367" s="11"/>
       <c r="D367" s="11" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E367" s="43"/>
     </row>
-    <row r="368" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="368" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A368" s="16" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="B368" s="8"/>
       <c r="C368" s="11"/>
       <c r="D368" s="11" t="s">
+        <v>664</v>
+      </c>
+      <c r="E368" s="43"/>
+    </row>
+    <row r="369" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A369" s="16" t="s">
+        <v>665</v>
+      </c>
+      <c r="B369" s="16" t="s">
+        <v>666</v>
+      </c>
+      <c r="C369" s="11"/>
+      <c r="D369" s="11" t="s">
         <v>667</v>
       </c>
-      <c r="E368" s="43"/>
-[...2 lines deleted...]
-      <c r="A369" s="16" t="s">
+      <c r="E369" s="43"/>
+    </row>
+    <row r="370" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A370" s="16" t="s">
         <v>668</v>
-      </c>
-[...9 lines deleted...]
-        <v>670</v>
       </c>
       <c r="B370" s="8"/>
       <c r="C370" s="11"/>
-      <c r="D370" s="11" t="s">
-        <v>671</v>
+      <c r="D370" s="6" t="s">
+        <v>669</v>
       </c>
       <c r="E370" s="43"/>
     </row>
-    <row r="371" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="371" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A371" s="16" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="B371" s="8"/>
       <c r="C371" s="11"/>
       <c r="D371" s="11" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="E371" s="43"/>
     </row>
-    <row r="372" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="372" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A372" s="16" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B372" s="8"/>
       <c r="C372" s="11"/>
       <c r="D372" s="11" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="E372" s="43"/>
     </row>
     <row r="373" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A373" s="16" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B373" s="8"/>
       <c r="C373" s="11"/>
       <c r="D373" s="11" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="E373" s="43"/>
     </row>
-    <row r="374" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="374" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A374" s="16" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B374" s="8"/>
       <c r="C374" s="11"/>
       <c r="D374" s="11" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="E374" s="43"/>
     </row>
     <row r="375" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A375" s="16" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B375" s="8"/>
       <c r="C375" s="11"/>
       <c r="D375" s="11" t="s">
-        <v>651</v>
+        <v>679</v>
       </c>
       <c r="E375" s="43"/>
     </row>
-    <row r="376" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="376" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A376" s="16" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="B376" s="8"/>
       <c r="C376" s="11"/>
       <c r="D376" s="11" t="s">
-        <v>682</v>
+        <v>651</v>
       </c>
       <c r="E376" s="43"/>
     </row>
-    <row r="377" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="377" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A377" s="16" t="s">
-        <v>683</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="B377" s="8"/>
       <c r="C377" s="11"/>
       <c r="D377" s="11" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="E377" s="43"/>
     </row>
-    <row r="378" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="378" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A378" s="16" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="B378" s="16" t="s">
-        <v>686</v>
+        <v>56</v>
       </c>
       <c r="C378" s="11"/>
       <c r="D378" s="11" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="E378" s="43"/>
     </row>
-    <row r="379" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="379" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A379" s="16" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="B379" s="16" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="C379" s="11"/>
       <c r="D379" s="11" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="E379" s="43"/>
     </row>
-    <row r="380" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="380" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A380" s="16" t="s">
-        <v>691</v>
-[...1 lines deleted...]
-      <c r="B380" s="8"/>
+        <v>688</v>
+      </c>
+      <c r="B380" s="16" t="s">
+        <v>689</v>
+      </c>
       <c r="C380" s="11"/>
       <c r="D380" s="11" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="E380" s="43"/>
     </row>
     <row r="381" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A381" s="16" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="B381" s="8"/>
       <c r="C381" s="11"/>
       <c r="D381" s="11" t="s">
+        <v>692</v>
+      </c>
+      <c r="E381" s="43"/>
+    </row>
+    <row r="382" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A382" s="16" t="s">
+        <v>693</v>
+      </c>
+      <c r="B382" s="8"/>
+      <c r="C382" s="11"/>
+      <c r="D382" s="11" t="s">
         <v>694</v>
       </c>
-      <c r="E381" s="43"/>
-[...9 lines deleted...]
-      </c>
       <c r="E382" s="43"/>
     </row>
-    <row r="383" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="383" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A383" s="8"/>
       <c r="B383" s="8"/>
       <c r="C383" s="10" t="s">
+        <v>695</v>
+      </c>
+      <c r="D383" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="E383" s="43"/>
+    </row>
+    <row r="384" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A384" s="8"/>
+      <c r="B384" s="8"/>
+      <c r="C384" s="10" t="s">
         <v>697</v>
       </c>
-      <c r="D383" s="11" t="s">
+      <c r="D384" s="11" t="s">
         <v>698</v>
       </c>
-      <c r="E383" s="43"/>
-[...2 lines deleted...]
-      <c r="A384" s="16" t="s">
+      <c r="E384" s="43"/>
+    </row>
+    <row r="385" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A385" s="16" t="s">
         <v>699</v>
-      </c>
-[...9 lines deleted...]
-        <v>701</v>
       </c>
       <c r="B385" s="8"/>
       <c r="C385" s="11"/>
       <c r="D385" s="11" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="E385" s="43"/>
     </row>
-    <row r="386" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>703</v>
+    <row r="386" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A386" s="16" t="s">
+        <v>701</v>
       </c>
       <c r="B386" s="8"/>
       <c r="C386" s="11"/>
       <c r="D386" s="11" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="E386" s="43"/>
     </row>
     <row r="387" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A387" s="10" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="B387" s="8"/>
       <c r="C387" s="11"/>
       <c r="D387" s="11" t="s">
+        <v>704</v>
+      </c>
+      <c r="E387" s="43"/>
+    </row>
+    <row r="388" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A388" s="10" t="s">
+        <v>705</v>
+      </c>
+      <c r="B388" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="C388" s="11"/>
+      <c r="D388" s="11" t="s">
         <v>707</v>
       </c>
-      <c r="E387" s="43"/>
-[...2 lines deleted...]
-      <c r="A388" s="95" t="s">
+      <c r="E388" s="43"/>
+    </row>
+    <row r="389" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A389" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B388" s="95"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B389" s="95"/>
+      <c r="C389" s="95"/>
+      <c r="D389" s="95"/>
+      <c r="E389" s="95"/>
     </row>
     <row r="390" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A390" s="8"/>
       <c r="B390" s="8"/>
-      <c r="C390" s="10" t="s">
+      <c r="C390" s="12" t="s">
+        <v>708</v>
+      </c>
+      <c r="D390" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="E390" s="43" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A391" s="8"/>
+      <c r="B391" s="8"/>
+      <c r="C391" s="10" t="s">
         <v>711</v>
       </c>
-      <c r="D390" s="6" t="s">
+      <c r="D391" s="6" t="s">
         <v>712</v>
       </c>
-      <c r="E390" s="43"/>
-[...2 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="E391" s="43"/>
+    </row>
+    <row r="392" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A392" s="1" t="s">
         <v>713</v>
-      </c>
-[...9 lines deleted...]
-        <v>715</v>
       </c>
       <c r="B392" s="8"/>
       <c r="C392" s="11"/>
       <c r="D392" s="11" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="E392" s="43"/>
     </row>
     <row r="393" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A393" s="16" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="B393" s="8"/>
       <c r="C393" s="11"/>
       <c r="D393" s="11" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="E393" s="43"/>
     </row>
-    <row r="394" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="394" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A394" s="16" t="s">
-        <v>719</v>
-[...3 lines deleted...]
-      </c>
+        <v>717</v>
+      </c>
+      <c r="B394" s="8"/>
       <c r="C394" s="11"/>
       <c r="D394" s="11" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="E394" s="43"/>
     </row>
     <row r="395" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A395" s="16" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="B395" s="16" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C395" s="11"/>
       <c r="D395" s="11" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="E395" s="43"/>
     </row>
-    <row r="396" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="396" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A396" s="16" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="B396" s="16" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C396" s="11"/>
       <c r="D396" s="11" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="E396" s="43"/>
     </row>
-    <row r="397" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>728</v>
+    <row r="397" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A397" s="16" t="s">
+        <v>725</v>
       </c>
       <c r="B397" s="16" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C397" s="11"/>
       <c r="D397" s="11" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="E397" s="43"/>
     </row>
     <row r="398" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A398" s="16" t="s">
-        <v>731</v>
+      <c r="A398" s="1" t="s">
+        <v>728</v>
       </c>
       <c r="B398" s="16" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="C398" s="11"/>
       <c r="D398" s="11" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="E398" s="43"/>
     </row>
-    <row r="399" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>734</v>
+    <row r="399" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A399" s="16" t="s">
+        <v>731</v>
       </c>
       <c r="B399" s="16" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C399" s="11"/>
       <c r="D399" s="11" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="E399" s="43"/>
     </row>
-    <row r="400" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B400" s="8"/>
+    <row r="400" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A400" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B400" s="16" t="s">
+        <v>735</v>
+      </c>
       <c r="C400" s="11"/>
       <c r="D400" s="11" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="E400" s="43"/>
     </row>
-    <row r="401" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="401" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A401" s="16" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="B401" s="8"/>
       <c r="C401" s="11"/>
       <c r="D401" s="11" t="s">
+        <v>738</v>
+      </c>
+      <c r="E401" s="43"/>
+    </row>
+    <row r="402" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A402" s="16" t="s">
+        <v>739</v>
+      </c>
+      <c r="B402" s="8"/>
+      <c r="C402" s="11"/>
+      <c r="D402" s="11" t="s">
         <v>740</v>
       </c>
-      <c r="E401" s="43"/>
-[...2 lines deleted...]
-      <c r="A402" s="95" t="s">
+      <c r="E402" s="43"/>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A403" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B402" s="95"/>
-[...5 lines deleted...]
-      <c r="A403" s="16" t="s">
+      <c r="B403" s="95"/>
+      <c r="C403" s="95"/>
+      <c r="D403" s="95"/>
+      <c r="E403" s="95"/>
+    </row>
+    <row r="404" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A404" s="16" t="s">
         <v>741</v>
-      </c>
-[...11 lines deleted...]
-        <v>744</v>
       </c>
       <c r="B404" s="8"/>
       <c r="C404" s="11"/>
       <c r="D404" s="11" t="s">
-        <v>745</v>
-[...3 lines deleted...]
-    <row r="405" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+        <v>742</v>
+      </c>
+      <c r="E404" s="43" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A405" s="16" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B405" s="8"/>
       <c r="C405" s="11"/>
       <c r="D405" s="11" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="E405" s="43"/>
     </row>
-    <row r="406" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="406" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A406" s="16" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="B406" s="8"/>
       <c r="C406" s="11"/>
       <c r="D406" s="11" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E406" s="43"/>
     </row>
-    <row r="407" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="407" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A407" s="16" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="B407" s="8"/>
       <c r="C407" s="11"/>
       <c r="D407" s="11" t="s">
+        <v>749</v>
+      </c>
+      <c r="E407" s="43"/>
+    </row>
+    <row r="408" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A408" s="16" t="s">
+        <v>750</v>
+      </c>
+      <c r="B408" s="8"/>
+      <c r="C408" s="11"/>
+      <c r="D408" s="11" t="s">
         <v>751</v>
       </c>
-      <c r="E407" s="43"/>
-[...4 lines deleted...]
-      <c r="C408" s="10" t="s">
+      <c r="E408" s="43"/>
+    </row>
+    <row r="409" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A409" s="8"/>
+      <c r="B409" s="8"/>
+      <c r="C409" s="10" t="s">
         <v>752</v>
       </c>
-      <c r="D408" s="11" t="s">
+      <c r="D409" s="11" t="s">
         <v>753</v>
       </c>
-      <c r="E408" s="43"/>
-[...2 lines deleted...]
-      <c r="A409" s="16" t="s">
+      <c r="E409" s="43"/>
+    </row>
+    <row r="410" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A410" s="16" t="s">
         <v>754</v>
-      </c>
-[...9 lines deleted...]
-        <v>756</v>
       </c>
       <c r="B410" s="8"/>
       <c r="C410" s="11"/>
       <c r="D410" s="11" t="s">
+        <v>755</v>
+      </c>
+      <c r="E410" s="43"/>
+    </row>
+    <row r="411" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A411" s="16" t="s">
+        <v>756</v>
+      </c>
+      <c r="B411" s="8"/>
+      <c r="C411" s="11"/>
+      <c r="D411" s="11" t="s">
         <v>757</v>
       </c>
-      <c r="E410" s="43"/>
-[...4 lines deleted...]
-      <c r="C411" s="10" t="s">
+      <c r="E411" s="43"/>
+    </row>
+    <row r="412" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A412" s="8"/>
+      <c r="B412" s="8"/>
+      <c r="C412" s="10" t="s">
         <v>758</v>
       </c>
-      <c r="D411" s="11" t="s">
+      <c r="D412" s="11" t="s">
         <v>759</v>
-      </c>
-[...9 lines deleted...]
-        <v>761</v>
       </c>
       <c r="E412" s="43"/>
     </row>
     <row r="413" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A413" s="16" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="B413" s="8"/>
       <c r="C413" s="11"/>
       <c r="D413" s="11" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="E413" s="43"/>
     </row>
-    <row r="414" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="414" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A414" s="16" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="B414" s="8"/>
       <c r="C414" s="11"/>
       <c r="D414" s="11" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="E414" s="43"/>
     </row>
-    <row r="415" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="415" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A415" s="16" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="B415" s="8"/>
       <c r="C415" s="11"/>
       <c r="D415" s="11" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="E415" s="43"/>
     </row>
-    <row r="416" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="416" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A416" s="16" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="B416" s="8"/>
       <c r="C416" s="11"/>
       <c r="D416" s="11" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="E416" s="43"/>
     </row>
-    <row r="417" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="417" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A417" s="16" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B417" s="8"/>
       <c r="C417" s="11"/>
       <c r="D417" s="11" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="E417" s="43"/>
     </row>
-    <row r="418" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="418" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A418" s="16" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="B418" s="8"/>
       <c r="C418" s="11"/>
       <c r="D418" s="11" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="E418" s="43"/>
     </row>
-    <row r="419" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="419" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A419" s="16" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="B419" s="8"/>
       <c r="C419" s="11"/>
       <c r="D419" s="11" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="E419" s="43"/>
     </row>
-    <row r="420" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="420" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A420" s="16" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="B420" s="8"/>
       <c r="C420" s="11"/>
       <c r="D420" s="11" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="E420" s="43"/>
     </row>
-    <row r="421" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="421" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A421" s="16" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="B421" s="8"/>
       <c r="C421" s="11"/>
       <c r="D421" s="11" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="E421" s="43"/>
     </row>
-    <row r="422" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="422" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A422" s="16" t="s">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>778</v>
+      </c>
+      <c r="B422" s="8"/>
       <c r="C422" s="11"/>
       <c r="D422" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="E422" s="43"/>
+    </row>
+    <row r="423" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A423" s="16" t="s">
+        <v>779</v>
+      </c>
+      <c r="B423" s="16" t="s">
+        <v>780</v>
+      </c>
+      <c r="C423" s="11"/>
+      <c r="D423" s="11" t="s">
         <v>781</v>
       </c>
-      <c r="E422" s="43"/>
-[...2 lines deleted...]
-      <c r="A423" s="95" t="s">
+      <c r="E423" s="43"/>
+    </row>
+    <row r="424" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A424" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B423" s="95"/>
-[...5 lines deleted...]
-      <c r="A424" s="16" t="s">
+      <c r="B424" s="95"/>
+      <c r="C424" s="95"/>
+      <c r="D424" s="95"/>
+      <c r="E424" s="95"/>
+    </row>
+    <row r="425" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A425" s="16" t="s">
         <v>782</v>
-      </c>
-[...11 lines deleted...]
-        <v>785</v>
       </c>
       <c r="B425" s="8"/>
       <c r="C425" s="11"/>
       <c r="D425" s="11" t="s">
-        <v>786</v>
-[...3 lines deleted...]
-    <row r="426" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+        <v>783</v>
+      </c>
+      <c r="E425" s="43" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A426" s="16" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="B426" s="8"/>
       <c r="C426" s="11"/>
       <c r="D426" s="11" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="E426" s="43"/>
     </row>
-    <row r="427" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="427" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A427" s="16" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="B427" s="8"/>
       <c r="C427" s="11"/>
       <c r="D427" s="11" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="E427" s="43"/>
     </row>
-    <row r="428" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="428" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A428" s="16" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B428" s="8"/>
       <c r="C428" s="11"/>
       <c r="D428" s="11" t="s">
+        <v>790</v>
+      </c>
+      <c r="E428" s="43"/>
+    </row>
+    <row r="429" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A429" s="16" t="s">
+        <v>791</v>
+      </c>
+      <c r="B429" s="8"/>
+      <c r="C429" s="11"/>
+      <c r="D429" s="11" t="s">
         <v>792</v>
       </c>
-      <c r="E428" s="43"/>
-[...2 lines deleted...]
-      <c r="A429" s="95" t="s">
+      <c r="E429" s="43"/>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A430" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B429" s="95"/>
-[...5 lines deleted...]
-      <c r="A430" s="16" t="s">
+      <c r="B430" s="95"/>
+      <c r="C430" s="95"/>
+      <c r="D430" s="95"/>
+      <c r="E430" s="95"/>
+    </row>
+    <row r="431" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+      <c r="A431" s="16" t="s">
         <v>793</v>
       </c>
-      <c r="B430" s="16" t="s">
+      <c r="B431" s="16" t="s">
         <v>794</v>
       </c>
-      <c r="C430" s="11"/>
-      <c r="D430" s="11" t="s">
+      <c r="C431" s="11"/>
+      <c r="D431" s="11" t="s">
         <v>795</v>
       </c>
-      <c r="E430" s="43" t="s">
+      <c r="E431" s="43" t="s">
         <v>796</v>
       </c>
     </row>
-    <row r="431" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A431" s="95" t="s">
+    <row r="432" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A432" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B431" s="95"/>
-[...5 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="B432" s="95"/>
+      <c r="C432" s="95"/>
+      <c r="D432" s="95"/>
+      <c r="E432" s="95"/>
+    </row>
+    <row r="433" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A433" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="B432" s="8"/>
-[...1 lines deleted...]
-      <c r="D432" s="11" t="s">
+      <c r="B433" s="8"/>
+      <c r="C433" s="11"/>
+      <c r="D433" s="11" t="s">
         <v>798</v>
       </c>
-      <c r="E432" s="43" t="s">
+      <c r="E433" s="43" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="433" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="434" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="434" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A434" s="1"/>
       <c r="B434" s="8"/>
       <c r="C434" s="10" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="D434" s="11" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="E434" s="43"/>
     </row>
     <row r="435" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A435" s="8"/>
+      <c r="A435" s="1"/>
       <c r="B435" s="8"/>
       <c r="C435" s="10" t="s">
+        <v>802</v>
+      </c>
+      <c r="D435" s="11" t="s">
+        <v>803</v>
+      </c>
+      <c r="E435" s="43"/>
+    </row>
+    <row r="436" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A436" s="8"/>
+      <c r="B436" s="8"/>
+      <c r="C436" s="10" t="s">
         <v>804</v>
       </c>
-      <c r="D435" s="11" t="s">
+      <c r="D436" s="11" t="s">
         <v>805</v>
       </c>
-      <c r="E435" s="43"/>
-[...2 lines deleted...]
-      <c r="A436" s="95" t="s">
+      <c r="E436" s="43"/>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A437" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B436" s="95"/>
-[...5 lines deleted...]
-      <c r="A437" s="16" t="s">
+      <c r="B437" s="95"/>
+      <c r="C437" s="95"/>
+      <c r="D437" s="95"/>
+      <c r="E437" s="95"/>
+    </row>
+    <row r="438" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A438" s="16" t="s">
         <v>806</v>
       </c>
-      <c r="B437" s="16" t="s">
+      <c r="B438" s="16" t="s">
         <v>807</v>
       </c>
-      <c r="C437" s="11"/>
-[...11 lines deleted...]
-      <c r="B438" s="8"/>
       <c r="C438" s="11"/>
       <c r="D438" s="11" t="s">
-        <v>811</v>
-[...3 lines deleted...]
-    <row r="439" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+        <v>808</v>
+      </c>
+      <c r="E438" s="43" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A439" s="16" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="B439" s="8"/>
       <c r="C439" s="11"/>
       <c r="D439" s="11" t="s">
+        <v>811</v>
+      </c>
+      <c r="E439" s="43"/>
+    </row>
+    <row r="440" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A440" s="16" t="s">
+        <v>812</v>
+      </c>
+      <c r="B440" s="8"/>
+      <c r="C440" s="11"/>
+      <c r="D440" s="11" t="s">
         <v>813</v>
       </c>
-      <c r="E439" s="43"/>
-[...2 lines deleted...]
-      <c r="A440" s="95" t="s">
+      <c r="E440" s="43"/>
+    </row>
+    <row r="441" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A441" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B440" s="95"/>
-[...7 lines deleted...]
-      <c r="C441" s="12" t="s">
+      <c r="B441" s="95"/>
+      <c r="C441" s="95"/>
+      <c r="D441" s="95"/>
+      <c r="E441" s="95"/>
+    </row>
+    <row r="442" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A442" s="9"/>
+      <c r="B442" s="9"/>
+      <c r="C442" s="12" t="s">
         <v>814</v>
       </c>
-      <c r="D441" s="6" t="s">
+      <c r="D442" s="6" t="s">
         <v>815</v>
       </c>
-      <c r="E441" s="47" t="s">
+      <c r="E442" s="47" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="442" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A442" s="95" t="s">
+    <row r="443" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A443" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B442" s="95"/>
-[...17 lines deleted...]
-    <row r="444" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B443" s="95"/>
+      <c r="C443" s="95"/>
+      <c r="D443" s="95"/>
+      <c r="E443" s="95"/>
+    </row>
+    <row r="444" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A444" s="8"/>
       <c r="B444" s="8"/>
       <c r="C444" s="10" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="D444" s="11" t="s">
-        <v>821</v>
-[...3 lines deleted...]
-    <row r="445" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+        <v>818</v>
+      </c>
+      <c r="E444" s="47" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A445" s="8"/>
       <c r="B445" s="8"/>
       <c r="C445" s="10" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="D445" s="11" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="E445" s="43"/>
     </row>
     <row r="446" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A446" s="8"/>
       <c r="B446" s="8"/>
       <c r="C446" s="10" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="D446" s="6"/>
+        <v>822</v>
+      </c>
+      <c r="D446" s="11" t="s">
+        <v>823</v>
+      </c>
       <c r="E446" s="43"/>
     </row>
-    <row r="447" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="447" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A447" s="8"/>
       <c r="B447" s="8"/>
       <c r="C447" s="10" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="D447" s="6"/>
       <c r="E447" s="43"/>
     </row>
-    <row r="448" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-      <c r="A448" s="16" t="s">
+    <row r="448" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A448" s="8"/>
+      <c r="B448" s="8"/>
+      <c r="C448" s="10" t="s">
+        <v>825</v>
+      </c>
+      <c r="D448" s="6"/>
+      <c r="E448" s="43"/>
+    </row>
+    <row r="449" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A449" s="16" t="s">
         <v>826</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="C448" s="11"/>
-      <c r="D448" s="11" t="s">
+      <c r="C449" s="11"/>
+      <c r="D449" s="11" t="s">
         <v>828</v>
       </c>
-      <c r="E448" s="43"/>
-[...2 lines deleted...]
-      <c r="A449" s="95" t="s">
+      <c r="E449" s="43"/>
+    </row>
+    <row r="450" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A450" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B449" s="95"/>
-[...17 lines deleted...]
-    <row r="451" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B450" s="95"/>
+      <c r="C450" s="95"/>
+      <c r="D450" s="95"/>
+      <c r="E450" s="95"/>
+    </row>
+    <row r="451" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A451" s="8"/>
       <c r="B451" s="8"/>
       <c r="C451" s="10" t="s">
+        <v>829</v>
+      </c>
+      <c r="D451" s="11" t="s">
+        <v>830</v>
+      </c>
+      <c r="E451" s="43" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A452" s="8"/>
+      <c r="B452" s="8"/>
+      <c r="C452" s="10" t="s">
         <v>832</v>
       </c>
-      <c r="D451" s="6"/>
-[...3 lines deleted...]
-      <c r="A452" s="16" t="s">
+      <c r="D452" s="6"/>
+      <c r="E452" s="43"/>
+    </row>
+    <row r="453" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A453" s="16" t="s">
         <v>833</v>
       </c>
-      <c r="B452" s="8"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B453" s="8"/>
       <c r="C453" s="11"/>
       <c r="D453" s="11" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="E453" s="43"/>
     </row>
-    <row r="454" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="454" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A454" s="16" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="B454" s="8"/>
+        <v>835</v>
+      </c>
+      <c r="B454" s="16" t="s">
+        <v>836</v>
+      </c>
       <c r="C454" s="11"/>
       <c r="D454" s="11" t="s">
+        <v>837</v>
+      </c>
+      <c r="E454" s="43"/>
+    </row>
+    <row r="455" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A455" s="16" t="s">
+        <v>838</v>
+      </c>
+      <c r="B455" s="8"/>
+      <c r="C455" s="11"/>
+      <c r="D455" s="11" t="s">
         <v>839</v>
       </c>
-      <c r="E454" s="43"/>
-[...2 lines deleted...]
-      <c r="A455" s="95" t="s">
+      <c r="E455" s="43"/>
+    </row>
+    <row r="456" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A456" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B455" s="95"/>
-[...5 lines deleted...]
-      <c r="A456" s="16" t="s">
+      <c r="B456" s="95"/>
+      <c r="C456" s="95"/>
+      <c r="D456" s="95"/>
+      <c r="E456" s="95"/>
+    </row>
+    <row r="457" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A457" s="16" t="s">
         <v>840</v>
       </c>
-      <c r="B456" s="8"/>
-[...14 lines deleted...]
-      </c>
+      <c r="B457" s="8"/>
       <c r="C457" s="11"/>
       <c r="D457" s="6" t="s">
+        <v>841</v>
+      </c>
+      <c r="E457" s="43" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+      <c r="A458" s="16" t="s">
+        <v>843</v>
+      </c>
+      <c r="B458" s="16" t="s">
+        <v>844</v>
+      </c>
+      <c r="C458" s="11"/>
+      <c r="D458" s="6" t="s">
         <v>845</v>
       </c>
-      <c r="E457" s="43"/>
-[...2 lines deleted...]
-      <c r="A458" s="16" t="s">
+      <c r="E458" s="43"/>
+    </row>
+    <row r="459" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A459" s="16" t="s">
         <v>846</v>
       </c>
-      <c r="B458" s="16" t="s">
+      <c r="B459" s="16" t="s">
         <v>847</v>
-      </c>
-[...11 lines deleted...]
-        <v>850</v>
       </c>
       <c r="C459" s="11"/>
       <c r="D459" s="11" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="E459" s="43"/>
     </row>
-    <row r="460" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+    <row r="460" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A460" s="16" t="s">
-        <v>852</v>
-[...1 lines deleted...]
-      <c r="B460" s="8"/>
+        <v>849</v>
+      </c>
+      <c r="B460" s="16" t="s">
+        <v>850</v>
+      </c>
       <c r="C460" s="11"/>
       <c r="D460" s="11" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="E460" s="43"/>
     </row>
-    <row r="461" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="461" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
       <c r="A461" s="16" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="B461" s="8"/>
       <c r="C461" s="11"/>
       <c r="D461" s="11" t="s">
+        <v>853</v>
+      </c>
+      <c r="E461" s="43"/>
+    </row>
+    <row r="462" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A462" s="16" t="s">
+        <v>854</v>
+      </c>
+      <c r="B462" s="8"/>
+      <c r="C462" s="11"/>
+      <c r="D462" s="11" t="s">
         <v>855</v>
       </c>
-      <c r="E461" s="43"/>
-[...9 lines deleted...]
-      </c>
       <c r="E462" s="43"/>
     </row>
-    <row r="463" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="463" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A463" s="8"/>
       <c r="B463" s="8"/>
       <c r="C463" s="10" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="D463" s="11" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="E463" s="43"/>
     </row>
     <row r="464" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A464" s="8"/>
       <c r="B464" s="8"/>
       <c r="C464" s="10" t="s">
+        <v>858</v>
+      </c>
+      <c r="D464" s="11" t="s">
+        <v>859</v>
+      </c>
+      <c r="E464" s="43"/>
+    </row>
+    <row r="465" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A465" s="8"/>
+      <c r="B465" s="8"/>
+      <c r="C465" s="10" t="s">
         <v>860</v>
       </c>
-      <c r="D464" s="11" t="s">
+      <c r="D465" s="11" t="s">
         <v>861</v>
       </c>
-      <c r="E464" s="43"/>
-[...2 lines deleted...]
-      <c r="A465" s="16" t="s">
+      <c r="E465" s="43"/>
+    </row>
+    <row r="466" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A466" s="16" t="s">
         <v>862</v>
-      </c>
-[...9 lines deleted...]
-        <v>864</v>
       </c>
       <c r="B466" s="8"/>
       <c r="C466" s="11"/>
       <c r="D466" s="11" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="E466" s="43"/>
     </row>
-    <row r="467" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="467" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A467" s="16" t="s">
-        <v>866</v>
-[...3 lines deleted...]
-      </c>
+        <v>864</v>
+      </c>
+      <c r="B467" s="8"/>
       <c r="C467" s="11"/>
       <c r="D467" s="11" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="E467" s="43"/>
     </row>
-    <row r="468" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="468" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A468" s="16" t="s">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="B468" s="8"/>
+        <v>866</v>
+      </c>
+      <c r="B468" s="16" t="s">
+        <v>574</v>
+      </c>
       <c r="C468" s="11"/>
       <c r="D468" s="11" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="E468" s="43"/>
     </row>
-    <row r="469" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="469" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A469" s="16" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="B469" s="8"/>
       <c r="C469" s="11"/>
       <c r="D469" s="11" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="E469" s="43"/>
     </row>
-    <row r="470" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="470" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A470" s="16" t="s">
-        <v>872</v>
-[...3 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="B470" s="8"/>
       <c r="C470" s="11"/>
       <c r="D470" s="11" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="E470" s="43"/>
     </row>
-    <row r="471" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="471" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A471" s="16" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="B471" s="16" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="C471" s="11"/>
       <c r="D471" s="11" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="E471" s="43"/>
     </row>
-    <row r="472" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>878</v>
+    <row r="472" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A472" s="16" t="s">
+        <v>875</v>
       </c>
       <c r="B472" s="16" t="s">
-        <v>574</v>
+        <v>876</v>
       </c>
       <c r="C472" s="11"/>
       <c r="D472" s="11" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="E472" s="43"/>
     </row>
-    <row r="473" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>880</v>
+    <row r="473" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A473" s="1" t="s">
+        <v>878</v>
       </c>
       <c r="B473" s="16" t="s">
-        <v>56</v>
+        <v>574</v>
       </c>
       <c r="C473" s="11"/>
       <c r="D473" s="11" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="E473" s="43"/>
     </row>
-    <row r="474" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="474" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A474" s="16" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="B474" s="16" t="s">
-        <v>883</v>
+        <v>56</v>
       </c>
       <c r="C474" s="11"/>
       <c r="D474" s="11" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="E474" s="43"/>
     </row>
-    <row r="475" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="475" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A475" s="16" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="B475" s="8"/>
+        <v>882</v>
+      </c>
+      <c r="B475" s="16" t="s">
+        <v>883</v>
+      </c>
       <c r="C475" s="11"/>
       <c r="D475" s="11" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="E475" s="43"/>
     </row>
-    <row r="476" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="476" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A476" s="16" t="s">
-        <v>887</v>
-[...3 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="B476" s="8"/>
       <c r="C476" s="11"/>
       <c r="D476" s="11" t="s">
+        <v>886</v>
+      </c>
+      <c r="E476" s="43"/>
+    </row>
+    <row r="477" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A477" s="16" t="s">
+        <v>887</v>
+      </c>
+      <c r="B477" s="16" t="s">
+        <v>888</v>
+      </c>
+      <c r="C477" s="11"/>
+      <c r="D477" s="11" t="s">
         <v>889</v>
       </c>
-      <c r="E476" s="43"/>
-[...3 lines deleted...]
-      <c r="B477" s="16" t="s">
+      <c r="E477" s="43"/>
+    </row>
+    <row r="478" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A478" s="8"/>
+      <c r="B478" s="16" t="s">
         <v>890</v>
       </c>
-      <c r="C477" s="11"/>
-[...4 lines deleted...]
-      <c r="A478" s="16" t="s">
+      <c r="C478" s="11"/>
+      <c r="D478" s="6"/>
+      <c r="E478" s="43"/>
+    </row>
+    <row r="479" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A479" s="16" t="s">
         <v>891</v>
-      </c>
-[...9 lines deleted...]
-        <v>893</v>
       </c>
       <c r="B479" s="8"/>
       <c r="C479" s="11"/>
       <c r="D479" s="11" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="E479" s="43"/>
     </row>
-    <row r="480" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="480" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A480" s="16" t="s">
-        <v>895</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="B480" s="8"/>
       <c r="C480" s="11"/>
       <c r="D480" s="11" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="E480" s="43"/>
     </row>
-    <row r="481" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+    <row r="481" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A481" s="16" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="B481" s="16" t="s">
-        <v>223</v>
+        <v>896</v>
       </c>
       <c r="C481" s="11"/>
       <c r="D481" s="11" t="s">
+        <v>897</v>
+      </c>
+      <c r="E481" s="43"/>
+    </row>
+    <row r="482" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A482" s="16" t="s">
+        <v>898</v>
+      </c>
+      <c r="B482" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="C482" s="11"/>
+      <c r="D482" s="11" t="s">
         <v>899</v>
       </c>
-      <c r="E481" s="43"/>
-[...2 lines deleted...]
-      <c r="A482" s="95" t="s">
+      <c r="E482" s="43"/>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A483" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B482" s="95"/>
-[...5 lines deleted...]
-      <c r="A483" s="16" t="s">
+      <c r="B483" s="95"/>
+      <c r="C483" s="95"/>
+      <c r="D483" s="95"/>
+      <c r="E483" s="95"/>
+    </row>
+    <row r="484" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A484" s="16" t="s">
         <v>900</v>
-      </c>
-[...11 lines deleted...]
-        <v>903</v>
       </c>
       <c r="B484" s="8"/>
       <c r="C484" s="11"/>
       <c r="D484" s="11" t="s">
-        <v>904</v>
-[...3 lines deleted...]
-    <row r="485" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+        <v>901</v>
+      </c>
+      <c r="E484" s="43" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A485" s="16" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="B485" s="8"/>
       <c r="C485" s="11"/>
       <c r="D485" s="11" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="E485" s="43"/>
     </row>
     <row r="486" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A486" s="16" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="B486" s="8"/>
       <c r="C486" s="11"/>
       <c r="D486" s="11" t="s">
+        <v>906</v>
+      </c>
+      <c r="E486" s="43"/>
+    </row>
+    <row r="487" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A487" s="16" t="s">
+        <v>907</v>
+      </c>
+      <c r="B487" s="8"/>
+      <c r="C487" s="11"/>
+      <c r="D487" s="11" t="s">
         <v>908</v>
       </c>
-      <c r="E486" s="43"/>
-[...2 lines deleted...]
-      <c r="A487" s="95" t="s">
+      <c r="E487" s="43"/>
+    </row>
+    <row r="488" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A488" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B487" s="95"/>
-[...7 lines deleted...]
-      <c r="C488" s="10" t="s">
+      <c r="B488" s="95"/>
+      <c r="C488" s="95"/>
+      <c r="D488" s="95"/>
+      <c r="E488" s="95"/>
+    </row>
+    <row r="489" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A489" s="9"/>
+      <c r="B489" s="9"/>
+      <c r="C489" s="10" t="s">
         <v>909</v>
       </c>
-      <c r="D488" s="6" t="s">
+      <c r="D489" s="6" t="s">
         <v>910</v>
       </c>
-      <c r="E488" s="47" t="s">
+      <c r="E489" s="47" t="s">
         <v>911</v>
       </c>
     </row>
-    <row r="489" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A489" s="5" t="s">
+    <row r="490" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A490" s="5" t="s">
         <v>912</v>
       </c>
-      <c r="B489" s="9"/>
-[...1 lines deleted...]
-      <c r="D489" s="6" t="s">
+      <c r="B490" s="9"/>
+      <c r="C490" s="10"/>
+      <c r="D490" s="6" t="s">
         <v>913</v>
       </c>
-      <c r="E489" s="47"/>
-[...9 lines deleted...]
-      </c>
       <c r="E490" s="47"/>
     </row>
-    <row r="491" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="491" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A491" s="9"/>
       <c r="B491" s="9"/>
-      <c r="C491" s="10" t="s">
-        <v>916</v>
+      <c r="C491" s="25" t="s">
+        <v>914</v>
       </c>
       <c r="D491" s="6" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="E491" s="47"/>
     </row>
-    <row r="492" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="492" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A492" s="9"/>
       <c r="B492" s="9"/>
       <c r="C492" s="10" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="D492" s="6" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="E492" s="47"/>
     </row>
-    <row r="493" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="493" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A493" s="9"/>
       <c r="B493" s="9"/>
-      <c r="C493" s="10"/>
-      <c r="D493" s="6"/>
+      <c r="C493" s="10" t="s">
+        <v>918</v>
+      </c>
+      <c r="D493" s="6" t="s">
+        <v>919</v>
+      </c>
       <c r="E493" s="47"/>
     </row>
     <row r="494" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A494" s="95" t="s">
+      <c r="A494" s="9"/>
+      <c r="B494" s="9"/>
+      <c r="C494" s="10"/>
+      <c r="D494" s="6"/>
+      <c r="E494" s="47"/>
+    </row>
+    <row r="495" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A495" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B494" s="95"/>
-[...7 lines deleted...]
-      <c r="C495" s="44" t="s">
+      <c r="B495" s="95"/>
+      <c r="C495" s="95"/>
+      <c r="D495" s="95"/>
+      <c r="E495" s="95"/>
+    </row>
+    <row r="496" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A496" s="40"/>
+      <c r="B496" s="40"/>
+      <c r="C496" s="44" t="s">
         <v>1711</v>
       </c>
-      <c r="D495" s="41" t="s">
+      <c r="D496" s="41" t="s">
         <v>1712</v>
       </c>
-      <c r="E495" s="43" t="s">
+      <c r="E496" s="43" t="s">
         <v>1713</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E496" s="50"/>
     </row>
     <row r="497" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A497" s="16" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B497" s="8"/>
       <c r="C497" s="11"/>
       <c r="D497" s="6" t="s">
-        <v>923</v>
-[...3 lines deleted...]
-    <row r="498" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+        <v>921</v>
+      </c>
+      <c r="E497" s="50"/>
+    </row>
+    <row r="498" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A498" s="16" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B498" s="8"/>
       <c r="C498" s="11"/>
-      <c r="D498" s="11" t="s">
-        <v>925</v>
+      <c r="D498" s="6" t="s">
+        <v>923</v>
       </c>
       <c r="E498" s="43"/>
     </row>
-    <row r="499" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="499" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A499" s="16" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B499" s="8"/>
       <c r="C499" s="11"/>
-      <c r="D499" s="6" t="s">
-        <v>927</v>
+      <c r="D499" s="11" t="s">
+        <v>925</v>
       </c>
       <c r="E499" s="43"/>
     </row>
-    <row r="500" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+    <row r="500" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A500" s="16" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="B500" s="8"/>
       <c r="C500" s="11"/>
-      <c r="D500" s="11" t="s">
-        <v>929</v>
+      <c r="D500" s="6" t="s">
+        <v>927</v>
       </c>
       <c r="E500" s="43"/>
     </row>
-    <row r="501" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="501" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
       <c r="A501" s="16" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="B501" s="8"/>
       <c r="C501" s="11"/>
       <c r="D501" s="11" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="E501" s="43"/>
     </row>
-    <row r="502" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+    <row r="502" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A502" s="16" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="B502" s="8"/>
       <c r="C502" s="11"/>
       <c r="D502" s="11" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="E502" s="43"/>
     </row>
-    <row r="503" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+    <row r="503" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
       <c r="A503" s="16" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="B503" s="8"/>
       <c r="C503" s="11"/>
       <c r="D503" s="11" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="E503" s="43"/>
     </row>
-    <row r="504" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="504" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A504" s="16" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="B504" s="8"/>
       <c r="C504" s="11"/>
       <c r="D504" s="11" t="s">
-        <v>921</v>
+        <v>935</v>
       </c>
       <c r="E504" s="43"/>
     </row>
-    <row r="505" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="505" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A505" s="16" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="B505" s="8"/>
       <c r="C505" s="11"/>
       <c r="D505" s="11" t="s">
+        <v>921</v>
+      </c>
+      <c r="E505" s="43"/>
+    </row>
+    <row r="506" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A506" s="16" t="s">
+        <v>937</v>
+      </c>
+      <c r="B506" s="8"/>
+      <c r="C506" s="11"/>
+      <c r="D506" s="11" t="s">
         <v>938</v>
       </c>
-      <c r="E505" s="43"/>
-[...2 lines deleted...]
-      <c r="A506" s="95" t="s">
+      <c r="E506" s="43"/>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A507" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B506" s="95"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B507" s="95"/>
+      <c r="C507" s="95"/>
+      <c r="D507" s="95"/>
+      <c r="E507" s="95"/>
     </row>
     <row r="508" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A508" s="8"/>
       <c r="B508" s="8"/>
       <c r="C508" s="10" t="s">
+        <v>939</v>
+      </c>
+      <c r="D508" s="11" t="s">
+        <v>940</v>
+      </c>
+      <c r="E508" s="43" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="509" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A509" s="8"/>
+      <c r="B509" s="8"/>
+      <c r="C509" s="10" t="s">
         <v>942</v>
       </c>
-      <c r="D508" s="11" t="s">
+      <c r="D509" s="11" t="s">
         <v>943</v>
       </c>
-      <c r="E508" s="43"/>
-[...2 lines deleted...]
-      <c r="A509" s="85" t="s">
+      <c r="E509" s="43"/>
+    </row>
+    <row r="510" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A510" s="85" t="s">
         <v>944</v>
       </c>
-      <c r="B509" s="86" t="s">
+      <c r="B510" s="86" t="s">
         <v>1757</v>
       </c>
-      <c r="C509" s="86" t="s">
+      <c r="C510" s="86" t="s">
         <v>1758</v>
       </c>
-      <c r="D509" s="11" t="s">
+      <c r="D510" s="11" t="s">
         <v>945</v>
       </c>
-      <c r="E509" s="43"/>
-[...2 lines deleted...]
-      <c r="A510" s="16" t="s">
+      <c r="E510" s="43"/>
+    </row>
+    <row r="511" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A511" s="16" t="s">
         <v>946</v>
       </c>
-      <c r="B510" s="16" t="s">
+      <c r="B511" s="16" t="s">
         <v>947</v>
       </c>
-      <c r="C510" s="11"/>
-      <c r="D510" s="11" t="s">
+      <c r="C511" s="11"/>
+      <c r="D511" s="11" t="s">
         <v>948</v>
       </c>
-      <c r="E510" s="43"/>
-[...7 lines deleted...]
-      <c r="D511" s="6"/>
       <c r="E511" s="43"/>
     </row>
     <row r="512" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A512" s="8"/>
       <c r="B512" s="16" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="C512" s="11"/>
       <c r="D512" s="6"/>
       <c r="E512" s="43"/>
     </row>
-    <row r="513" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
-      <c r="A513" s="16" t="s">
+    <row r="513" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A513" s="8"/>
+      <c r="B513" s="16" t="s">
+        <v>950</v>
+      </c>
+      <c r="C513" s="11"/>
+      <c r="D513" s="6"/>
+      <c r="E513" s="43"/>
+    </row>
+    <row r="514" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A514" s="16" t="s">
         <v>951</v>
       </c>
-      <c r="B513" s="16" t="s">
+      <c r="B514" s="16" t="s">
         <v>836</v>
       </c>
-      <c r="C513" s="11"/>
-      <c r="D513" s="11" t="s">
+      <c r="C514" s="11"/>
+      <c r="D514" s="11" t="s">
         <v>952</v>
       </c>
-      <c r="E513" s="43"/>
-[...3 lines deleted...]
-      <c r="B514" s="16" t="s">
+      <c r="E514" s="43"/>
+    </row>
+    <row r="515" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A515" s="8"/>
+      <c r="B515" s="16" t="s">
         <v>953</v>
       </c>
-      <c r="C514" s="11"/>
-[...4 lines deleted...]
-      <c r="A515" s="95" t="s">
+      <c r="C515" s="11"/>
+      <c r="D515" s="6"/>
+      <c r="E515" s="43"/>
+    </row>
+    <row r="516" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A516" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B515" s="95"/>
-[...15 lines deleted...]
-    <row r="517" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B516" s="95"/>
+      <c r="C516" s="95"/>
+      <c r="D516" s="95"/>
+      <c r="E516" s="95"/>
+    </row>
+    <row r="517" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A517" s="8"/>
       <c r="B517" s="8"/>
       <c r="C517" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="D517" s="6"/>
+      <c r="E517" s="43" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A518" s="8"/>
+      <c r="B518" s="8"/>
+      <c r="C518" s="10" t="s">
         <v>956</v>
       </c>
-      <c r="D517" s="6"/>
-[...3 lines deleted...]
-      <c r="A518" s="95" t="s">
+      <c r="D518" s="6"/>
+      <c r="E518" s="43"/>
+    </row>
+    <row r="519" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A519" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B518" s="95"/>
-[...5 lines deleted...]
-      <c r="A519" s="16" t="s">
+      <c r="B519" s="95"/>
+      <c r="C519" s="95"/>
+      <c r="D519" s="95"/>
+      <c r="E519" s="95"/>
+    </row>
+    <row r="520" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A520" s="16" t="s">
         <v>957</v>
-      </c>
-[...11 lines deleted...]
-        <v>960</v>
       </c>
       <c r="B520" s="8"/>
       <c r="C520" s="11"/>
       <c r="D520" s="11" t="s">
+        <v>958</v>
+      </c>
+      <c r="E520" s="43" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A521" s="16" t="s">
+        <v>960</v>
+      </c>
+      <c r="B521" s="8"/>
+      <c r="C521" s="11"/>
+      <c r="D521" s="11" t="s">
         <v>961</v>
       </c>
-      <c r="E520" s="43"/>
-[...2 lines deleted...]
-      <c r="A521" s="95" t="s">
+      <c r="E521" s="43"/>
+    </row>
+    <row r="522" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A522" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B521" s="95"/>
-[...7 lines deleted...]
-      <c r="C522" s="22" t="s">
+      <c r="B522" s="95"/>
+      <c r="C522" s="95"/>
+      <c r="D522" s="95"/>
+      <c r="E522" s="95"/>
+    </row>
+    <row r="523" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A523" s="8"/>
+      <c r="B523" s="8"/>
+      <c r="C523" s="22" t="s">
         <v>962</v>
       </c>
-      <c r="D522" s="14" t="s">
+      <c r="D523" s="14" t="s">
         <v>963</v>
       </c>
-      <c r="E522" s="47" t="s">
+      <c r="E523" s="47" t="s">
         <v>964</v>
       </c>
     </row>
-    <row r="523" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-      <c r="A523" s="23" t="s">
+    <row r="524" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A524" s="23" t="s">
         <v>965</v>
       </c>
-      <c r="B523" s="23" t="s">
+      <c r="B524" s="23" t="s">
         <v>966</v>
       </c>
-      <c r="C523" s="11"/>
-      <c r="D523" s="14" t="s">
+      <c r="C524" s="11"/>
+      <c r="D524" s="14" t="s">
         <v>967</v>
       </c>
-      <c r="E523" s="43"/>
-[...3 lines deleted...]
-      <c r="B524" s="23" t="s">
+      <c r="E524" s="43"/>
+    </row>
+    <row r="525" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A525" s="8"/>
+      <c r="B525" s="23" t="s">
         <v>968</v>
       </c>
-      <c r="C524" s="11"/>
-[...4 lines deleted...]
-      <c r="A525" s="23" t="s">
+      <c r="C525" s="11"/>
+      <c r="D525" s="6"/>
+      <c r="E525" s="43"/>
+    </row>
+    <row r="526" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A526" s="23" t="s">
         <v>969</v>
       </c>
-      <c r="B525" s="23" t="s">
+      <c r="B526" s="23" t="s">
         <v>970</v>
       </c>
-      <c r="C525" s="11"/>
-      <c r="D525" s="14" t="s">
+      <c r="C526" s="11"/>
+      <c r="D526" s="14" t="s">
         <v>971</v>
       </c>
-      <c r="E525" s="43"/>
-[...3 lines deleted...]
-      <c r="B526" s="23" t="s">
+      <c r="E526" s="43"/>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A527" s="8"/>
+      <c r="B527" s="23" t="s">
         <v>972</v>
       </c>
-      <c r="C526" s="11"/>
-[...4 lines deleted...]
-      <c r="A527" s="16" t="s">
+      <c r="C527" s="11"/>
+      <c r="D527" s="6"/>
+      <c r="E527" s="43"/>
+    </row>
+    <row r="528" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A528" s="16" t="s">
         <v>973</v>
       </c>
-      <c r="B527" s="23" t="s">
+      <c r="B528" s="23" t="s">
         <v>974</v>
       </c>
-      <c r="C527" s="11"/>
-      <c r="D527" s="14" t="s">
+      <c r="C528" s="11"/>
+      <c r="D528" s="14" t="s">
         <v>975</v>
       </c>
-      <c r="E527" s="43"/>
-[...4 lines deleted...]
-      <c r="C528" s="22" t="s">
+      <c r="E528" s="43"/>
+    </row>
+    <row r="529" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A529" s="8"/>
+      <c r="B529" s="8"/>
+      <c r="C529" s="22" t="s">
         <v>976</v>
       </c>
-      <c r="D528" s="14" t="s">
+      <c r="D529" s="14" t="s">
         <v>977</v>
       </c>
-      <c r="E528" s="43"/>
-[...2 lines deleted...]
-      <c r="A529" s="16" t="s">
+      <c r="E529" s="43"/>
+    </row>
+    <row r="530" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A530" s="16" t="s">
         <v>978</v>
       </c>
-      <c r="B529" s="23" t="s">
+      <c r="B530" s="23" t="s">
         <v>979</v>
       </c>
-      <c r="C529" s="11"/>
-      <c r="D529" s="6" t="s">
+      <c r="C530" s="11"/>
+      <c r="D530" s="6" t="s">
         <v>980</v>
       </c>
-      <c r="E529" s="43"/>
-[...7 lines deleted...]
-      <c r="D530" s="14"/>
       <c r="E530" s="43"/>
     </row>
     <row r="531" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A531" s="8"/>
       <c r="B531" s="23" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="C531" s="11"/>
-      <c r="D531" s="6"/>
+      <c r="D531" s="14"/>
       <c r="E531" s="43"/>
     </row>
-    <row r="532" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="532" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A532" s="8"/>
       <c r="B532" s="23" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C532" s="11"/>
       <c r="D532" s="6"/>
       <c r="E532" s="43"/>
     </row>
-    <row r="533" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="533" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A533" s="8"/>
       <c r="B533" s="23" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="C533" s="11"/>
       <c r="D533" s="6"/>
       <c r="E533" s="43"/>
     </row>
     <row r="534" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A534" s="8"/>
       <c r="B534" s="23" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="C534" s="11"/>
       <c r="D534" s="6"/>
       <c r="E534" s="43"/>
     </row>
     <row r="535" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A535" s="8"/>
       <c r="B535" s="23" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="C535" s="11"/>
       <c r="D535" s="6"/>
       <c r="E535" s="43"/>
     </row>
     <row r="536" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A536" s="8"/>
       <c r="B536" s="23" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="C536" s="11"/>
       <c r="D536" s="6"/>
       <c r="E536" s="43"/>
     </row>
     <row r="537" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A537" s="8"/>
       <c r="B537" s="23" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="C537" s="11"/>
       <c r="D537" s="6"/>
       <c r="E537" s="43"/>
     </row>
     <row r="538" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A538" s="8"/>
       <c r="B538" s="23" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C538" s="11"/>
       <c r="D538" s="6"/>
       <c r="E538" s="43"/>
     </row>
     <row r="539" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A539" s="8"/>
       <c r="B539" s="23" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="C539" s="11"/>
       <c r="D539" s="6"/>
       <c r="E539" s="43"/>
     </row>
-    <row r="540" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A540" s="95" t="s">
+    <row r="540" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A540" s="8"/>
+      <c r="B540" s="23" t="s">
+        <v>990</v>
+      </c>
+      <c r="C540" s="11"/>
+      <c r="D540" s="6"/>
+      <c r="E540" s="43"/>
+    </row>
+    <row r="541" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A541" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B540" s="95"/>
-[...5 lines deleted...]
-      <c r="A541" s="16" t="s">
+      <c r="B541" s="95"/>
+      <c r="C541" s="95"/>
+      <c r="D541" s="95"/>
+      <c r="E541" s="95"/>
+    </row>
+    <row r="542" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A542" s="16" t="s">
         <v>991</v>
       </c>
-      <c r="B541" s="16" t="s">
+      <c r="B542" s="16" t="s">
         <v>992</v>
       </c>
-      <c r="C541" s="11"/>
-      <c r="D541" s="6" t="s">
+      <c r="C542" s="11"/>
+      <c r="D542" s="6" t="s">
         <v>993</v>
       </c>
-      <c r="E541" s="43" t="s">
+      <c r="E542" s="43" t="s">
         <v>994</v>
       </c>
     </row>
-    <row r="542" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A542" s="16" t="s">
+    <row r="543" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A543" s="16" t="s">
         <v>995</v>
       </c>
-      <c r="B542" s="8"/>
-[...1 lines deleted...]
-      <c r="D542" s="11" t="s">
+      <c r="B543" s="8"/>
+      <c r="C543" s="11"/>
+      <c r="D543" s="11" t="s">
         <v>996</v>
       </c>
-      <c r="E542" s="43"/>
-[...2 lines deleted...]
-      <c r="A543" s="95" t="s">
+      <c r="E543" s="43"/>
+    </row>
+    <row r="544" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A544" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B543" s="95"/>
-[...5 lines deleted...]
-      <c r="A544" s="12" t="s">
+      <c r="B544" s="95"/>
+      <c r="C544" s="95"/>
+      <c r="D544" s="95"/>
+      <c r="E544" s="95"/>
+    </row>
+    <row r="545" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A545" s="12" t="s">
         <v>997</v>
       </c>
-      <c r="B544" s="12" t="s">
+      <c r="B545" s="12" t="s">
         <v>998</v>
       </c>
-      <c r="C544" s="6"/>
-      <c r="D544" s="11" t="s">
+      <c r="C545" s="6"/>
+      <c r="D545" s="11" t="s">
         <v>999</v>
       </c>
-      <c r="E544" s="43" t="s">
+      <c r="E545" s="43" t="s">
         <v>1000</v>
       </c>
     </row>
-    <row r="545" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C545" s="12" t="s">
+    <row r="546" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A546" s="12"/>
+      <c r="B546" s="12"/>
+      <c r="C546" s="12" t="s">
         <v>1001</v>
       </c>
-      <c r="D545" s="6" t="s">
+      <c r="D546" s="6" t="s">
         <v>1002</v>
       </c>
-      <c r="E545" s="43"/>
-[...2 lines deleted...]
-      <c r="A546" s="95" t="s">
+      <c r="E546" s="43"/>
+    </row>
+    <row r="547" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A547" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B546" s="95"/>
-[...5 lines deleted...]
-      <c r="A547" s="44" t="s">
+      <c r="B547" s="95"/>
+      <c r="C547" s="95"/>
+      <c r="D547" s="95"/>
+      <c r="E547" s="95"/>
+    </row>
+    <row r="548" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A548" s="44" t="s">
         <v>1743</v>
       </c>
-      <c r="B547" s="75"/>
-[...2 lines deleted...]
-      <c r="E547" s="74" t="s">
+      <c r="B548" s="75"/>
+      <c r="C548" s="75"/>
+      <c r="D548" s="75"/>
+      <c r="E548" s="74" t="s">
         <v>1741</v>
       </c>
     </row>
-    <row r="548" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A548" s="44" t="s">
+    <row r="549" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A549" s="44" t="s">
         <v>1742</v>
       </c>
-      <c r="B548" s="73"/>
-[...5 lines deleted...]
-      <c r="A549" s="95" t="s">
+      <c r="B549" s="73"/>
+      <c r="C549" s="73"/>
+      <c r="D549" s="73"/>
+      <c r="E549" s="50"/>
+    </row>
+    <row r="550" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A550" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B549" s="95"/>
-[...5 lines deleted...]
-      <c r="A550" s="16" t="s">
+      <c r="B550" s="95"/>
+      <c r="C550" s="95"/>
+      <c r="D550" s="95"/>
+      <c r="E550" s="95"/>
+    </row>
+    <row r="551" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A551" s="16" t="s">
         <v>1003</v>
       </c>
-      <c r="B550" s="16" t="s">
+      <c r="B551" s="16" t="s">
         <v>1004</v>
       </c>
-      <c r="C550" s="11"/>
-      <c r="D550" s="11" t="s">
+      <c r="C551" s="11"/>
+      <c r="D551" s="11" t="s">
         <v>1005</v>
       </c>
-      <c r="E550" s="43" t="s">
+      <c r="E551" s="43" t="s">
         <v>1006</v>
       </c>
     </row>
-    <row r="551" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A551" s="26" t="s">
+    <row r="552" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A552" s="26" t="s">
         <v>1007</v>
       </c>
-      <c r="B551" s="16" t="s">
+      <c r="B552" s="16" t="s">
         <v>1008</v>
       </c>
-      <c r="C551" s="3"/>
-[...8 lines deleted...]
-      <c r="C552" s="11"/>
+      <c r="C552" s="3"/>
       <c r="D552" s="6"/>
       <c r="E552" s="43"/>
     </row>
     <row r="553" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A553" s="8"/>
       <c r="B553" s="16" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="C553" s="11"/>
       <c r="D553" s="6"/>
       <c r="E553" s="43"/>
     </row>
-    <row r="554" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A554" s="16" t="s">
+    <row r="554" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A554" s="8"/>
+      <c r="B554" s="16" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C554" s="11"/>
+      <c r="D554" s="6"/>
+      <c r="E554" s="43"/>
+    </row>
+    <row r="555" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A555" s="16" t="s">
         <v>1011</v>
       </c>
-      <c r="B554" s="16" t="s">
+      <c r="B555" s="16" t="s">
         <v>1012</v>
-      </c>
-[...11 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C555" s="11"/>
       <c r="D555" s="11" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="E555" s="43"/>
     </row>
-    <row r="556" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B556" s="8"/>
+    <row r="556" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A556" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B556" s="16" t="s">
+        <v>56</v>
+      </c>
       <c r="C556" s="11"/>
       <c r="D556" s="11" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E556" s="43"/>
+    </row>
+    <row r="557" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A557" s="16" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B557" s="8"/>
+      <c r="C557" s="11"/>
+      <c r="D557" s="11" t="s">
         <v>1017</v>
       </c>
-      <c r="E556" s="43"/>
-[...4 lines deleted...]
-      <c r="C557" s="10" t="s">
+      <c r="E557" s="43"/>
+    </row>
+    <row r="558" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A558" s="8"/>
+      <c r="B558" s="8"/>
+      <c r="C558" s="10" t="s">
         <v>1018</v>
       </c>
-      <c r="D557" s="11" t="s">
+      <c r="D558" s="11" t="s">
         <v>1019</v>
       </c>
-      <c r="E557" s="43"/>
-[...2 lines deleted...]
-      <c r="A558" s="16" t="s">
+      <c r="E558" s="43"/>
+    </row>
+    <row r="559" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A559" s="16" t="s">
         <v>1020</v>
-      </c>
-[...9 lines deleted...]
-        <v>1022</v>
       </c>
       <c r="B559" s="8"/>
       <c r="C559" s="11"/>
       <c r="D559" s="11" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="E559" s="43"/>
     </row>
-    <row r="560" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+    <row r="560" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A560" s="16" t="s">
-        <v>1024</v>
-[...3 lines deleted...]
-      </c>
+        <v>1022</v>
+      </c>
+      <c r="B560" s="8"/>
       <c r="C560" s="11"/>
       <c r="D560" s="11" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E560" s="43"/>
+    </row>
+    <row r="561" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+      <c r="A561" s="16" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B561" s="16" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C561" s="11"/>
+      <c r="D561" s="11" t="s">
         <v>1026</v>
       </c>
-      <c r="E560" s="43"/>
-[...7 lines deleted...]
-      <c r="D561" s="6"/>
       <c r="E561" s="43"/>
     </row>
     <row r="562" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A562" s="8"/>
       <c r="B562" s="16" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="C562" s="11"/>
       <c r="D562" s="6"/>
       <c r="E562" s="43"/>
     </row>
-    <row r="563" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A563" s="16" t="s">
+    <row r="563" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A563" s="8"/>
+      <c r="B563" s="16" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C563" s="11"/>
+      <c r="D563" s="6"/>
+      <c r="E563" s="43"/>
+    </row>
+    <row r="564" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A564" s="16" t="s">
         <v>1029</v>
       </c>
-      <c r="B563" s="8"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B564" s="8"/>
       <c r="C564" s="11"/>
       <c r="D564" s="11" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E564" s="43"/>
+    </row>
+    <row r="565" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A565" s="16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B565" s="16" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C565" s="11"/>
+      <c r="D565" s="11" t="s">
         <v>1033</v>
       </c>
-      <c r="E564" s="43"/>
-[...9 lines deleted...]
-      <c r="D565" s="6"/>
       <c r="E565" s="43"/>
     </row>
     <row r="566" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A566" s="16" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B566" s="16" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C566" s="11"/>
+      <c r="D566" s="6"/>
+      <c r="E566" s="43"/>
+    </row>
+    <row r="567" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A567" s="16" t="s">
         <v>1036</v>
       </c>
-      <c r="B566" s="8"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B567" s="8"/>
       <c r="C567" s="11"/>
       <c r="D567" s="11" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="E567" s="43"/>
     </row>
     <row r="568" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A568" s="16" t="s">
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="B568" s="27"/>
+        <v>1038</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>1039</v>
+      </c>
       <c r="C568" s="11"/>
       <c r="D568" s="11" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="E568" s="43"/>
     </row>
-    <row r="569" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B569" s="8"/>
+    <row r="569" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A569" s="16" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B569" s="27"/>
       <c r="C569" s="11"/>
       <c r="D569" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E569" s="43"/>
+    </row>
+    <row r="570" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A570" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B570" s="8"/>
+      <c r="C570" s="11"/>
+      <c r="D570" s="11" t="s">
         <v>1044</v>
       </c>
-      <c r="E569" s="43"/>
-[...4 lines deleted...]
-      <c r="C570" s="10" t="s">
+      <c r="E570" s="43"/>
+    </row>
+    <row r="571" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A571" s="8"/>
+      <c r="B571" s="8"/>
+      <c r="C571" s="10" t="s">
         <v>1045</v>
       </c>
-      <c r="D570" s="11" t="s">
+      <c r="D571" s="11" t="s">
         <v>1046</v>
       </c>
-      <c r="E570" s="43"/>
-[...2 lines deleted...]
-      <c r="A571" s="34" t="s">
+      <c r="E571" s="43"/>
+    </row>
+    <row r="572" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A572" s="34" t="s">
         <v>1047</v>
       </c>
-      <c r="B571" s="8"/>
-[...1 lines deleted...]
-      <c r="D571" s="35" t="s">
+      <c r="B572" s="8"/>
+      <c r="C572" s="10"/>
+      <c r="D572" s="35" t="s">
         <v>1048</v>
       </c>
-      <c r="E571" s="43"/>
-[...2 lines deleted...]
-      <c r="A572" s="16" t="s">
+      <c r="E572" s="43"/>
+    </row>
+    <row r="573" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A573" s="16" t="s">
         <v>1049</v>
-      </c>
-[...9 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="B573" s="8"/>
       <c r="C573" s="11"/>
       <c r="D573" s="11" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="E573" s="43"/>
     </row>
-    <row r="574" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+    <row r="574" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A574" s="16" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B574" s="8"/>
       <c r="C574" s="11"/>
       <c r="D574" s="11" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E574" s="43"/>
+    </row>
+    <row r="575" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+      <c r="A575" s="16" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B575" s="8"/>
+      <c r="C575" s="11"/>
+      <c r="D575" s="11" t="s">
         <v>1054</v>
       </c>
-      <c r="E574" s="43"/>
-[...2 lines deleted...]
-      <c r="A575" s="16" t="s">
+      <c r="E575" s="43"/>
+    </row>
+    <row r="576" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A576" s="16" t="s">
         <v>1020</v>
       </c>
-      <c r="B575" s="8"/>
-[...1 lines deleted...]
-      <c r="D575" s="11" t="s">
+      <c r="B576" s="8"/>
+      <c r="C576" s="10"/>
+      <c r="D576" s="11" t="s">
         <v>1021</v>
       </c>
-      <c r="E575" s="43"/>
-[...2 lines deleted...]
-      <c r="A576" s="16" t="s">
+      <c r="E576" s="43"/>
+    </row>
+    <row r="577" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A577" s="16" t="s">
         <v>1055</v>
       </c>
-      <c r="B576" s="8"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B577" s="8"/>
       <c r="C577" s="11"/>
       <c r="D577" s="11" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E577" s="43"/>
+    </row>
+    <row r="578" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A578" s="16" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B578" s="16" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C578" s="11"/>
+      <c r="D578" s="11" t="s">
         <v>1059</v>
       </c>
-      <c r="E577" s="43"/>
-[...7 lines deleted...]
-      <c r="D578" s="6"/>
       <c r="E578" s="43"/>
     </row>
     <row r="579" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A579" s="8"/>
       <c r="B579" s="16" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="C579" s="11"/>
       <c r="D579" s="6"/>
       <c r="E579" s="43"/>
     </row>
     <row r="580" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A580" s="8"/>
       <c r="B580" s="16" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="C580" s="11"/>
       <c r="D580" s="6"/>
       <c r="E580" s="43"/>
     </row>
-    <row r="581" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="581" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A581" s="8"/>
       <c r="B581" s="16" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="C581" s="11"/>
       <c r="D581" s="6"/>
       <c r="E581" s="43"/>
     </row>
     <row r="582" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A582" s="8"/>
       <c r="B582" s="16" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="C582" s="11"/>
       <c r="D582" s="6"/>
       <c r="E582" s="43"/>
     </row>
-    <row r="583" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="583" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A583" s="8"/>
       <c r="B583" s="16" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="C583" s="11"/>
       <c r="D583" s="6"/>
       <c r="E583" s="43"/>
     </row>
-    <row r="584" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="584" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A584" s="8"/>
-      <c r="B584" s="8"/>
-[...5 lines deleted...]
-      </c>
+      <c r="B584" s="16" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C584" s="11"/>
+      <c r="D584" s="6"/>
       <c r="E584" s="43"/>
     </row>
-    <row r="585" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="585" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A585" s="8"/>
       <c r="B585" s="8"/>
       <c r="C585" s="10" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D585" s="11" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E585" s="43"/>
+    </row>
+    <row r="586" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A586" s="8"/>
+      <c r="B586" s="8"/>
+      <c r="C586" s="10" t="s">
         <v>1068</v>
       </c>
-      <c r="D585" s="6"/>
-[...10 lines deleted...]
-      </c>
+      <c r="D586" s="6"/>
       <c r="E586" s="43"/>
     </row>
     <row r="587" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A587" s="16" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="B587" s="8"/>
       <c r="C587" s="11"/>
       <c r="D587" s="11" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="E587" s="43"/>
     </row>
-    <row r="588" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="588" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A588" s="16" t="s">
-        <v>1073</v>
-[...3 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="B588" s="8"/>
       <c r="C588" s="11"/>
       <c r="D588" s="11" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E588" s="43"/>
+    </row>
+    <row r="589" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A589" s="16" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B589" s="16" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C589" s="11"/>
+      <c r="D589" s="11" t="s">
         <v>1075</v>
       </c>
-      <c r="E588" s="43"/>
-[...3 lines deleted...]
-      <c r="B589" s="16" t="s">
+      <c r="E589" s="43"/>
+    </row>
+    <row r="590" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A590" s="8"/>
+      <c r="B590" s="16" t="s">
         <v>1076</v>
       </c>
-      <c r="C589" s="11"/>
-[...6 lines deleted...]
-      <c r="C590" s="10" t="s">
+      <c r="C590" s="11"/>
+      <c r="D590" s="6"/>
+      <c r="E590" s="43"/>
+    </row>
+    <row r="591" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A591" s="8"/>
+      <c r="B591" s="8"/>
+      <c r="C591" s="10" t="s">
         <v>1077</v>
       </c>
-      <c r="D590" s="11" t="s">
+      <c r="D591" s="11" t="s">
         <v>1078</v>
       </c>
-      <c r="E590" s="43"/>
-[...2 lines deleted...]
-      <c r="A591" s="16" t="s">
+      <c r="E591" s="43"/>
+    </row>
+    <row r="592" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A592" s="16" t="s">
         <v>1079</v>
       </c>
-      <c r="B591" s="16" t="s">
+      <c r="B592" s="16" t="s">
         <v>1080</v>
       </c>
-      <c r="C591" s="11"/>
-[...9 lines deleted...]
-      <c r="B592" s="8"/>
       <c r="C592" s="11"/>
       <c r="D592" s="11" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="E592" s="43"/>
     </row>
-    <row r="593" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+    <row r="593" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A593" s="16" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="B593" s="8"/>
       <c r="C593" s="11"/>
       <c r="D593" s="11" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="E593" s="43"/>
     </row>
-    <row r="594" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="594" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A594" s="16" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="B594" s="8"/>
       <c r="C594" s="11"/>
       <c r="D594" s="11" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="E594" s="43"/>
     </row>
-    <row r="595" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="595" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A595" s="16" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="B595" s="8"/>
       <c r="C595" s="11"/>
       <c r="D595" s="11" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="E595" s="43"/>
     </row>
-    <row r="596" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="596" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A596" s="16" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="B596" s="8"/>
       <c r="C596" s="11"/>
       <c r="D596" s="11" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="E596" s="43"/>
     </row>
     <row r="597" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A597" s="16" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="B597" s="8"/>
       <c r="C597" s="11"/>
       <c r="D597" s="11" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
       <c r="E597" s="43"/>
     </row>
-    <row r="598" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>1094</v>
+    <row r="598" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A598" s="16" t="s">
+        <v>1092</v>
       </c>
       <c r="B598" s="8"/>
       <c r="C598" s="11"/>
       <c r="D598" s="11" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E598" s="43"/>
+    </row>
+    <row r="599" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A599" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B599" s="8"/>
+      <c r="C599" s="11"/>
+      <c r="D599" s="11" t="s">
         <v>1095</v>
       </c>
-      <c r="E598" s="43"/>
-[...4 lines deleted...]
-      <c r="C599" s="10" t="s">
+      <c r="E599" s="43"/>
+    </row>
+    <row r="600" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A600" s="8"/>
+      <c r="B600" s="8"/>
+      <c r="C600" s="10" t="s">
         <v>1096</v>
       </c>
-      <c r="D599" s="11" t="s">
+      <c r="D600" s="11" t="s">
         <v>1097</v>
       </c>
-      <c r="E599" s="43"/>
-[...2 lines deleted...]
-      <c r="A600" s="16" t="s">
+      <c r="E600" s="43"/>
+    </row>
+    <row r="601" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A601" s="16" t="s">
         <v>1098</v>
-      </c>
-[...9 lines deleted...]
-        <v>1100</v>
       </c>
       <c r="B601" s="8"/>
       <c r="C601" s="11"/>
       <c r="D601" s="11" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E601" s="43"/>
+    </row>
+    <row r="602" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A602" s="16" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B602" s="8"/>
+      <c r="C602" s="11"/>
+      <c r="D602" s="11" t="s">
         <v>1101</v>
       </c>
-      <c r="E601" s="43"/>
-[...2 lines deleted...]
-      <c r="A602" s="16" t="s">
+      <c r="E602" s="43"/>
+    </row>
+    <row r="603" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A603" s="16" t="s">
         <v>1102</v>
       </c>
-      <c r="B602" s="16" t="s">
+      <c r="B603" s="16" t="s">
         <v>1103</v>
       </c>
-      <c r="C602" s="11"/>
-      <c r="D602" s="10" t="s">
+      <c r="C603" s="11"/>
+      <c r="D603" s="10" t="s">
         <v>1104</v>
       </c>
-      <c r="E602" s="43"/>
-[...2 lines deleted...]
-      <c r="A603" s="1" t="s">
+      <c r="E603" s="43"/>
+    </row>
+    <row r="604" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A604" s="1" t="s">
         <v>1105</v>
-      </c>
-[...9 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="B604" s="8"/>
       <c r="C604" s="11"/>
       <c r="D604" s="11" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="E604" s="43"/>
     </row>
-    <row r="605" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="605" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A605" s="16" t="s">
-        <v>1109</v>
-[...3 lines deleted...]
-      </c>
+        <v>1107</v>
+      </c>
+      <c r="B605" s="8"/>
       <c r="C605" s="11"/>
       <c r="D605" s="11" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E605" s="43"/>
+    </row>
+    <row r="606" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A606" s="16" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B606" s="16" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C606" s="11"/>
+      <c r="D606" s="11" t="s">
         <v>1111</v>
       </c>
-      <c r="E605" s="43"/>
-[...2 lines deleted...]
-      <c r="A606" s="1" t="s">
+      <c r="E606" s="43"/>
+    </row>
+    <row r="607" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A607" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B606" s="16" t="s">
+      <c r="B607" s="16" t="s">
         <v>1113</v>
       </c>
-      <c r="C606" s="11"/>
-      <c r="D606" s="6" t="s">
+      <c r="C607" s="11"/>
+      <c r="D607" s="6" t="s">
         <v>1114</v>
       </c>
-      <c r="E606" s="43"/>
-[...7 lines deleted...]
-      <c r="D607" s="11"/>
       <c r="E607" s="43"/>
     </row>
-    <row r="608" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="608" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A608" s="8"/>
       <c r="B608" s="16" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C608" s="11"/>
+      <c r="D608" s="11"/>
+      <c r="E608" s="43"/>
+    </row>
+    <row r="609" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A609" s="8"/>
+      <c r="B609" s="16" t="s">
         <v>1116</v>
       </c>
-      <c r="C608" s="11"/>
-[...4 lines deleted...]
-      <c r="A609" s="16" t="s">
+      <c r="C609" s="11"/>
+      <c r="D609" s="6"/>
+      <c r="E609" s="43"/>
+    </row>
+    <row r="610" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A610" s="16" t="s">
         <v>1117</v>
       </c>
-      <c r="B609" s="16" t="s">
+      <c r="B610" s="16" t="s">
         <v>1118</v>
       </c>
-      <c r="C609" s="11"/>
-      <c r="D609" s="11" t="s">
+      <c r="C610" s="11"/>
+      <c r="D610" s="11" t="s">
         <v>1119</v>
       </c>
-      <c r="E609" s="43"/>
-[...7 lines deleted...]
-      <c r="D610" s="6"/>
       <c r="E610" s="43"/>
     </row>
-    <row r="611" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="611" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A611" s="8"/>
       <c r="B611" s="16" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="C611" s="11"/>
       <c r="D611" s="6"/>
       <c r="E611" s="43"/>
     </row>
     <row r="612" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A612" s="8"/>
       <c r="B612" s="16" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="C612" s="11"/>
       <c r="D612" s="6"/>
       <c r="E612" s="43"/>
     </row>
     <row r="613" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A613" s="8"/>
       <c r="B613" s="16" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="C613" s="11"/>
       <c r="D613" s="6"/>
       <c r="E613" s="43"/>
     </row>
-    <row r="614" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-      <c r="A614" s="16" t="s">
+    <row r="614" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A614" s="8"/>
+      <c r="B614" s="16" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C614" s="11"/>
+      <c r="D614" s="6"/>
+      <c r="E614" s="43"/>
+    </row>
+    <row r="615" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A615" s="16" t="s">
         <v>1124</v>
       </c>
-      <c r="B614" s="16" t="s">
+      <c r="B615" s="16" t="s">
         <v>1125</v>
       </c>
-      <c r="C614" s="11"/>
-      <c r="D614" s="11" t="s">
+      <c r="C615" s="11"/>
+      <c r="D615" s="11" t="s">
         <v>1126</v>
       </c>
-      <c r="E614" s="43"/>
-[...3 lines deleted...]
-      <c r="B615" s="16" t="s">
+      <c r="E615" s="43"/>
+    </row>
+    <row r="616" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A616" s="8"/>
+      <c r="B616" s="16" t="s">
         <v>1127</v>
       </c>
-      <c r="C615" s="11"/>
-[...9 lines deleted...]
-      </c>
       <c r="C616" s="11"/>
-      <c r="D616" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D616" s="6"/>
       <c r="E616" s="43"/>
     </row>
     <row r="617" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A617" s="16" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="B617" s="16" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="C617" s="11"/>
       <c r="D617" s="11" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E617" s="43"/>
+    </row>
+    <row r="618" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A618" s="16" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B618" s="16" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C618" s="11"/>
+      <c r="D618" s="11" t="s">
         <v>1133</v>
       </c>
-      <c r="E617" s="43"/>
-[...7 lines deleted...]
-      <c r="D618" s="6"/>
       <c r="E618" s="43"/>
     </row>
-    <row r="619" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="619" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A619" s="8"/>
       <c r="B619" s="16" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="C619" s="11"/>
       <c r="D619" s="6"/>
       <c r="E619" s="43"/>
     </row>
     <row r="620" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A620" s="8"/>
       <c r="B620" s="16" t="s">
-        <v>1136</v>
+        <v>1135</v>
       </c>
       <c r="C620" s="11"/>
       <c r="D620" s="6"/>
       <c r="E620" s="43"/>
     </row>
-    <row r="621" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-      <c r="A621" s="16" t="s">
+    <row r="621" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A621" s="8"/>
+      <c r="B621" s="16" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C621" s="11"/>
+      <c r="D621" s="6"/>
+      <c r="E621" s="43"/>
+    </row>
+    <row r="622" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A622" s="16" t="s">
         <v>1137</v>
-      </c>
-[...9 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="B622" s="8"/>
       <c r="C622" s="11"/>
-      <c r="D622" s="6" t="s">
+      <c r="D622" s="11" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E622" s="43"/>
+    </row>
+    <row r="623" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A623" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B623" s="8"/>
+      <c r="C623" s="11"/>
+      <c r="D623" s="6" t="s">
         <v>1139</v>
       </c>
-      <c r="E622" s="43"/>
-[...9 lines deleted...]
-      </c>
       <c r="E623" s="43"/>
     </row>
-    <row r="624" spans="1:5" ht="54" x14ac:dyDescent="0.5">
+    <row r="624" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A624" s="8"/>
       <c r="B624" s="8"/>
-      <c r="C624" s="12" t="s">
+      <c r="C624" s="10" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D624" s="11" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E624" s="43"/>
+    </row>
+    <row r="625" spans="1:5" ht="54" x14ac:dyDescent="0.5">
+      <c r="A625" s="8"/>
+      <c r="B625" s="8"/>
+      <c r="C625" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="D624" s="28" t="s">
+      <c r="D625" s="28" t="s">
         <v>1142</v>
       </c>
-      <c r="E624" s="43"/>
-[...2 lines deleted...]
-      <c r="A625" s="95" t="s">
+      <c r="E625" s="43"/>
+    </row>
+    <row r="626" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A626" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B625" s="95"/>
-[...7 lines deleted...]
-      <c r="C626" s="10" t="s">
+      <c r="B626" s="95"/>
+      <c r="C626" s="95"/>
+      <c r="D626" s="95"/>
+      <c r="E626" s="95"/>
+    </row>
+    <row r="627" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A627" s="8"/>
+      <c r="B627" s="8"/>
+      <c r="C627" s="10" t="s">
         <v>1143</v>
       </c>
-      <c r="D626" s="11" t="s">
+      <c r="D627" s="11" t="s">
         <v>376</v>
       </c>
-      <c r="E626" s="43" t="s">
+      <c r="E627" s="43" t="s">
         <v>1144</v>
       </c>
     </row>
-    <row r="627" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A627" s="95" t="s">
+    <row r="628" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A628" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B627" s="95"/>
-[...5 lines deleted...]
-      <c r="A628" s="16" t="s">
+      <c r="B628" s="95"/>
+      <c r="C628" s="95"/>
+      <c r="D628" s="95"/>
+      <c r="E628" s="95"/>
+    </row>
+    <row r="629" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A629" s="16" t="s">
         <v>1145</v>
       </c>
-      <c r="B628" s="16" t="s">
+      <c r="B629" s="16" t="s">
         <v>1146</v>
       </c>
-      <c r="C628" s="11"/>
-      <c r="D628" s="11" t="s">
+      <c r="C629" s="11"/>
+      <c r="D629" s="11" t="s">
         <v>1147</v>
       </c>
-      <c r="E628" s="43" t="s">
+      <c r="E629" s="43" t="s">
         <v>1148</v>
       </c>
     </row>
-    <row r="629" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A629" s="95" t="s">
+    <row r="630" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A630" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B629" s="95"/>
-[...5 lines deleted...]
-      <c r="A630" s="88" t="s">
+      <c r="B630" s="95"/>
+      <c r="C630" s="95"/>
+      <c r="D630" s="95"/>
+      <c r="E630" s="95"/>
+    </row>
+    <row r="631" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A631" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="B630" s="4"/>
-[...1 lines deleted...]
-      <c r="D630" s="89" t="s">
+      <c r="B631" s="4"/>
+      <c r="C631" s="4"/>
+      <c r="D631" s="89" t="s">
         <v>6</v>
       </c>
-      <c r="E630" s="90" t="s">
+      <c r="E631" s="90" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="631" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A631" s="95" t="s">
+    <row r="632" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A632" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B631" s="95"/>
-[...5 lines deleted...]
-      <c r="A632" s="16" t="s">
+      <c r="B632" s="95"/>
+      <c r="C632" s="95"/>
+      <c r="D632" s="95"/>
+      <c r="E632" s="95"/>
+    </row>
+    <row r="633" spans="1:5" ht="259.2" x14ac:dyDescent="0.3">
+      <c r="A633" s="16" t="s">
         <v>1149</v>
       </c>
-      <c r="B632" s="8"/>
-[...14 lines deleted...]
-      </c>
+      <c r="B633" s="8"/>
       <c r="C633" s="11"/>
       <c r="D633" s="11" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E633" s="43" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="634" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A634" s="16" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B634" s="16" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C634" s="11"/>
+      <c r="D634" s="11" t="s">
         <v>1154</v>
       </c>
-      <c r="E633" s="43"/>
-[...2 lines deleted...]
-      <c r="A634" s="16" t="s">
+      <c r="E634" s="43"/>
+    </row>
+    <row r="635" spans="1:5" ht="201.6" x14ac:dyDescent="0.3">
+      <c r="A635" s="16" t="s">
         <v>1155</v>
       </c>
-      <c r="B634" s="8"/>
-[...1 lines deleted...]
-      <c r="D634" s="6" t="s">
+      <c r="B635" s="8"/>
+      <c r="C635" s="11"/>
+      <c r="D635" s="6" t="s">
         <v>1156</v>
       </c>
-      <c r="E634" s="43"/>
-[...2 lines deleted...]
-      <c r="A635" s="16" t="s">
+      <c r="E635" s="43"/>
+    </row>
+    <row r="636" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A636" s="16" t="s">
         <v>1157</v>
       </c>
-      <c r="B635" s="16" t="s">
+      <c r="B636" s="16" t="s">
         <v>1158</v>
       </c>
-      <c r="C635" s="11"/>
-      <c r="D635" s="11" t="s">
+      <c r="C636" s="11"/>
+      <c r="D636" s="11" t="s">
         <v>1159</v>
       </c>
-      <c r="E635" s="43"/>
-[...3 lines deleted...]
-      <c r="B636" s="16" t="s">
+      <c r="E636" s="43"/>
+    </row>
+    <row r="637" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A637" s="8"/>
+      <c r="B637" s="16" t="s">
         <v>1160</v>
       </c>
-      <c r="C636" s="11"/>
-[...4 lines deleted...]
-      <c r="A637" s="16" t="s">
+      <c r="C637" s="11"/>
+      <c r="D637" s="6"/>
+      <c r="E637" s="43"/>
+    </row>
+    <row r="638" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A638" s="16" t="s">
         <v>1161</v>
       </c>
-      <c r="B637" s="16" t="s">
+      <c r="B638" s="16" t="s">
         <v>1162</v>
-      </c>
-[...11 lines deleted...]
-        <v>1165</v>
       </c>
       <c r="C638" s="11"/>
       <c r="D638" s="11" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E638" s="43"/>
+    </row>
+    <row r="639" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A639" s="16" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B639" s="16" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C639" s="11"/>
+      <c r="D639" s="11" t="s">
         <v>1166</v>
       </c>
-      <c r="E638" s="43"/>
-[...3 lines deleted...]
-      <c r="B639" s="16" t="s">
+      <c r="E639" s="43"/>
+    </row>
+    <row r="640" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A640" s="8"/>
+      <c r="B640" s="16" t="s">
         <v>1167</v>
       </c>
-      <c r="C639" s="11"/>
-[...4 lines deleted...]
-      <c r="A640" s="16" t="s">
+      <c r="C640" s="11"/>
+      <c r="D640" s="6"/>
+      <c r="E640" s="43"/>
+    </row>
+    <row r="641" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A641" s="16" t="s">
         <v>1168</v>
       </c>
-      <c r="B640" s="16" t="s">
+      <c r="B641" s="16" t="s">
         <v>1169</v>
       </c>
-      <c r="C640" s="11"/>
-      <c r="D640" s="11" t="s">
+      <c r="C641" s="11"/>
+      <c r="D641" s="11" t="s">
         <v>1170</v>
       </c>
-      <c r="E640" s="43"/>
-[...2 lines deleted...]
-      <c r="A641" s="99" t="s">
+      <c r="E641" s="43"/>
+    </row>
+    <row r="642" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A642" s="99" t="s">
         <v>1171</v>
       </c>
-      <c r="B641" s="16" t="s">
+      <c r="B642" s="16" t="s">
         <v>1172</v>
       </c>
-      <c r="C641" s="95"/>
-      <c r="D641" s="97" t="s">
+      <c r="C642" s="95"/>
+      <c r="D642" s="97" t="s">
         <v>1173</v>
       </c>
-      <c r="E641" s="98"/>
-[...3 lines deleted...]
-      <c r="B642" s="16" t="s">
+      <c r="E642" s="98"/>
+    </row>
+    <row r="643" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A643" s="99"/>
+      <c r="B643" s="16" t="s">
         <v>1174</v>
       </c>
-      <c r="C642" s="95"/>
-[...12 lines deleted...]
-      <c r="E643" s="43"/>
+      <c r="C643" s="95"/>
+      <c r="D643" s="97"/>
+      <c r="E643" s="98"/>
     </row>
     <row r="644" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A644" s="16" t="s">
-        <v>1177</v>
-[...3 lines deleted...]
-      </c>
+        <v>1175</v>
+      </c>
+      <c r="B644" s="8"/>
       <c r="C644" s="11"/>
       <c r="D644" s="11" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E644" s="43"/>
+    </row>
+    <row r="645" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A645" s="16" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B645" s="16" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C645" s="11"/>
+      <c r="D645" s="11" t="s">
         <v>1179</v>
       </c>
-      <c r="E644" s="43"/>
-[...3 lines deleted...]
-      <c r="B645" s="16" t="s">
+      <c r="E645" s="43"/>
+    </row>
+    <row r="646" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A646" s="8"/>
+      <c r="B646" s="16" t="s">
         <v>1180</v>
       </c>
-      <c r="C645" s="11"/>
-[...4 lines deleted...]
-      <c r="A646" s="16" t="s">
+      <c r="C646" s="11"/>
+      <c r="D646" s="6"/>
+      <c r="E646" s="43"/>
+    </row>
+    <row r="647" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A647" s="16" t="s">
         <v>1181</v>
       </c>
-      <c r="B646" s="16" t="s">
+      <c r="B647" s="16" t="s">
         <v>1182</v>
       </c>
-      <c r="C646" s="11"/>
-[...9 lines deleted...]
-      <c r="B647" s="8"/>
       <c r="C647" s="11"/>
       <c r="D647" s="11" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="E647" s="43"/>
     </row>
     <row r="648" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A648" s="19" t="s">
-        <v>1186</v>
+      <c r="A648" s="16" t="s">
+        <v>1184</v>
       </c>
       <c r="B648" s="8"/>
       <c r="C648" s="11"/>
       <c r="D648" s="11" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="E648" s="43"/>
     </row>
-    <row r="649" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>1188</v>
+    <row r="649" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A649" s="19" t="s">
+        <v>1186</v>
       </c>
       <c r="B649" s="8"/>
       <c r="C649" s="11"/>
       <c r="D649" s="11" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="E649" s="43"/>
     </row>
-    <row r="650" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      </c>
+    <row r="650" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A650" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B650" s="8"/>
       <c r="C650" s="11"/>
       <c r="D650" s="11" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E650" s="43"/>
+    </row>
+    <row r="651" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A651" s="16" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B651" s="16" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C651" s="11"/>
+      <c r="D651" s="11" t="s">
         <v>1192</v>
       </c>
-      <c r="E650" s="43"/>
-[...3 lines deleted...]
-      <c r="B651" s="16" t="s">
+      <c r="E651" s="43"/>
+    </row>
+    <row r="652" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A652" s="8"/>
+      <c r="B652" s="16" t="s">
         <v>1193</v>
       </c>
-      <c r="C651" s="11"/>
-[...4 lines deleted...]
-      <c r="A652" s="16" t="s">
+      <c r="C652" s="11"/>
+      <c r="D652" s="6"/>
+      <c r="E652" s="43"/>
+    </row>
+    <row r="653" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A653" s="16" t="s">
         <v>1194</v>
       </c>
-      <c r="B652" s="8"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B653" s="8"/>
       <c r="C653" s="11"/>
       <c r="D653" s="11" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E653" s="43"/>
+    </row>
+    <row r="654" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A654" s="16" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B654" s="16" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C654" s="11"/>
+      <c r="D654" s="11" t="s">
         <v>1198</v>
       </c>
-      <c r="E653" s="43"/>
-[...3 lines deleted...]
-      <c r="B654" s="16" t="s">
+      <c r="E654" s="43"/>
+    </row>
+    <row r="655" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A655" s="8"/>
+      <c r="B655" s="16" t="s">
         <v>1199</v>
       </c>
-      <c r="C654" s="11"/>
-[...4 lines deleted...]
-      <c r="A655" s="16" t="s">
+      <c r="C655" s="11"/>
+      <c r="D655" s="6"/>
+      <c r="E655" s="43"/>
+    </row>
+    <row r="656" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A656" s="16" t="s">
         <v>1200</v>
       </c>
-      <c r="B655" s="16" t="s">
+      <c r="B656" s="16" t="s">
         <v>1201</v>
       </c>
-      <c r="C655" s="11"/>
-[...9 lines deleted...]
-      <c r="B656" s="8"/>
       <c r="C656" s="11"/>
       <c r="D656" s="11" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="E656" s="43"/>
     </row>
     <row r="657" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A657" s="16" t="s">
-        <v>1205</v>
-[...3 lines deleted...]
-      </c>
+        <v>1203</v>
+      </c>
+      <c r="B657" s="8"/>
       <c r="C657" s="11"/>
       <c r="D657" s="11" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="E657" s="43"/>
     </row>
-    <row r="658" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="658" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A658" s="16" t="s">
-        <v>1208</v>
-[...2 lines deleted...]
-        <v>1209</v>
+        <v>1205</v>
+      </c>
+      <c r="B658" s="16" t="s">
+        <v>1206</v>
       </c>
       <c r="C658" s="11"/>
       <c r="D658" s="11" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E658" s="43"/>
+    </row>
+    <row r="659" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A659" s="16" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B659" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C659" s="11"/>
+      <c r="D659" s="11" t="s">
         <v>1210</v>
       </c>
-      <c r="E658" s="43"/>
-[...7 lines deleted...]
-      <c r="D659" s="6"/>
       <c r="E659" s="43"/>
     </row>
     <row r="660" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A660" s="8"/>
-      <c r="B660" s="16" t="s">
-        <v>230</v>
+      <c r="B660" s="1" t="s">
+        <v>228</v>
       </c>
       <c r="C660" s="11"/>
       <c r="D660" s="6"/>
       <c r="E660" s="43"/>
     </row>
-    <row r="661" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
-      <c r="A661" s="16" t="s">
+    <row r="661" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A661" s="8"/>
+      <c r="B661" s="16" t="s">
+        <v>230</v>
+      </c>
+      <c r="C661" s="11"/>
+      <c r="D661" s="6"/>
+      <c r="E661" s="43"/>
+    </row>
+    <row r="662" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+      <c r="A662" s="16" t="s">
         <v>1211</v>
-      </c>
-[...9 lines deleted...]
-        <v>1213</v>
       </c>
       <c r="B662" s="8"/>
       <c r="C662" s="11"/>
-      <c r="D662" s="11" t="s">
-        <v>1214</v>
+      <c r="D662" s="6" t="s">
+        <v>1212</v>
       </c>
       <c r="E662" s="43"/>
     </row>
     <row r="663" spans="1:5" ht="201.6" x14ac:dyDescent="0.3">
       <c r="A663" s="16" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="B663" s="8"/>
       <c r="C663" s="11"/>
       <c r="D663" s="11" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E663" s="43"/>
+    </row>
+    <row r="664" spans="1:5" ht="201.6" x14ac:dyDescent="0.3">
+      <c r="A664" s="16" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B664" s="8"/>
+      <c r="C664" s="11"/>
+      <c r="D664" s="11" t="s">
         <v>1216</v>
       </c>
-      <c r="E663" s="43"/>
-[...4 lines deleted...]
-      <c r="C664" s="10" t="s">
+      <c r="E664" s="43"/>
+    </row>
+    <row r="665" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A665" s="8"/>
+      <c r="B665" s="8"/>
+      <c r="C665" s="10" t="s">
         <v>1217</v>
       </c>
-      <c r="D664" s="11"/>
-[...3 lines deleted...]
-      <c r="A665" s="1" t="s">
+      <c r="D665" s="11"/>
+      <c r="E665" s="43"/>
+    </row>
+    <row r="666" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A666" s="1" t="s">
         <v>1218</v>
-      </c>
-[...11 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="B666" s="16" t="s">
         <v>56</v>
       </c>
       <c r="C666" s="11"/>
       <c r="D666" s="11" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="E666" s="43"/>
     </row>
     <row r="667" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-      <c r="A667" s="10" t="s">
-[...2 lines deleted...]
-      <c r="B667" s="16"/>
+      <c r="A667" s="16" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B667" s="16" t="s">
+        <v>56</v>
+      </c>
       <c r="C667" s="11"/>
       <c r="D667" s="11" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="E667" s="43"/>
     </row>
-    <row r="668" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B668" s="8"/>
+    <row r="668" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A668" s="10" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B668" s="16"/>
       <c r="C668" s="11"/>
       <c r="D668" s="11" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E668" s="43"/>
+    </row>
+    <row r="669" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A669" s="16" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B669" s="8"/>
+      <c r="C669" s="11"/>
+      <c r="D669" s="11" t="s">
         <v>1225</v>
       </c>
-      <c r="E668" s="43"/>
-[...2 lines deleted...]
-      <c r="A669" s="95" t="s">
+      <c r="E669" s="43"/>
+    </row>
+    <row r="670" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A670" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B669" s="95"/>
-[...7 lines deleted...]
-      <c r="C670" s="10" t="s">
+      <c r="B670" s="95"/>
+      <c r="C670" s="95"/>
+      <c r="D670" s="95"/>
+      <c r="E670" s="95"/>
+    </row>
+    <row r="671" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A671" s="8"/>
+      <c r="B671" s="8"/>
+      <c r="C671" s="10" t="s">
         <v>1226</v>
       </c>
-      <c r="D670" s="11" t="s">
+      <c r="D671" s="11" t="s">
         <v>1227</v>
       </c>
-      <c r="E670" s="43" t="s">
+      <c r="E671" s="43" t="s">
         <v>1228</v>
       </c>
     </row>
-    <row r="671" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A671" s="16" t="s">
+    <row r="672" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A672" s="16" t="s">
         <v>1229</v>
       </c>
-      <c r="B671" s="8"/>
-[...1 lines deleted...]
-      <c r="D671" s="11" t="s">
+      <c r="B672" s="8"/>
+      <c r="C672" s="11"/>
+      <c r="D672" s="11" t="s">
         <v>1230</v>
       </c>
-      <c r="E671" s="43"/>
-[...4 lines deleted...]
-      <c r="C672" s="10" t="s">
+      <c r="E672" s="43"/>
+    </row>
+    <row r="673" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A673" s="8"/>
+      <c r="B673" s="8"/>
+      <c r="C673" s="10" t="s">
         <v>1231</v>
       </c>
-      <c r="D672" s="11" t="s">
+      <c r="D673" s="11" t="s">
         <v>1232</v>
       </c>
-      <c r="E672" s="43"/>
-[...2 lines deleted...]
-      <c r="A673" s="16" t="s">
+      <c r="E673" s="43"/>
+    </row>
+    <row r="674" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A674" s="16" t="s">
         <v>1233</v>
       </c>
-      <c r="B673" s="1" t="s">
+      <c r="B674" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="C673" s="11"/>
-      <c r="D673" s="6" t="s">
+      <c r="C674" s="11"/>
+      <c r="D674" s="6" t="s">
         <v>1235</v>
       </c>
-      <c r="E673" s="43"/>
-[...7 lines deleted...]
-      <c r="D674" s="11"/>
       <c r="E674" s="43"/>
     </row>
-    <row r="675" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="675" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A675" s="8"/>
       <c r="B675" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="C675" s="11"/>
-      <c r="D675" s="6"/>
+      <c r="D675" s="11"/>
       <c r="E675" s="43"/>
     </row>
-    <row r="676" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+    <row r="676" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A676" s="8"/>
       <c r="B676" s="1" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="C676" s="11"/>
       <c r="D676" s="6"/>
       <c r="E676" s="43"/>
     </row>
-    <row r="677" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="677" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A677" s="8"/>
       <c r="B677" s="1" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
       <c r="C677" s="11"/>
       <c r="D677" s="6"/>
       <c r="E677" s="43"/>
     </row>
-    <row r="678" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="678" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A678" s="8"/>
       <c r="B678" s="1" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="C678" s="11"/>
       <c r="D678" s="6"/>
       <c r="E678" s="43"/>
     </row>
-    <row r="679" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="679" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A679" s="8"/>
       <c r="B679" s="1" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="C679" s="11"/>
       <c r="D679" s="6"/>
       <c r="E679" s="43"/>
     </row>
-    <row r="680" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="680" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A680" s="8"/>
       <c r="B680" s="1" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
       <c r="C680" s="11"/>
       <c r="D680" s="6"/>
       <c r="E680" s="43"/>
     </row>
-    <row r="681" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="681" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A681" s="8"/>
-      <c r="B681" s="16" t="s">
-        <v>1243</v>
+      <c r="B681" s="1" t="s">
+        <v>1242</v>
       </c>
       <c r="C681" s="11"/>
       <c r="D681" s="6"/>
       <c r="E681" s="43"/>
     </row>
-    <row r="682" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A682" s="16" t="s">
+    <row r="682" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A682" s="8"/>
+      <c r="B682" s="16" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C682" s="11"/>
+      <c r="D682" s="6"/>
+      <c r="E682" s="43"/>
+    </row>
+    <row r="683" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A683" s="16" t="s">
         <v>1244</v>
-      </c>
-[...9 lines deleted...]
-        <v>936</v>
       </c>
       <c r="B683" s="8"/>
       <c r="C683" s="11"/>
-      <c r="D683" s="6" t="s">
+      <c r="D683" s="11" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E683" s="43"/>
+    </row>
+    <row r="684" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A684" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="B684" s="8"/>
+      <c r="C684" s="11"/>
+      <c r="D684" s="6" t="s">
         <v>921</v>
       </c>
-      <c r="E683" s="43"/>
-[...4 lines deleted...]
-      <c r="C684" s="12" t="s">
+      <c r="E684" s="43"/>
+    </row>
+    <row r="685" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A685" s="8"/>
+      <c r="B685" s="8"/>
+      <c r="C685" s="12" t="s">
         <v>1246</v>
       </c>
-      <c r="D684" s="11"/>
-[...10 lines deleted...]
-      </c>
+      <c r="D685" s="11"/>
       <c r="E685" s="43"/>
     </row>
     <row r="686" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A686" s="16" t="s">
-        <v>1249</v>
-[...3 lines deleted...]
-      </c>
+        <v>1247</v>
+      </c>
+      <c r="B686" s="8"/>
       <c r="C686" s="6"/>
       <c r="D686" s="11" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E686" s="43"/>
+    </row>
+    <row r="687" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A687" s="16" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C687" s="6"/>
+      <c r="D687" s="11" t="s">
         <v>1251</v>
       </c>
-      <c r="E686" s="43"/>
-[...3 lines deleted...]
-      <c r="B687" s="16" t="s">
+      <c r="E687" s="43"/>
+    </row>
+    <row r="688" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A688" s="8"/>
+      <c r="B688" s="16" t="s">
         <v>1252</v>
       </c>
-      <c r="C687" s="11"/>
-[...4 lines deleted...]
-      <c r="A688" s="16" t="s">
+      <c r="C688" s="11"/>
+      <c r="D688" s="6"/>
+      <c r="E688" s="43"/>
+    </row>
+    <row r="689" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A689" s="16" t="s">
         <v>1253</v>
       </c>
-      <c r="B688" s="1" t="s">
+      <c r="B689" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="C688" s="11"/>
-      <c r="D688" s="11" t="s">
+      <c r="C689" s="11"/>
+      <c r="D689" s="11" t="s">
         <v>1255</v>
       </c>
-      <c r="E688" s="43"/>
-[...7 lines deleted...]
-      <c r="D689" s="6"/>
       <c r="E689" s="43"/>
     </row>
     <row r="690" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A690" s="8"/>
       <c r="B690" s="1" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
       <c r="C690" s="11"/>
       <c r="D690" s="6"/>
       <c r="E690" s="43"/>
     </row>
-    <row r="691" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A691" s="16" t="s">
+    <row r="691" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A691" s="8"/>
+      <c r="B691" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C691" s="11"/>
+      <c r="D691" s="6"/>
+      <c r="E691" s="43"/>
+    </row>
+    <row r="692" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A692" s="16" t="s">
         <v>1258</v>
       </c>
-      <c r="B691" s="16" t="s">
+      <c r="B692" s="16" t="s">
         <v>1259</v>
       </c>
-      <c r="C691" s="11"/>
-[...9 lines deleted...]
-      <c r="B692" s="8"/>
       <c r="C692" s="11"/>
       <c r="D692" s="11" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="E692" s="43"/>
     </row>
     <row r="693" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A693" s="16" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="B693" s="8"/>
       <c r="C693" s="11"/>
       <c r="D693" s="11" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="E693" s="43"/>
     </row>
-    <row r="694" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="694" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A694" s="16" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="B694" s="8"/>
       <c r="C694" s="11"/>
       <c r="D694" s="11" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="E694" s="43"/>
     </row>
     <row r="695" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A695" s="16" t="s">
-        <v>1267</v>
-[...3 lines deleted...]
-      </c>
+        <v>1265</v>
+      </c>
+      <c r="B695" s="8"/>
       <c r="C695" s="11"/>
       <c r="D695" s="11" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E695" s="43"/>
+    </row>
+    <row r="696" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A696" s="16" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C696" s="11"/>
+      <c r="D696" s="11" t="s">
         <v>1268</v>
       </c>
-      <c r="E695" s="43"/>
-[...7 lines deleted...]
-      <c r="D696" s="6"/>
       <c r="E696" s="43"/>
     </row>
     <row r="697" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A697" s="8"/>
       <c r="B697" s="1" t="s">
-        <v>326</v>
+        <v>230</v>
       </c>
       <c r="C697" s="11"/>
       <c r="D697" s="6"/>
       <c r="E697" s="43"/>
     </row>
     <row r="698" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A698" s="8"/>
       <c r="B698" s="1" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C698" s="11"/>
       <c r="D698" s="6"/>
       <c r="E698" s="43"/>
     </row>
     <row r="699" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A699" s="8"/>
       <c r="B699" s="1" t="s">
-        <v>505</v>
+        <v>327</v>
       </c>
       <c r="C699" s="11"/>
       <c r="D699" s="6"/>
       <c r="E699" s="43"/>
     </row>
     <row r="700" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A700" s="8"/>
       <c r="B700" s="1" t="s">
-        <v>1269</v>
+        <v>505</v>
       </c>
       <c r="C700" s="11"/>
       <c r="D700" s="6"/>
       <c r="E700" s="43"/>
     </row>
     <row r="701" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A701" s="8"/>
       <c r="B701" s="1" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="C701" s="11"/>
       <c r="D701" s="6"/>
       <c r="E701" s="43"/>
     </row>
     <row r="702" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A702" s="95" t="s">
+      <c r="A702" s="8"/>
+      <c r="B702" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C702" s="11"/>
+      <c r="D702" s="6"/>
+      <c r="E702" s="43"/>
+    </row>
+    <row r="703" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A703" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B702" s="95"/>
-[...7 lines deleted...]
-      <c r="C703" s="10" t="s">
+      <c r="B703" s="95"/>
+      <c r="C703" s="95"/>
+      <c r="D703" s="95"/>
+      <c r="E703" s="95"/>
+    </row>
+    <row r="704" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A704" s="8"/>
+      <c r="B704" s="8"/>
+      <c r="C704" s="10" t="s">
         <v>1271</v>
       </c>
-      <c r="D703" s="11" t="s">
+      <c r="D704" s="11" t="s">
         <v>1272</v>
       </c>
-      <c r="E703" s="43" t="s">
+      <c r="E704" s="43" t="s">
         <v>1273</v>
       </c>
     </row>
-    <row r="704" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A704" s="16" t="s">
+    <row r="705" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A705" s="16" t="s">
         <v>1274</v>
       </c>
-      <c r="B704" s="16" t="s">
+      <c r="B705" s="16" t="s">
         <v>1275</v>
       </c>
-      <c r="C704" s="11"/>
-[...9 lines deleted...]
-      <c r="B705" s="8"/>
       <c r="C705" s="11"/>
       <c r="D705" s="11" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="E705" s="43"/>
     </row>
-    <row r="706" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="706" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A706" s="16" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="B706" s="8"/>
       <c r="C706" s="11"/>
       <c r="D706" s="11" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
       <c r="E706" s="43"/>
     </row>
-    <row r="707" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+    <row r="707" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A707" s="16" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="B707" s="8"/>
       <c r="C707" s="11"/>
       <c r="D707" s="11" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="E707" s="43"/>
     </row>
-    <row r="708" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="708" spans="1:5" ht="216" x14ac:dyDescent="0.3">
       <c r="A708" s="16" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B708" s="8"/>
       <c r="C708" s="11"/>
       <c r="D708" s="11" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E708" s="43"/>
+    </row>
+    <row r="709" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A709" s="16" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B709" s="8"/>
+      <c r="C709" s="11"/>
+      <c r="D709" s="11" t="s">
         <v>1284</v>
       </c>
-      <c r="E708" s="43"/>
-[...4 lines deleted...]
-      <c r="C709" s="16" t="s">
+      <c r="E709" s="43"/>
+    </row>
+    <row r="710" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A710" s="8"/>
+      <c r="B710" s="8"/>
+      <c r="C710" s="16" t="s">
         <v>1285</v>
       </c>
-      <c r="D709" s="6"/>
-[...3 lines deleted...]
-      <c r="A710" s="16" t="s">
+      <c r="D710" s="6"/>
+      <c r="E710" s="43"/>
+    </row>
+    <row r="711" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A711" s="16" t="s">
         <v>1286</v>
-      </c>
-[...9 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="B711" s="8"/>
       <c r="C711" s="11"/>
       <c r="D711" s="11" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E711" s="43"/>
+    </row>
+    <row r="712" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A712" s="16" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B712" s="8"/>
+      <c r="C712" s="11"/>
+      <c r="D712" s="11" t="s">
         <v>1289</v>
       </c>
-      <c r="E711" s="43"/>
-[...2 lines deleted...]
-      <c r="A712" s="95" t="s">
+      <c r="E712" s="43"/>
+    </row>
+    <row r="713" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A713" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B712" s="95"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B713" s="95"/>
+      <c r="C713" s="95"/>
+      <c r="D713" s="95"/>
+      <c r="E713" s="95"/>
     </row>
     <row r="714" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A714" s="8"/>
       <c r="B714" s="8"/>
       <c r="C714" s="10" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D714" s="11" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E714" s="43" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="715" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A715" s="8"/>
+      <c r="B715" s="8"/>
+      <c r="C715" s="10" t="s">
         <v>1292</v>
       </c>
-      <c r="D714" s="11" t="s">
+      <c r="D715" s="11" t="s">
         <v>1293</v>
       </c>
-      <c r="E714" s="43"/>
-[...2 lines deleted...]
-      <c r="A715" s="95" t="s">
+      <c r="E715" s="43"/>
+    </row>
+    <row r="716" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A716" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B715" s="95"/>
-[...5 lines deleted...]
-      <c r="A716" s="16" t="s">
+      <c r="B716" s="95"/>
+      <c r="C716" s="95"/>
+      <c r="D716" s="95"/>
+      <c r="E716" s="95"/>
+    </row>
+    <row r="717" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A717" s="16" t="s">
         <v>1294</v>
-      </c>
-[...11 lines deleted...]
-        <v>1297</v>
       </c>
       <c r="B717" s="8"/>
       <c r="C717" s="11"/>
       <c r="D717" s="11" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E717" s="43" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="718" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A718" s="16" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B718" s="8"/>
+      <c r="C718" s="11"/>
+      <c r="D718" s="11" t="s">
         <v>1298</v>
       </c>
-      <c r="E717" s="43"/>
-[...9 lines deleted...]
-      </c>
       <c r="E718" s="43"/>
     </row>
-    <row r="719" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+    <row r="719" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A719" s="8"/>
       <c r="B719" s="8"/>
       <c r="C719" s="10" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D719" s="11" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E719" s="43"/>
+    </row>
+    <row r="720" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+      <c r="A720" s="8"/>
+      <c r="B720" s="8"/>
+      <c r="C720" s="10" t="s">
         <v>1301</v>
       </c>
-      <c r="D719" s="11" t="s">
+      <c r="D720" s="11" t="s">
         <v>1710</v>
       </c>
-      <c r="E719" s="43"/>
-[...2 lines deleted...]
-      <c r="A720" s="16" t="s">
+      <c r="E720" s="43"/>
+    </row>
+    <row r="721" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A721" s="16" t="s">
         <v>1302</v>
       </c>
-      <c r="B720" s="16" t="s">
+      <c r="B721" s="16" t="s">
         <v>228</v>
       </c>
-      <c r="C720" s="11"/>
-      <c r="D720" s="11" t="s">
+      <c r="C721" s="11"/>
+      <c r="D721" s="11" t="s">
         <v>1303</v>
       </c>
-      <c r="E720" s="43"/>
-[...7 lines deleted...]
-      <c r="D721" s="6"/>
       <c r="E721" s="43"/>
     </row>
     <row r="722" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A722" s="8"/>
       <c r="B722" s="16" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="C722" s="11"/>
       <c r="D722" s="6"/>
       <c r="E722" s="43"/>
     </row>
     <row r="723" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A723" s="8"/>
       <c r="B723" s="16" t="s">
-        <v>1306</v>
+        <v>1305</v>
       </c>
       <c r="C723" s="11"/>
       <c r="D723" s="6"/>
       <c r="E723" s="43"/>
     </row>
     <row r="724" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A724" s="8"/>
       <c r="B724" s="16" t="s">
-        <v>1307</v>
+        <v>1306</v>
       </c>
       <c r="C724" s="11"/>
       <c r="D724" s="6"/>
       <c r="E724" s="43"/>
     </row>
     <row r="725" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A725" s="8"/>
       <c r="B725" s="16" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="C725" s="11"/>
       <c r="D725" s="6"/>
       <c r="E725" s="43"/>
     </row>
     <row r="726" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A726" s="8"/>
       <c r="B726" s="16" t="s">
-        <v>1269</v>
+        <v>1308</v>
       </c>
       <c r="C726" s="11"/>
       <c r="D726" s="6"/>
       <c r="E726" s="43"/>
     </row>
     <row r="727" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A727" s="8"/>
       <c r="B727" s="16" t="s">
-        <v>1309</v>
+        <v>1269</v>
       </c>
       <c r="C727" s="11"/>
       <c r="D727" s="6"/>
       <c r="E727" s="43"/>
     </row>
     <row r="728" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A728" s="8"/>
       <c r="B728" s="16" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="C728" s="11"/>
       <c r="D728" s="6"/>
       <c r="E728" s="43"/>
     </row>
-    <row r="729" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A729" s="16" t="s">
+    <row r="729" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A729" s="8"/>
+      <c r="B729" s="16" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C729" s="11"/>
+      <c r="D729" s="6"/>
+      <c r="E729" s="43"/>
+    </row>
+    <row r="730" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A730" s="16" t="s">
         <v>1311</v>
       </c>
-      <c r="B729" s="16" t="s">
+      <c r="B730" s="16" t="s">
         <v>228</v>
       </c>
-      <c r="C729" s="11"/>
-      <c r="D729" s="11" t="s">
+      <c r="C730" s="11"/>
+      <c r="D730" s="11" t="s">
         <v>1312</v>
       </c>
-      <c r="E729" s="43"/>
-[...7 lines deleted...]
-      <c r="D730" s="6"/>
       <c r="E730" s="43"/>
     </row>
     <row r="731" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A731" s="8"/>
       <c r="B731" s="16" t="s">
-        <v>326</v>
+        <v>230</v>
       </c>
       <c r="C731" s="11"/>
       <c r="D731" s="6"/>
       <c r="E731" s="43"/>
     </row>
     <row r="732" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A732" s="8"/>
       <c r="B732" s="16" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C732" s="11"/>
       <c r="D732" s="6"/>
       <c r="E732" s="43"/>
     </row>
     <row r="733" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A733" s="95" t="s">
+      <c r="A733" s="8"/>
+      <c r="B733" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="C733" s="11"/>
+      <c r="D733" s="6"/>
+      <c r="E733" s="43"/>
+    </row>
+    <row r="734" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A734" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B733" s="95"/>
-[...5 lines deleted...]
-      <c r="A734" s="19" t="s">
+      <c r="B734" s="95"/>
+      <c r="C734" s="95"/>
+      <c r="D734" s="95"/>
+      <c r="E734" s="95"/>
+    </row>
+    <row r="735" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A735" s="19" t="s">
         <v>1313</v>
       </c>
-      <c r="B734" s="9"/>
-[...1 lines deleted...]
-      <c r="D734" s="11" t="s">
+      <c r="B735" s="9"/>
+      <c r="C735" s="9"/>
+      <c r="D735" s="11" t="s">
         <v>1314</v>
       </c>
-      <c r="E734" s="51" t="s">
+      <c r="E735" s="51" t="s">
         <v>1315</v>
       </c>
     </row>
-    <row r="735" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A735" s="95" t="s">
+    <row r="736" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A736" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B735" s="95"/>
-[...5 lines deleted...]
-      <c r="A736" s="1" t="s">
+      <c r="B736" s="95"/>
+      <c r="C736" s="95"/>
+      <c r="D736" s="95"/>
+      <c r="E736" s="95"/>
+    </row>
+    <row r="737" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A737" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="B736" s="8"/>
-[...1 lines deleted...]
-      <c r="D736" s="11" t="s">
+      <c r="B737" s="8"/>
+      <c r="C737" s="11"/>
+      <c r="D737" s="11" t="s">
         <v>1317</v>
       </c>
-      <c r="E736" s="43" t="s">
+      <c r="E737" s="43" t="s">
         <v>1318</v>
       </c>
     </row>
-    <row r="737" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A737" s="95" t="s">
+    <row r="738" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A738" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B737" s="95"/>
-[...5 lines deleted...]
-      <c r="A738" s="10" t="s">
+      <c r="B738" s="95"/>
+      <c r="C738" s="95"/>
+      <c r="D738" s="95"/>
+      <c r="E738" s="95"/>
+    </row>
+    <row r="739" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A739" s="10" t="s">
         <v>1164</v>
       </c>
-      <c r="B738" s="10" t="s">
+      <c r="B739" s="10" t="s">
         <v>1319</v>
       </c>
-      <c r="C738" s="9"/>
-      <c r="D738" s="11" t="s">
+      <c r="C739" s="9"/>
+      <c r="D739" s="11" t="s">
         <v>1320</v>
       </c>
-      <c r="E738" s="43" t="s">
+      <c r="E739" s="43" t="s">
         <v>1321</v>
       </c>
     </row>
-    <row r="739" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B739" s="10" t="s">
+    <row r="740" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A740" s="3"/>
+      <c r="B740" s="10" t="s">
         <v>1322</v>
       </c>
-      <c r="C739" s="9"/>
-[...9 lines deleted...]
-      </c>
       <c r="C740" s="9"/>
-      <c r="D740" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E740" s="45"/>
+      <c r="D740" s="11"/>
+      <c r="E740" s="42"/>
     </row>
     <row r="741" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A741" s="10" t="s">
-        <v>1326</v>
+        <v>1323</v>
       </c>
       <c r="B741" s="9" t="s">
         <v>1324</v>
       </c>
       <c r="C741" s="9"/>
       <c r="D741" s="11" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E741" s="45"/>
+    </row>
+    <row r="742" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A742" s="10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B742" s="9" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C742" s="9"/>
+      <c r="D742" s="11" t="s">
         <v>1327</v>
       </c>
-      <c r="E741" s="42"/>
-[...2 lines deleted...]
-      <c r="A742" s="95" t="s">
+      <c r="E742" s="42"/>
+    </row>
+    <row r="743" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A743" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B742" s="95"/>
-[...7 lines deleted...]
-      <c r="C743" s="54" t="s">
+      <c r="B743" s="95"/>
+      <c r="C743" s="95"/>
+      <c r="D743" s="95"/>
+      <c r="E743" s="95"/>
+    </row>
+    <row r="744" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A744" s="72"/>
+      <c r="B744" s="72"/>
+      <c r="C744" s="54" t="s">
         <v>1739</v>
       </c>
-      <c r="D743" s="11" t="s">
+      <c r="D744" s="11" t="s">
         <v>1740</v>
       </c>
-      <c r="E743" s="43" t="s">
+      <c r="E744" s="43" t="s">
         <v>1330</v>
       </c>
     </row>
-    <row r="744" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
-      <c r="A744" s="10" t="s">
+    <row r="745" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A745" s="10" t="s">
         <v>1328</v>
       </c>
-      <c r="B744" s="9"/>
-[...1 lines deleted...]
-      <c r="D744" s="11" t="s">
+      <c r="B745" s="9"/>
+      <c r="C745" s="9"/>
+      <c r="D745" s="11" t="s">
         <v>1329</v>
       </c>
-      <c r="E744" s="50"/>
-[...2 lines deleted...]
-      <c r="A745" s="70" t="s">
+      <c r="E745" s="50"/>
+    </row>
+    <row r="746" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A746" s="70" t="s">
         <v>1734</v>
       </c>
-      <c r="B745" s="68"/>
-[...1 lines deleted...]
-      <c r="D745" s="68" t="s">
+      <c r="B746" s="68"/>
+      <c r="C746" s="68"/>
+      <c r="D746" s="68" t="s">
         <v>1735</v>
       </c>
-      <c r="E745" s="69"/>
-[...6 lines deleted...]
-      <c r="E746" s="95"/>
+      <c r="E746" s="69"/>
     </row>
     <row r="747" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A747" s="95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A747" s="95"/>
       <c r="B747" s="95"/>
       <c r="C747" s="95"/>
       <c r="D747" s="95"/>
       <c r="E747" s="95"/>
     </row>
-    <row r="748" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-    <row r="749" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="748" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A748" s="95" t="s">
+        <v>14</v>
+      </c>
+      <c r="B748" s="95"/>
+      <c r="C748" s="95"/>
+      <c r="D748" s="95"/>
+      <c r="E748" s="95"/>
+    </row>
+    <row r="749" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A749" s="8"/>
       <c r="B749" s="8"/>
       <c r="C749" s="10" t="s">
-        <v>1334</v>
+        <v>1331</v>
       </c>
       <c r="D749" s="11" t="s">
-        <v>1335</v>
-[...1 lines deleted...]
-      <c r="E749" s="43"/>
+        <v>1332</v>
+      </c>
+      <c r="E749" s="43" t="s">
+        <v>1333</v>
+      </c>
     </row>
     <row r="750" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A750" s="8"/>
       <c r="B750" s="8"/>
       <c r="C750" s="10" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="D750" s="11" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="E750" s="43"/>
     </row>
     <row r="751" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A751" s="8"/>
       <c r="B751" s="8"/>
       <c r="C751" s="10" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D751" s="11" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E751" s="43"/>
+    </row>
+    <row r="752" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A752" s="8"/>
+      <c r="B752" s="8"/>
+      <c r="C752" s="10" t="s">
         <v>1338</v>
       </c>
-      <c r="D751" s="11" t="s">
+      <c r="D752" s="11" t="s">
         <v>1339</v>
       </c>
-      <c r="E751" s="43"/>
-[...2 lines deleted...]
-      <c r="A752" s="16" t="s">
+      <c r="E752" s="43"/>
+    </row>
+    <row r="753" spans="1:5" ht="172.8" x14ac:dyDescent="0.3">
+      <c r="A753" s="16" t="s">
         <v>1340</v>
       </c>
-      <c r="B752" s="16" t="s">
+      <c r="B753" s="16" t="s">
         <v>1341</v>
       </c>
-      <c r="C752" s="11"/>
-[...9 lines deleted...]
-      <c r="B753" s="8"/>
       <c r="C753" s="11"/>
       <c r="D753" s="11" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="E753" s="43"/>
     </row>
-    <row r="754" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="754" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A754" s="16" t="s">
-        <v>1345</v>
+        <v>1343</v>
       </c>
       <c r="B754" s="8"/>
       <c r="C754" s="11"/>
       <c r="D754" s="11" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="E754" s="43"/>
     </row>
-    <row r="755" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="755" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A755" s="16" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="B755" s="8"/>
       <c r="C755" s="11"/>
       <c r="D755" s="11" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="E755" s="43"/>
     </row>
-    <row r="756" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="756" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A756" s="16" t="s">
-        <v>1349</v>
-[...3 lines deleted...]
-      </c>
+        <v>1347</v>
+      </c>
+      <c r="B756" s="8"/>
       <c r="C756" s="11"/>
       <c r="D756" s="11" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E756" s="43"/>
+    </row>
+    <row r="757" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A757" s="16" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C757" s="11"/>
+      <c r="D757" s="11" t="s">
         <v>1351</v>
       </c>
-      <c r="E756" s="43"/>
-[...3 lines deleted...]
-      <c r="B757" s="16" t="s">
+      <c r="E757" s="43"/>
+    </row>
+    <row r="758" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A758" s="8"/>
+      <c r="B758" s="16" t="s">
         <v>1352</v>
       </c>
-      <c r="C757" s="11"/>
-[...4 lines deleted...]
-      <c r="A758" s="16" t="s">
+      <c r="C758" s="11"/>
+      <c r="D758" s="6"/>
+      <c r="E758" s="43"/>
+    </row>
+    <row r="759" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+      <c r="A759" s="16" t="s">
         <v>1353</v>
-      </c>
-[...9 lines deleted...]
-        <v>1355</v>
       </c>
       <c r="B759" s="8"/>
       <c r="C759" s="11"/>
       <c r="D759" s="11" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="E759" s="43"/>
     </row>
-    <row r="760" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+    <row r="760" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A760" s="16" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="B760" s="8"/>
       <c r="C760" s="11"/>
       <c r="D760" s="11" t="s">
-        <v>1358</v>
+        <v>1356</v>
       </c>
       <c r="E760" s="43"/>
     </row>
-    <row r="761" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="761" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
       <c r="A761" s="16" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="B761" s="8"/>
       <c r="C761" s="11"/>
       <c r="D761" s="11" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="E761" s="43"/>
     </row>
-    <row r="762" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="762" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A762" s="16" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="B762" s="8"/>
       <c r="C762" s="11"/>
       <c r="D762" s="11" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="E762" s="43"/>
     </row>
     <row r="763" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A763" s="16" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="B763" s="8"/>
       <c r="C763" s="11"/>
       <c r="D763" s="11" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E763" s="43"/>
+    </row>
+    <row r="764" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A764" s="16" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B764" s="8"/>
+      <c r="C764" s="11"/>
+      <c r="D764" s="11" t="s">
         <v>1364</v>
       </c>
-      <c r="E763" s="43"/>
-[...4 lines deleted...]
-      <c r="C764" s="12" t="s">
+      <c r="E764" s="43"/>
+    </row>
+    <row r="765" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A765" s="8"/>
+      <c r="B765" s="8"/>
+      <c r="C765" s="12" t="s">
         <v>1365</v>
       </c>
-      <c r="D764" s="6"/>
-[...3 lines deleted...]
-      <c r="A765" s="16" t="s">
+      <c r="D765" s="6"/>
+      <c r="E765" s="43"/>
+    </row>
+    <row r="766" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A766" s="16" t="s">
         <v>1366</v>
-      </c>
-[...9 lines deleted...]
-        <v>1368</v>
       </c>
       <c r="B766" s="8"/>
       <c r="C766" s="11"/>
       <c r="D766" s="11" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E766" s="43"/>
+    </row>
+    <row r="767" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+      <c r="A767" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B767" s="8"/>
+      <c r="C767" s="11"/>
+      <c r="D767" s="11" t="s">
         <v>1369</v>
       </c>
-      <c r="E766" s="43"/>
-[...7 lines deleted...]
-      <c r="D767" s="6"/>
       <c r="E767" s="43"/>
     </row>
-    <row r="768" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="768" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A768" s="8"/>
       <c r="B768" s="8"/>
       <c r="C768" s="10" t="s">
-        <v>1371</v>
+        <v>1370</v>
       </c>
       <c r="D768" s="6"/>
       <c r="E768" s="43"/>
     </row>
-    <row r="769" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="769" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A769" s="8"/>
       <c r="B769" s="8"/>
       <c r="C769" s="10" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="D769" s="6"/>
       <c r="E769" s="43"/>
     </row>
-    <row r="770" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="770" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A770" s="8"/>
       <c r="B770" s="8"/>
       <c r="C770" s="10" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="D770" s="6"/>
       <c r="E770" s="43"/>
     </row>
-    <row r="771" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="771" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A771" s="8"/>
       <c r="B771" s="8"/>
       <c r="C771" s="10" t="s">
-        <v>1374</v>
+        <v>1373</v>
       </c>
       <c r="D771" s="6"/>
       <c r="E771" s="43"/>
     </row>
     <row r="772" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A772" s="8"/>
       <c r="B772" s="8"/>
       <c r="C772" s="10" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
       <c r="D772" s="6"/>
       <c r="E772" s="43"/>
     </row>
     <row r="773" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A773" s="8"/>
       <c r="B773" s="8"/>
       <c r="C773" s="10" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
       <c r="D773" s="6"/>
       <c r="E773" s="43"/>
     </row>
     <row r="774" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A774" s="1" t="s">
+      <c r="A774" s="8"/>
+      <c r="B774" s="8"/>
+      <c r="C774" s="10" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D774" s="6"/>
+      <c r="E774" s="43"/>
+    </row>
+    <row r="775" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A775" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="B774" s="16" t="s">
+      <c r="B775" s="16" t="s">
         <v>1378</v>
       </c>
-      <c r="C774" s="11"/>
-[...9 lines deleted...]
-      <c r="B775" s="16"/>
       <c r="C775" s="11"/>
       <c r="D775" s="11" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E775" s="43"/>
+    </row>
+    <row r="776" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A776" s="10" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B776" s="16"/>
+      <c r="C776" s="11"/>
+      <c r="D776" s="11" t="s">
         <v>1381</v>
       </c>
-      <c r="E775" s="43"/>
-[...3 lines deleted...]
-      <c r="B776" s="10" t="s">
+      <c r="E776" s="43"/>
+    </row>
+    <row r="777" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A777" s="10"/>
+      <c r="B777" s="10" t="s">
         <v>56</v>
       </c>
-      <c r="C776" s="10" t="s">
+      <c r="C777" s="10" t="s">
         <v>1382</v>
       </c>
-      <c r="D776" s="11" t="s">
+      <c r="D777" s="11" t="s">
         <v>1383</v>
       </c>
-      <c r="E776" s="43"/>
-[...2 lines deleted...]
-      <c r="A777" s="95" t="s">
+      <c r="E777" s="43"/>
+    </row>
+    <row r="778" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A778" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B777" s="95"/>
-[...7 lines deleted...]
-      <c r="C778" s="54" t="s">
+      <c r="B778" s="95"/>
+      <c r="C778" s="95"/>
+      <c r="D778" s="95"/>
+      <c r="E778" s="95"/>
+    </row>
+    <row r="779" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A779" s="53"/>
+      <c r="B779" s="53"/>
+      <c r="C779" s="54" t="s">
         <v>1753</v>
       </c>
-      <c r="D778" s="11" t="s">
+      <c r="D779" s="11" t="s">
         <v>1752</v>
       </c>
-      <c r="E778" s="82" t="s">
+      <c r="E779" s="82" t="s">
         <v>1751</v>
       </c>
     </row>
-    <row r="779" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A779" s="95" t="s">
+    <row r="780" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A780" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B779" s="95"/>
-[...5 lines deleted...]
-      <c r="A780" s="18" t="s">
+      <c r="B780" s="95"/>
+      <c r="C780" s="95"/>
+      <c r="D780" s="95"/>
+      <c r="E780" s="95"/>
+    </row>
+    <row r="781" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A781" s="18" t="s">
         <v>1384</v>
       </c>
-      <c r="B780" s="16" t="s">
+      <c r="B781" s="16" t="s">
         <v>1385</v>
       </c>
-      <c r="C780" s="11"/>
-[...11 lines deleted...]
-      <c r="B781" s="8"/>
       <c r="C781" s="11"/>
       <c r="D781" s="11" t="s">
-        <v>1052</v>
-[...3 lines deleted...]
-    <row r="782" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+        <v>1386</v>
+      </c>
+      <c r="E781" s="43" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="782" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A782" s="16" t="s">
-        <v>1388</v>
+        <v>1051</v>
       </c>
       <c r="B782" s="8"/>
       <c r="C782" s="11"/>
       <c r="D782" s="11" t="s">
-        <v>1021</v>
+        <v>1052</v>
       </c>
       <c r="E782" s="43"/>
     </row>
-    <row r="783" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+    <row r="783" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A783" s="16" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
       <c r="B783" s="8"/>
       <c r="C783" s="11"/>
       <c r="D783" s="11" t="s">
-        <v>1050</v>
+        <v>1021</v>
       </c>
       <c r="E783" s="43"/>
     </row>
-    <row r="784" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="784" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
       <c r="A784" s="16" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="B784" s="8"/>
       <c r="C784" s="11"/>
       <c r="D784" s="11" t="s">
-        <v>1391</v>
+        <v>1050</v>
       </c>
       <c r="E784" s="43"/>
     </row>
-    <row r="785" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="785" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A785" s="16" t="s">
-        <v>1392</v>
+        <v>1390</v>
       </c>
       <c r="B785" s="8"/>
       <c r="C785" s="11"/>
       <c r="D785" s="11" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E785" s="43"/>
+    </row>
+    <row r="786" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A786" s="16" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B786" s="8"/>
+      <c r="C786" s="11"/>
+      <c r="D786" s="11" t="s">
         <v>1393</v>
       </c>
-      <c r="E785" s="43"/>
-[...2 lines deleted...]
-      <c r="A786" s="95" t="s">
+      <c r="E786" s="43"/>
+    </row>
+    <row r="787" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A787" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B786" s="95"/>
-[...17 lines deleted...]
-      </c>
+      <c r="B787" s="95"/>
+      <c r="C787" s="95"/>
+      <c r="D787" s="95"/>
+      <c r="E787" s="95"/>
     </row>
     <row r="788" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A788" s="16" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="B788" s="16" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
       <c r="C788" s="29"/>
       <c r="D788" s="11" t="s">
-        <v>1400</v>
-[...8 lines deleted...]
-        <v>1402</v>
+        <v>1396</v>
+      </c>
+      <c r="E788" s="43" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="789" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A789" s="16" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B789" s="16" t="s">
+        <v>1399</v>
       </c>
       <c r="C789" s="29"/>
       <c r="D789" s="11" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E789" s="43"/>
+    </row>
+    <row r="790" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A790" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B790" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C790" s="29"/>
+      <c r="D790" s="11" t="s">
         <v>1403</v>
       </c>
-      <c r="E789" s="43"/>
-[...2 lines deleted...]
-      <c r="A790" s="1" t="s">
+      <c r="E790" s="43"/>
+    </row>
+    <row r="791" spans="1:5" ht="90" x14ac:dyDescent="0.3">
+      <c r="A791" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="B790" s="1" t="s">
+      <c r="B791" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="C790" s="3"/>
-      <c r="D790" s="30" t="s">
+      <c r="C791" s="3"/>
+      <c r="D791" s="30" t="s">
         <v>1406</v>
       </c>
-      <c r="E790" s="2"/>
-[...2 lines deleted...]
-      <c r="A791" s="1" t="s">
+      <c r="E791" s="2"/>
+    </row>
+    <row r="792" spans="1:5" ht="162" x14ac:dyDescent="0.3">
+      <c r="A792" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="B791" s="1" t="s">
+      <c r="B792" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="C791" s="30"/>
-      <c r="D791" s="30" t="s">
+      <c r="C792" s="30"/>
+      <c r="D792" s="30" t="s">
         <v>1409</v>
       </c>
-      <c r="E791" s="45"/>
-[...2 lines deleted...]
-      <c r="A792" s="1" t="s">
+      <c r="E792" s="45"/>
+    </row>
+    <row r="793" spans="1:5" ht="126" x14ac:dyDescent="0.3">
+      <c r="A793" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="B792" s="1"/>
-[...1 lines deleted...]
-      <c r="D792" s="30" t="s">
+      <c r="B793" s="1"/>
+      <c r="C793" s="12"/>
+      <c r="D793" s="30" t="s">
         <v>1411</v>
       </c>
-      <c r="E792" s="45"/>
-[...2 lines deleted...]
-      <c r="A793" s="95" t="s">
+      <c r="E793" s="45"/>
+    </row>
+    <row r="794" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A794" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B793" s="95"/>
-[...5 lines deleted...]
-      <c r="A794" s="16" t="s">
+      <c r="B794" s="95"/>
+      <c r="C794" s="95"/>
+      <c r="D794" s="95"/>
+      <c r="E794" s="95"/>
+    </row>
+    <row r="795" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A795" s="16" t="s">
         <v>1412</v>
-      </c>
-[...11 lines deleted...]
-        <v>1415</v>
       </c>
       <c r="B795" s="8"/>
       <c r="C795" s="11"/>
       <c r="D795" s="11" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E795" s="43" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="796" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+      <c r="A796" s="16" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B796" s="8"/>
+      <c r="C796" s="11"/>
+      <c r="D796" s="11" t="s">
         <v>1416</v>
       </c>
-      <c r="E795" s="43"/>
-[...4 lines deleted...]
-      <c r="C796" s="10" t="s">
+      <c r="E796" s="43"/>
+    </row>
+    <row r="797" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A797" s="8"/>
+      <c r="B797" s="8"/>
+      <c r="C797" s="10" t="s">
         <v>1417</v>
       </c>
-      <c r="D796" s="11" t="s">
+      <c r="D797" s="11" t="s">
         <v>1418</v>
       </c>
-      <c r="E796" s="43"/>
-[...2 lines deleted...]
-      <c r="A797" s="16" t="s">
+      <c r="E797" s="43"/>
+    </row>
+    <row r="798" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A798" s="16" t="s">
         <v>1419</v>
-      </c>
-[...9 lines deleted...]
-        <v>1421</v>
       </c>
       <c r="B798" s="8"/>
       <c r="C798" s="11"/>
       <c r="D798" s="11" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
       <c r="E798" s="43"/>
     </row>
-    <row r="799" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>1423</v>
+    <row r="799" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A799" s="16" t="s">
+        <v>1421</v>
       </c>
       <c r="B799" s="8"/>
       <c r="C799" s="11"/>
       <c r="D799" s="11" t="s">
-        <v>1424</v>
+        <v>1422</v>
       </c>
       <c r="E799" s="43"/>
     </row>
-    <row r="800" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>1425</v>
+    <row r="800" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A800" s="1" t="s">
+        <v>1423</v>
       </c>
       <c r="B800" s="8"/>
       <c r="C800" s="11"/>
       <c r="D800" s="11" t="s">
-        <v>1426</v>
+        <v>1424</v>
       </c>
       <c r="E800" s="43"/>
     </row>
-    <row r="801" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="801" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A801" s="16" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="B801" s="8"/>
       <c r="C801" s="11"/>
       <c r="D801" s="11" t="s">
-        <v>1428</v>
+        <v>1426</v>
       </c>
       <c r="E801" s="43"/>
     </row>
-    <row r="802" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="802" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A802" s="16" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1427</v>
+      </c>
+      <c r="B802" s="8"/>
       <c r="C802" s="11"/>
       <c r="D802" s="11" t="s">
+        <v>1428</v>
+      </c>
+      <c r="E802" s="43"/>
+    </row>
+    <row r="803" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A803" s="16" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B803" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="C803" s="11"/>
+      <c r="D803" s="11" t="s">
         <v>1430</v>
       </c>
-      <c r="E802" s="43"/>
-[...2 lines deleted...]
-      <c r="A803" s="95" t="s">
+      <c r="E803" s="43"/>
+    </row>
+    <row r="804" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A804" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B803" s="95"/>
-[...5 lines deleted...]
-      <c r="A804" s="16" t="s">
+      <c r="B804" s="95"/>
+      <c r="C804" s="95"/>
+      <c r="D804" s="95"/>
+      <c r="E804" s="95"/>
+    </row>
+    <row r="805" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A805" s="16" t="s">
         <v>1431</v>
       </c>
-      <c r="B804" s="1" t="s">
+      <c r="B805" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="C804" s="11"/>
-[...11 lines deleted...]
-      <c r="B805" s="27"/>
       <c r="C805" s="11"/>
       <c r="D805" s="11" t="s">
-        <v>1436</v>
-[...7 lines deleted...]
-      <c r="B806" s="8"/>
+        <v>1433</v>
+      </c>
+      <c r="E805" s="43" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="806" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A806" s="16" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B806" s="27"/>
       <c r="C806" s="11"/>
       <c r="D806" s="11" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E806" s="43"/>
+    </row>
+    <row r="807" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A807" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B807" s="8"/>
+      <c r="C807" s="11"/>
+      <c r="D807" s="11" t="s">
         <v>1438</v>
       </c>
-      <c r="E806" s="43"/>
-[...2 lines deleted...]
-      <c r="A807" s="95" t="s">
+      <c r="E807" s="43"/>
+    </row>
+    <row r="808" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A808" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B807" s="95"/>
-[...17 lines deleted...]
-    <row r="809" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="B808" s="95"/>
+      <c r="C808" s="95"/>
+      <c r="D808" s="95"/>
+      <c r="E808" s="95"/>
+    </row>
+    <row r="809" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A809" s="13"/>
       <c r="B809" s="13"/>
       <c r="C809" s="12" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
       <c r="D809" s="6" t="s">
-        <v>1443</v>
-[...3 lines deleted...]
-    <row r="810" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+        <v>1440</v>
+      </c>
+      <c r="E809" s="47" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="810" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A810" s="13"/>
       <c r="B810" s="13"/>
       <c r="C810" s="12" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D810" s="6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E810" s="45"/>
+    </row>
+    <row r="811" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A811" s="13"/>
+      <c r="B811" s="13"/>
+      <c r="C811" s="12" t="s">
         <v>1444</v>
       </c>
-      <c r="D810" s="6" t="s">
+      <c r="D811" s="6" t="s">
         <v>385</v>
       </c>
-      <c r="E810" s="45"/>
-[...2 lines deleted...]
-      <c r="A811" s="1" t="s">
+      <c r="E811" s="45"/>
+    </row>
+    <row r="812" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A812" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="B811" s="13"/>
-[...1 lines deleted...]
-      <c r="D811" s="6" t="s">
+      <c r="B812" s="13"/>
+      <c r="C812" s="3"/>
+      <c r="D812" s="6" t="s">
         <v>1446</v>
       </c>
-      <c r="E811" s="45"/>
-[...4 lines deleted...]
-      <c r="C812" s="12" t="s">
+      <c r="E812" s="45"/>
+    </row>
+    <row r="813" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+      <c r="A813" s="13"/>
+      <c r="B813" s="13"/>
+      <c r="C813" s="12" t="s">
         <v>1447</v>
       </c>
-      <c r="D812" s="14" t="s">
+      <c r="D813" s="14" t="s">
         <v>1448</v>
       </c>
-      <c r="E812" s="45"/>
-[...2 lines deleted...]
-      <c r="A813" s="1" t="s">
+      <c r="E813" s="45"/>
+    </row>
+    <row r="814" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A814" s="1" t="s">
         <v>1449</v>
-      </c>
-[...9 lines deleted...]
-        <v>1451</v>
       </c>
       <c r="B814" s="13"/>
       <c r="C814" s="3"/>
       <c r="D814" s="6" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
       <c r="E814" s="45"/>
     </row>
-    <row r="815" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+    <row r="815" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A815" s="1" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="B815" s="13"/>
       <c r="C815" s="3"/>
       <c r="D815" s="6" t="s">
-        <v>1454</v>
+        <v>1452</v>
       </c>
       <c r="E815" s="45"/>
     </row>
     <row r="816" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A816" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B816" s="13"/>
+      <c r="C816" s="3"/>
+      <c r="D816" s="6" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E816" s="45"/>
+    </row>
+    <row r="817" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A817" s="1" t="s">
         <v>1455</v>
-      </c>
-[...9 lines deleted...]
-        <v>1457</v>
       </c>
       <c r="B817" s="1"/>
       <c r="C817" s="12"/>
       <c r="D817" s="6" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
       <c r="E817" s="45"/>
     </row>
-    <row r="818" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="818" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A818" s="1" t="s">
-        <v>1459</v>
-[...3 lines deleted...]
-      </c>
+        <v>1457</v>
+      </c>
+      <c r="B818" s="1"/>
       <c r="C818" s="12"/>
       <c r="D818" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E818" s="45"/>
+    </row>
+    <row r="819" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A819" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B819" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C819" s="12"/>
+      <c r="D819" s="6" t="s">
         <v>1460</v>
       </c>
-      <c r="E818" s="45"/>
-[...3 lines deleted...]
-      <c r="B819" s="1" t="s">
+      <c r="E819" s="45"/>
+    </row>
+    <row r="820" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A820" s="13"/>
+      <c r="B820" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C819" s="3"/>
-[...8 lines deleted...]
-      </c>
+      <c r="C820" s="3"/>
       <c r="D820" s="3"/>
       <c r="E820" s="45"/>
     </row>
-    <row r="821" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A821" s="1" t="s">
+    <row r="821" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A821" s="13"/>
+      <c r="B821" s="1"/>
+      <c r="C821" s="12" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D821" s="3"/>
+      <c r="E821" s="45"/>
+    </row>
+    <row r="822" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A822" s="1" t="s">
         <v>1462</v>
-      </c>
-[...9 lines deleted...]
-        <v>1464</v>
       </c>
       <c r="B822" s="1"/>
       <c r="C822" s="12"/>
       <c r="D822" s="6" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="E822" s="45"/>
     </row>
-    <row r="823" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="823" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A823" s="1" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="B823" s="1"/>
       <c r="C823" s="12"/>
       <c r="D823" s="6" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="E823" s="45"/>
     </row>
-    <row r="824" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+    <row r="824" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A824" s="1" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
       <c r="B824" s="1"/>
       <c r="C824" s="12"/>
       <c r="D824" s="6" t="s">
-        <v>1469</v>
+        <v>1467</v>
       </c>
       <c r="E824" s="45"/>
     </row>
-    <row r="825" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="825" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A825" s="1" t="s">
-        <v>1470</v>
+        <v>1468</v>
       </c>
       <c r="B825" s="1"/>
       <c r="C825" s="12"/>
       <c r="D825" s="6" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="E825" s="45"/>
     </row>
-    <row r="826" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+    <row r="826" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A826" s="1" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="B826" s="1"/>
       <c r="C826" s="12"/>
       <c r="D826" s="6" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="E826" s="45"/>
     </row>
-    <row r="827" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+    <row r="827" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A827" s="1" t="s">
-        <v>1474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1472</v>
+      </c>
+      <c r="B827" s="1"/>
       <c r="C827" s="12"/>
       <c r="D827" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E827" s="45"/>
+    </row>
+    <row r="828" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A828" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B828" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C828" s="12"/>
+      <c r="D828" s="6" t="s">
         <v>1475</v>
       </c>
-      <c r="E827" s="45"/>
-[...3 lines deleted...]
-      <c r="B828" s="1" t="s">
+      <c r="E828" s="45"/>
+    </row>
+    <row r="829" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A829" s="13"/>
+      <c r="B829" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="C828" s="6"/>
-[...4 lines deleted...]
-      <c r="A829" s="1" t="s">
+      <c r="C829" s="6"/>
+      <c r="D829" s="3"/>
+      <c r="E829" s="45"/>
+    </row>
+    <row r="830" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
+      <c r="A830" s="1" t="s">
         <v>1476</v>
-      </c>
-[...9 lines deleted...]
-        <v>1478</v>
       </c>
       <c r="B830" s="1"/>
       <c r="C830" s="12"/>
       <c r="D830" s="6" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="E830" s="45"/>
     </row>
     <row r="831" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A831" s="1" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="B831" s="1"/>
       <c r="C831" s="12"/>
-      <c r="D831" s="12" t="s">
+      <c r="D831" s="6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E831" s="45"/>
+    </row>
+    <row r="832" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A832" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B832" s="1"/>
+      <c r="C832" s="12"/>
+      <c r="D832" s="12" t="s">
         <v>1481</v>
       </c>
-      <c r="E831" s="45"/>
-[...2 lines deleted...]
-      <c r="A832" s="1" t="s">
+      <c r="E832" s="45"/>
+    </row>
+    <row r="833" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A833" s="1" t="s">
         <v>1482</v>
-      </c>
-[...11 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="B833" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="C833" s="12"/>
       <c r="D833" s="6" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
       <c r="E833" s="45"/>
     </row>
-    <row r="834" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="834" spans="1:5" ht="158.4" x14ac:dyDescent="0.3">
       <c r="A834" s="1" t="s">
-        <v>1487</v>
-[...1 lines deleted...]
-      <c r="B834" s="1"/>
+        <v>1485</v>
+      </c>
+      <c r="B834" s="1" t="s">
+        <v>1483</v>
+      </c>
       <c r="C834" s="12"/>
       <c r="D834" s="6" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E834" s="45"/>
+    </row>
+    <row r="835" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A835" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B835" s="1"/>
+      <c r="C835" s="12"/>
+      <c r="D835" s="6" t="s">
         <v>1488</v>
       </c>
-      <c r="E834" s="45"/>
-[...2 lines deleted...]
-      <c r="A835" s="95" t="s">
+      <c r="E835" s="45"/>
+    </row>
+    <row r="836" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A836" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B835" s="95"/>
-[...17 lines deleted...]
-    <row r="837" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B836" s="95"/>
+      <c r="C836" s="95"/>
+      <c r="D836" s="95"/>
+      <c r="E836" s="95"/>
+    </row>
+    <row r="837" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A837" s="8"/>
       <c r="B837" s="8"/>
       <c r="C837" s="10" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D837" s="11" t="s">
-        <v>1493</v>
-[...3 lines deleted...]
-    <row r="838" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+        <v>1490</v>
+      </c>
+      <c r="E837" s="43" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="838" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A838" s="8"/>
       <c r="B838" s="8"/>
       <c r="C838" s="10" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D838" s="11" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E838" s="43"/>
+    </row>
+    <row r="839" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A839" s="8"/>
+      <c r="B839" s="8"/>
+      <c r="C839" s="10" t="s">
         <v>1494</v>
       </c>
-      <c r="D838" s="11" t="s">
+      <c r="D839" s="11" t="s">
         <v>376</v>
       </c>
-      <c r="E838" s="43"/>
-[...2 lines deleted...]
-      <c r="A839" s="95" t="s">
+      <c r="E839" s="43"/>
+    </row>
+    <row r="840" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A840" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B839" s="95"/>
-[...7 lines deleted...]
-      <c r="C840" s="54" t="s">
+      <c r="B840" s="95"/>
+      <c r="C840" s="95"/>
+      <c r="D840" s="95"/>
+      <c r="E840" s="95"/>
+    </row>
+    <row r="841" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A841" s="83"/>
+      <c r="B841" s="83"/>
+      <c r="C841" s="54" t="s">
         <v>1756</v>
       </c>
-      <c r="D840" s="11" t="s">
+      <c r="D841" s="11" t="s">
         <v>1755</v>
       </c>
-      <c r="E840" s="84" t="s">
+      <c r="E841" s="84" t="s">
         <v>1754</v>
       </c>
     </row>
-    <row r="841" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A841" s="1" t="s">
+    <row r="842" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A842" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="B841" s="8"/>
-[...1 lines deleted...]
-      <c r="D841" s="6" t="s">
+      <c r="B842" s="8"/>
+      <c r="C842" s="11"/>
+      <c r="D842" s="6" t="s">
         <v>1496</v>
       </c>
-      <c r="E841" s="43"/>
-[...2 lines deleted...]
-      <c r="A842" s="95" t="s">
+      <c r="E842" s="43"/>
+    </row>
+    <row r="843" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A843" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B842" s="95"/>
-[...5 lines deleted...]
-      <c r="A843" s="16" t="s">
+      <c r="B843" s="95"/>
+      <c r="C843" s="95"/>
+      <c r="D843" s="95"/>
+      <c r="E843" s="95"/>
+    </row>
+    <row r="844" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A844" s="16" t="s">
         <v>1497</v>
       </c>
-      <c r="B843" s="16" t="s">
+      <c r="B844" s="16" t="s">
         <v>1498</v>
       </c>
-      <c r="C843" s="11"/>
-      <c r="D843" s="11" t="s">
+      <c r="C844" s="11"/>
+      <c r="D844" s="11" t="s">
         <v>1499</v>
       </c>
-      <c r="E843" s="43" t="s">
+      <c r="E844" s="43" t="s">
         <v>1500</v>
       </c>
     </row>
-    <row r="844" spans="1:5" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="A845" s="16" t="s">
+    <row r="845" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A845" s="36"/>
+      <c r="B845" s="36"/>
+      <c r="C845" s="4"/>
+      <c r="D845" s="4"/>
+      <c r="E845" s="43"/>
+    </row>
+    <row r="846" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A846" s="16" t="s">
         <v>1501</v>
       </c>
-      <c r="B845" s="16" t="s">
+      <c r="B846" s="16" t="s">
         <v>1502</v>
       </c>
-      <c r="C845" s="11"/>
-[...11 lines deleted...]
-      <c r="B846" s="16"/>
       <c r="C846" s="11"/>
       <c r="D846" s="11" t="s">
-        <v>1506</v>
-[...1 lines deleted...]
-      <c r="E846" s="43"/>
+        <v>1503</v>
+      </c>
+      <c r="E846" s="43" t="s">
+        <v>1504</v>
+      </c>
     </row>
     <row r="847" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A847" s="16" t="s">
-[...2 lines deleted...]
-      <c r="B847" s="8"/>
+      <c r="A847" s="10" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B847" s="16"/>
       <c r="C847" s="11"/>
       <c r="D847" s="11" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E847" s="43"/>
+    </row>
+    <row r="848" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A848" s="16" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B848" s="8"/>
+      <c r="C848" s="11"/>
+      <c r="D848" s="11" t="s">
         <v>1508</v>
       </c>
-      <c r="E847" s="43"/>
-[...2 lines deleted...]
-      <c r="A848" s="95" t="s">
+      <c r="E848" s="43"/>
+    </row>
+    <row r="849" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A849" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B848" s="95"/>
-[...7 lines deleted...]
-      <c r="C849" s="59" t="s">
+      <c r="B849" s="95"/>
+      <c r="C849" s="95"/>
+      <c r="D849" s="95"/>
+      <c r="E849" s="95"/>
+    </row>
+    <row r="850" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A850" s="57"/>
+      <c r="B850" s="57"/>
+      <c r="C850" s="59" t="s">
         <v>1719</v>
       </c>
-      <c r="D849" s="58" t="s">
+      <c r="D850" s="58" t="s">
         <v>1718</v>
       </c>
-      <c r="E849" s="43" t="s">
+      <c r="E850" s="43" t="s">
         <v>1511</v>
       </c>
     </row>
-    <row r="850" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A850" s="1" t="s">
+    <row r="851" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A851" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="B850" s="8"/>
-[...1 lines deleted...]
-      <c r="D850" s="11" t="s">
+      <c r="B851" s="8"/>
+      <c r="C851" s="11"/>
+      <c r="D851" s="11" t="s">
         <v>1510</v>
       </c>
-      <c r="E850" s="50"/>
-[...4 lines deleted...]
-      <c r="C851" s="10" t="s">
+      <c r="E851" s="50"/>
+    </row>
+    <row r="852" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A852" s="8"/>
+      <c r="B852" s="8"/>
+      <c r="C852" s="10" t="s">
         <v>1512</v>
       </c>
-      <c r="D851" s="11" t="s">
+      <c r="D852" s="11" t="s">
         <v>1513</v>
       </c>
-      <c r="E851" s="43"/>
-[...2 lines deleted...]
-      <c r="A852" s="16" t="s">
+      <c r="E852" s="43"/>
+    </row>
+    <row r="853" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A853" s="16" t="s">
         <v>1514</v>
       </c>
-      <c r="B852" s="16" t="s">
+      <c r="B853" s="16" t="s">
         <v>1515</v>
       </c>
-      <c r="C852" s="11"/>
-      <c r="D852" s="11" t="s">
+      <c r="C853" s="11"/>
+      <c r="D853" s="11" t="s">
         <v>1516</v>
       </c>
-      <c r="E852" s="43"/>
-[...7 lines deleted...]
-      <c r="D853" s="6"/>
       <c r="E853" s="43"/>
     </row>
     <row r="854" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A854" s="8"/>
       <c r="B854" s="16" t="s">
-        <v>1518</v>
+        <v>1517</v>
       </c>
       <c r="C854" s="11"/>
       <c r="D854" s="6"/>
       <c r="E854" s="43"/>
     </row>
-    <row r="855" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
-      <c r="A855" s="16" t="s">
+    <row r="855" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A855" s="8"/>
+      <c r="B855" s="16" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C855" s="11"/>
+      <c r="D855" s="6"/>
+      <c r="E855" s="43"/>
+    </row>
+    <row r="856" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A856" s="16" t="s">
         <v>1519</v>
       </c>
-      <c r="B855" s="16" t="s">
+      <c r="B856" s="16" t="s">
         <v>1129</v>
-      </c>
-[...11 lines deleted...]
-        <v>1522</v>
       </c>
       <c r="C856" s="11"/>
       <c r="D856" s="11" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E856" s="43"/>
+    </row>
+    <row r="857" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A857" s="16" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B857" s="16" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C857" s="11"/>
+      <c r="D857" s="11" t="s">
         <v>1523</v>
       </c>
-      <c r="E856" s="43"/>
-[...2 lines deleted...]
-      <c r="A857" s="16" t="s">
+      <c r="E857" s="43"/>
+    </row>
+    <row r="858" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A858" s="16" t="s">
         <v>1524</v>
       </c>
-      <c r="B857" s="16" t="s">
+      <c r="B858" s="16" t="s">
         <v>1525</v>
       </c>
-      <c r="C857" s="11"/>
-      <c r="D857" s="6" t="s">
+      <c r="C858" s="11"/>
+      <c r="D858" s="6" t="s">
         <v>1526</v>
       </c>
-      <c r="E857" s="43"/>
-[...2 lines deleted...]
-      <c r="A858" s="16" t="s">
+      <c r="E858" s="43"/>
+    </row>
+    <row r="859" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A859" s="16" t="s">
         <v>1527</v>
       </c>
-      <c r="B858" s="8"/>
-[...9 lines deleted...]
-      <c r="A859" s="16"/>
       <c r="B859" s="8"/>
       <c r="C859" s="10" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D859" s="11" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E859" s="43"/>
+    </row>
+    <row r="860" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A860" s="16"/>
+      <c r="B860" s="8"/>
+      <c r="C860" s="10" t="s">
         <v>1530</v>
       </c>
-      <c r="D859" s="11" t="s">
+      <c r="D860" s="11" t="s">
         <v>1531</v>
       </c>
-      <c r="E859" s="43"/>
-[...2 lines deleted...]
-      <c r="A860" s="10" t="s">
+      <c r="E860" s="43"/>
+    </row>
+    <row r="861" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A861" s="10" t="s">
         <v>1532</v>
       </c>
-      <c r="B860" s="8"/>
-[...1 lines deleted...]
-      <c r="D860" s="11" t="s">
+      <c r="B861" s="8"/>
+      <c r="C861" s="10"/>
+      <c r="D861" s="11" t="s">
         <v>1533</v>
       </c>
-      <c r="E860" s="43"/>
-[...2 lines deleted...]
-      <c r="A861" s="16" t="s">
+      <c r="E861" s="43"/>
+    </row>
+    <row r="862" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A862" s="16" t="s">
         <v>1534</v>
       </c>
-      <c r="B861" s="8"/>
-[...1 lines deleted...]
-      <c r="D861" s="11" t="s">
+      <c r="B862" s="8"/>
+      <c r="C862" s="11"/>
+      <c r="D862" s="11" t="s">
         <v>1535</v>
       </c>
-      <c r="E861" s="43"/>
-[...2 lines deleted...]
-      <c r="A862" s="95" t="s">
+      <c r="E862" s="43"/>
+    </row>
+    <row r="863" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A863" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B862" s="95"/>
-[...5 lines deleted...]
-      <c r="A863" s="16" t="s">
+      <c r="B863" s="95"/>
+      <c r="C863" s="95"/>
+      <c r="D863" s="95"/>
+      <c r="E863" s="95"/>
+    </row>
+    <row r="864" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A864" s="16" t="s">
         <v>1536</v>
       </c>
-      <c r="B863" s="1" t="s">
+      <c r="B864" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="C863" s="11"/>
-      <c r="D863" s="11" t="s">
+      <c r="C864" s="11"/>
+      <c r="D864" s="11" t="s">
         <v>1537</v>
       </c>
-      <c r="E863" s="43" t="s">
+      <c r="E864" s="43" t="s">
         <v>1538</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="E864" s="43"/>
     </row>
     <row r="865" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A865" s="8"/>
       <c r="B865" s="1" t="s">
-        <v>425</v>
+        <v>371</v>
       </c>
       <c r="C865" s="11"/>
       <c r="D865" s="6"/>
       <c r="E865" s="43"/>
     </row>
     <row r="866" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A866" s="8"/>
       <c r="B866" s="1" t="s">
-        <v>1539</v>
+        <v>425</v>
       </c>
       <c r="C866" s="11"/>
       <c r="D866" s="6"/>
       <c r="E866" s="43"/>
     </row>
     <row r="867" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A867" s="8"/>
-      <c r="B867" s="16" t="s">
-        <v>1540</v>
+      <c r="B867" s="1" t="s">
+        <v>1539</v>
       </c>
       <c r="C867" s="11"/>
       <c r="D867" s="6"/>
       <c r="E867" s="43"/>
     </row>
-    <row r="868" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A868" s="16" t="s">
+    <row r="868" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A868" s="8"/>
+      <c r="B868" s="16" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C868" s="11"/>
+      <c r="D868" s="6"/>
+      <c r="E868" s="43"/>
+    </row>
+    <row r="869" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A869" s="16" t="s">
         <v>1541</v>
-      </c>
-[...9 lines deleted...]
-        <v>1543</v>
       </c>
       <c r="B869" s="8"/>
       <c r="C869" s="11"/>
       <c r="D869" s="11" t="s">
-        <v>1544</v>
+        <v>1542</v>
       </c>
       <c r="E869" s="43"/>
     </row>
     <row r="870" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A870" s="16" t="s">
-        <v>1545</v>
-[...3 lines deleted...]
-      </c>
+        <v>1543</v>
+      </c>
+      <c r="B870" s="8"/>
       <c r="C870" s="11"/>
       <c r="D870" s="11" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="E870" s="43"/>
     </row>
-    <row r="871" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B871" s="8"/>
+    <row r="871" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A871" s="16" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B871" s="16" t="s">
+        <v>1546</v>
+      </c>
       <c r="C871" s="11"/>
       <c r="D871" s="11" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E871" s="43"/>
+    </row>
+    <row r="872" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A872" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B872" s="8"/>
+      <c r="C872" s="11"/>
+      <c r="D872" s="11" t="s">
         <v>1549</v>
       </c>
-      <c r="E871" s="43"/>
-[...4 lines deleted...]
-      <c r="C872" s="10" t="s">
+      <c r="E872" s="43"/>
+    </row>
+    <row r="873" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A873" s="8"/>
+      <c r="B873" s="8"/>
+      <c r="C873" s="10" t="s">
         <v>1550</v>
       </c>
-      <c r="D872" s="11" t="s">
+      <c r="D873" s="11" t="s">
         <v>1551</v>
       </c>
-      <c r="E872" s="43"/>
-[...2 lines deleted...]
-      <c r="A873" s="16" t="s">
+      <c r="E873" s="43"/>
+    </row>
+    <row r="874" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A874" s="16" t="s">
         <v>1552</v>
       </c>
-      <c r="B873" s="16" t="s">
+      <c r="B874" s="16" t="s">
         <v>1553</v>
       </c>
-      <c r="C873" s="11"/>
-[...9 lines deleted...]
-      <c r="B874" s="8"/>
       <c r="C874" s="11"/>
       <c r="D874" s="11" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="E874" s="43"/>
     </row>
-    <row r="875" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="875" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A875" s="16" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1555</v>
+      </c>
+      <c r="B875" s="8"/>
       <c r="C875" s="11"/>
       <c r="D875" s="11" t="s">
+        <v>1556</v>
+      </c>
+      <c r="E875" s="43"/>
+    </row>
+    <row r="876" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A876" s="16" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B876" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C876" s="11"/>
+      <c r="D876" s="11" t="s">
         <v>1559</v>
       </c>
-      <c r="E875" s="43"/>
-[...3 lines deleted...]
-      <c r="B876" s="16" t="s">
+      <c r="E876" s="43"/>
+    </row>
+    <row r="877" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A877" s="8"/>
+      <c r="B877" s="16" t="s">
         <v>1560</v>
       </c>
-      <c r="C876" s="11"/>
-[...11 lines deleted...]
-      </c>
+      <c r="C877" s="11"/>
+      <c r="D877" s="6"/>
       <c r="E877" s="43"/>
     </row>
-    <row r="878" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="878" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A878" s="8"/>
       <c r="B878" s="8"/>
       <c r="C878" s="10" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="D878" s="11" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="E878" s="43"/>
     </row>
     <row r="879" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A879" s="8"/>
       <c r="B879" s="8"/>
-      <c r="C879" s="11"/>
-      <c r="D879" s="6"/>
+      <c r="C879" s="10" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D879" s="11" t="s">
+        <v>1564</v>
+      </c>
       <c r="E879" s="43"/>
     </row>
     <row r="880" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A880" s="8"/>
       <c r="B880" s="8"/>
-      <c r="C880" s="10" t="s">
+      <c r="C880" s="11"/>
+      <c r="D880" s="6"/>
+      <c r="E880" s="43"/>
+    </row>
+    <row r="881" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A881" s="8"/>
+      <c r="B881" s="8"/>
+      <c r="C881" s="10" t="s">
         <v>1565</v>
       </c>
-      <c r="D880" s="11" t="s">
+      <c r="D881" s="11" t="s">
         <v>1566</v>
       </c>
-      <c r="E880" s="43"/>
-[...2 lines deleted...]
-      <c r="A881" s="95" t="s">
+      <c r="E881" s="43"/>
+    </row>
+    <row r="882" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A882" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B881" s="95"/>
-[...5 lines deleted...]
-      <c r="A882" s="1" t="s">
+      <c r="B882" s="95"/>
+      <c r="C882" s="95"/>
+      <c r="D882" s="95"/>
+      <c r="E882" s="95"/>
+    </row>
+    <row r="883" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A883" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="B882" s="8"/>
-[...1 lines deleted...]
-      <c r="D882" s="11" t="s">
+      <c r="B883" s="8"/>
+      <c r="C883" s="11"/>
+      <c r="D883" s="11" t="s">
         <v>1568</v>
       </c>
-      <c r="E882" s="43" t="s">
+      <c r="E883" s="43" t="s">
         <v>1569</v>
       </c>
     </row>
-    <row r="883" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C883" s="1" t="s">
+    <row r="884" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A884" s="8"/>
+      <c r="B884" s="8"/>
+      <c r="C884" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="D883" s="11" t="s">
+      <c r="D884" s="11" t="s">
         <v>1571</v>
       </c>
-      <c r="E883" s="43"/>
-[...2 lines deleted...]
-      <c r="A884" s="1" t="s">
+      <c r="E884" s="43"/>
+    </row>
+    <row r="885" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A885" s="1" t="s">
         <v>1572</v>
-      </c>
-[...9 lines deleted...]
-        <v>1574</v>
       </c>
       <c r="B885" s="8"/>
       <c r="C885" s="11"/>
       <c r="D885" s="11" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="E885" s="43"/>
     </row>
-    <row r="886" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="886" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A886" s="1" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="B886" s="8"/>
       <c r="C886" s="11"/>
       <c r="D886" s="11" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="E886" s="43"/>
     </row>
-    <row r="887" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="887" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A887" s="1" t="s">
-        <v>1578</v>
+        <v>1576</v>
       </c>
       <c r="B887" s="8"/>
       <c r="C887" s="11"/>
       <c r="D887" s="11" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E887" s="43"/>
+    </row>
+    <row r="888" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A888" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B888" s="8"/>
+      <c r="C888" s="11"/>
+      <c r="D888" s="11" t="s">
         <v>1579</v>
       </c>
-      <c r="E887" s="43"/>
-[...7 lines deleted...]
-      <c r="D888" s="6"/>
       <c r="E888" s="43"/>
     </row>
     <row r="889" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A889" s="8"/>
       <c r="B889" s="8"/>
       <c r="C889" s="12" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="D889" s="6"/>
       <c r="E889" s="43"/>
     </row>
-    <row r="890" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
-      <c r="A890" s="12" t="s">
+    <row r="890" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A890" s="8"/>
+      <c r="B890" s="8"/>
+      <c r="C890" s="12" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D890" s="6"/>
+      <c r="E890" s="43"/>
+    </row>
+    <row r="891" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A891" s="12" t="s">
         <v>1582</v>
       </c>
-      <c r="B890" s="8"/>
-[...1 lines deleted...]
-      <c r="D890" s="11" t="s">
+      <c r="B891" s="8"/>
+      <c r="C891" s="10"/>
+      <c r="D891" s="11" t="s">
         <v>1583</v>
       </c>
-      <c r="E890" s="43"/>
-[...2 lines deleted...]
-      <c r="A891" s="1" t="s">
+      <c r="E891" s="43"/>
+    </row>
+    <row r="892" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A892" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="B891" s="8"/>
-[...1 lines deleted...]
-      <c r="D891" s="11" t="s">
+      <c r="B892" s="8"/>
+      <c r="C892" s="11"/>
+      <c r="D892" s="11" t="s">
         <v>1585</v>
       </c>
-      <c r="E891" s="43"/>
-[...2 lines deleted...]
-      <c r="A892" s="95" t="s">
+      <c r="E892" s="43"/>
+    </row>
+    <row r="893" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A893" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B892" s="95"/>
-[...5 lines deleted...]
-      <c r="A893" s="1" t="s">
+      <c r="B893" s="95"/>
+      <c r="C893" s="95"/>
+      <c r="D893" s="95"/>
+      <c r="E893" s="95"/>
+    </row>
+    <row r="894" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A894" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="B893" s="8"/>
-[...1 lines deleted...]
-      <c r="D893" s="11" t="s">
+      <c r="B894" s="8"/>
+      <c r="C894" s="11"/>
+      <c r="D894" s="11" t="s">
         <v>1587</v>
       </c>
-      <c r="E893" s="43" t="s">
+      <c r="E894" s="43" t="s">
         <v>1588</v>
       </c>
     </row>
-    <row r="894" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A894" s="95" t="s">
+    <row r="895" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A895" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B894" s="95"/>
-[...5 lines deleted...]
-      <c r="A895" s="1" t="s">
+      <c r="B895" s="95"/>
+      <c r="C895" s="95"/>
+      <c r="D895" s="95"/>
+      <c r="E895" s="95"/>
+    </row>
+    <row r="896" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A896" s="1" t="s">
         <v>1589</v>
-      </c>
-[...13 lines deleted...]
-        <v>1593</v>
       </c>
       <c r="B896" s="8"/>
       <c r="C896" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D896" s="6" t="s">
+        <v>1591</v>
+      </c>
+      <c r="E896" s="43" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="897" spans="1:5" ht="187.2" x14ac:dyDescent="0.3">
+      <c r="A897" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B897" s="8"/>
+      <c r="C897" s="1" t="s">
         <v>1594</v>
       </c>
-      <c r="D896" s="6" t="s">
+      <c r="D897" s="6" t="s">
         <v>1595</v>
       </c>
-      <c r="E896" s="43"/>
-[...2 lines deleted...]
-      <c r="A897" s="95" t="s">
+      <c r="E897" s="43"/>
+    </row>
+    <row r="898" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A898" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B897" s="95"/>
-[...7 lines deleted...]
-      <c r="C898" s="12" t="s">
+      <c r="B898" s="95"/>
+      <c r="C898" s="95"/>
+      <c r="D898" s="95"/>
+      <c r="E898" s="95"/>
+    </row>
+    <row r="899" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A899" s="9"/>
+      <c r="B899" s="9"/>
+      <c r="C899" s="12" t="s">
         <v>1596</v>
       </c>
-      <c r="D898" s="6" t="s">
+      <c r="D899" s="6" t="s">
         <v>1597</v>
       </c>
-      <c r="E898" s="43" t="s">
+      <c r="E899" s="43" t="s">
         <v>1598</v>
       </c>
     </row>
-    <row r="899" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A899" s="95" t="s">
+    <row r="900" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A900" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B899" s="95"/>
-[...5 lines deleted...]
-      <c r="A900" s="96" t="s">
+      <c r="B900" s="95"/>
+      <c r="C900" s="95"/>
+      <c r="D900" s="95"/>
+      <c r="E900" s="95"/>
+    </row>
+    <row r="901" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A901" s="96" t="s">
         <v>1599</v>
       </c>
-      <c r="B900" s="5" t="s">
+      <c r="B901" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="C900" s="95"/>
-      <c r="D900" s="97" t="s">
+      <c r="C901" s="95"/>
+      <c r="D901" s="97" t="s">
         <v>1600</v>
       </c>
-      <c r="E900" s="98" t="s">
+      <c r="E901" s="98" t="s">
         <v>1601</v>
       </c>
     </row>
-    <row r="901" spans="1:5" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B901" s="5" t="s">
+    <row r="902" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A902" s="96"/>
+      <c r="B902" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="C901" s="95"/>
-[...6 lines deleted...]
-      <c r="C902" s="19" t="s">
+      <c r="C902" s="95"/>
+      <c r="D902" s="97"/>
+      <c r="E902" s="98"/>
+    </row>
+    <row r="903" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A903" s="9"/>
+      <c r="B903" s="5"/>
+      <c r="C903" s="19" t="s">
         <v>1602</v>
       </c>
-      <c r="D902" s="6" t="s">
+      <c r="D903" s="6" t="s">
         <v>1603</v>
       </c>
-      <c r="E902" s="43"/>
-[...2 lines deleted...]
-      <c r="A903" s="12" t="s">
+      <c r="E903" s="43"/>
+    </row>
+    <row r="904" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A904" s="12" t="s">
         <v>1604</v>
-      </c>
-[...9 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="B904" s="5"/>
       <c r="C904" s="9"/>
       <c r="D904" s="6" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E904" s="43"/>
+    </row>
+    <row r="905" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A905" s="12" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B905" s="5"/>
+      <c r="C905" s="9"/>
+      <c r="D905" s="6" t="s">
         <v>1607</v>
       </c>
-      <c r="E904" s="43"/>
-[...2 lines deleted...]
-      <c r="A905" s="95" t="s">
+      <c r="E905" s="43"/>
+    </row>
+    <row r="906" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A906" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B905" s="95"/>
-[...7 lines deleted...]
-      <c r="C906" s="12" t="s">
+      <c r="B906" s="95"/>
+      <c r="C906" s="95"/>
+      <c r="D906" s="95"/>
+      <c r="E906" s="95"/>
+    </row>
+    <row r="907" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A907" s="8"/>
+      <c r="B907" s="8"/>
+      <c r="C907" s="12" t="s">
         <v>1608</v>
       </c>
-      <c r="D906" s="6" t="s">
+      <c r="D907" s="6" t="s">
         <v>1609</v>
       </c>
-      <c r="E906" s="43" t="s">
+      <c r="E907" s="43" t="s">
         <v>1610</v>
       </c>
     </row>
-    <row r="907" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A907" s="1" t="s">
+    <row r="908" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A908" s="1" t="s">
         <v>1611</v>
-      </c>
-[...9 lines deleted...]
-        <v>1613</v>
       </c>
       <c r="B908" s="8"/>
       <c r="C908" s="11"/>
       <c r="D908" s="6" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
       <c r="E908" s="43"/>
     </row>
-    <row r="909" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="909" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A909" s="1" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="B909" s="8"/>
       <c r="C909" s="11"/>
       <c r="D909" s="6" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E909" s="43"/>
+    </row>
+    <row r="910" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A910" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B910" s="8"/>
+      <c r="C910" s="11"/>
+      <c r="D910" s="6" t="s">
         <v>1616</v>
       </c>
-      <c r="E909" s="43"/>
-[...4 lines deleted...]
-      <c r="C910" s="12" t="s">
+      <c r="E910" s="43"/>
+    </row>
+    <row r="911" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A911" s="13"/>
+      <c r="B911" s="8"/>
+      <c r="C911" s="12" t="s">
         <v>1617</v>
       </c>
-      <c r="D910" s="6" t="s">
+      <c r="D911" s="6" t="s">
         <v>1618</v>
       </c>
-      <c r="E910" s="43"/>
-[...2 lines deleted...]
-      <c r="A911" s="10" t="s">
+      <c r="E911" s="43"/>
+    </row>
+    <row r="912" spans="1:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="A912" s="10" t="s">
         <v>1619</v>
       </c>
-      <c r="B911" s="8"/>
-[...1 lines deleted...]
-      <c r="D911" s="6" t="s">
+      <c r="B912" s="8"/>
+      <c r="C912" s="12"/>
+      <c r="D912" s="6" t="s">
         <v>1620</v>
       </c>
-      <c r="E911" s="43"/>
-[...2 lines deleted...]
-      <c r="A912" s="95" t="s">
+      <c r="E912" s="43"/>
+    </row>
+    <row r="913" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A913" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B912" s="95"/>
-[...7 lines deleted...]
-      <c r="C913" s="12" t="s">
+      <c r="B913" s="95"/>
+      <c r="C913" s="95"/>
+      <c r="D913" s="95"/>
+      <c r="E913" s="95"/>
+    </row>
+    <row r="914" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A914" s="9"/>
+      <c r="B914" s="9"/>
+      <c r="C914" s="12" t="s">
         <v>1621</v>
       </c>
-      <c r="D913" s="6" t="s">
+      <c r="D914" s="6" t="s">
         <v>1622</v>
       </c>
-      <c r="E913" s="78" t="s">
+      <c r="E914" s="78" t="s">
         <v>1746</v>
       </c>
     </row>
-    <row r="914" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A914" s="95" t="s">
+    <row r="915" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A915" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B914" s="95"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B915" s="95"/>
+      <c r="C915" s="95"/>
+      <c r="D915" s="95"/>
+      <c r="E915" s="95"/>
     </row>
     <row r="916" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A916" s="1" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
       <c r="B916" s="8"/>
       <c r="C916" s="11"/>
       <c r="D916" s="6" t="s">
-        <v>1627</v>
-[...3 lines deleted...]
-    <row r="917" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+        <v>1624</v>
+      </c>
+      <c r="E916" s="43" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="917" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A917" s="1" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="B917" s="8"/>
       <c r="C917" s="11"/>
       <c r="D917" s="6" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="E917" s="43"/>
     </row>
-    <row r="918" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+    <row r="918" spans="1:5" ht="144" x14ac:dyDescent="0.3">
       <c r="A918" s="1" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="B918" s="8"/>
       <c r="C918" s="11"/>
       <c r="D918" s="6" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="E918" s="43"/>
     </row>
     <row r="919" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
       <c r="A919" s="1" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="B919" s="8"/>
       <c r="C919" s="11"/>
-      <c r="D919" s="11" t="s">
+      <c r="D919" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E919" s="43"/>
+    </row>
+    <row r="920" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A920" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B920" s="8"/>
+      <c r="C920" s="11"/>
+      <c r="D920" s="11" t="s">
         <v>1633</v>
       </c>
-      <c r="E919" s="43"/>
-[...2 lines deleted...]
-      <c r="A920" s="95" t="s">
+      <c r="E920" s="43"/>
+    </row>
+    <row r="921" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A921" s="95" t="s">
         <v>14</v>
       </c>
-      <c r="B920" s="95"/>
-[...7 lines deleted...]
-      <c r="C921" s="16" t="s">
+      <c r="B921" s="95"/>
+      <c r="C921" s="95"/>
+      <c r="D921" s="95"/>
+      <c r="E921" s="95"/>
+    </row>
+    <row r="922" spans="1:5" ht="273.60000000000002" x14ac:dyDescent="0.3">
+      <c r="A922" s="8"/>
+      <c r="B922" s="8"/>
+      <c r="C922" s="16" t="s">
         <v>1634</v>
       </c>
-      <c r="D921" s="11" t="s">
+      <c r="D922" s="11" t="s">
         <v>1635</v>
       </c>
-      <c r="E921" s="43" t="s">
+      <c r="E922" s="43" t="s">
         <v>1636</v>
       </c>
     </row>
-    <row r="922" spans="1:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="A922" s="16" t="s">
+    <row r="923" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A923" s="16" t="s">
         <v>1637</v>
       </c>
-      <c r="B922" s="8"/>
-[...1 lines deleted...]
-      <c r="D922" s="11" t="s">
+      <c r="B923" s="8"/>
+      <c r="C923" s="11"/>
+      <c r="D923" s="11" t="s">
         <v>1638</v>
       </c>
-      <c r="E922" s="43"/>
-[...9 lines deleted...]
-      </c>
       <c r="E923" s="43"/>
     </row>
-    <row r="924" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="924" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A924" s="8"/>
       <c r="B924" s="8"/>
       <c r="C924" s="10" t="s">
-        <v>1641</v>
+        <v>1639</v>
       </c>
       <c r="D924" s="11" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="E924" s="43"/>
     </row>
-    <row r="925" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="925" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A925" s="8"/>
       <c r="B925" s="8"/>
       <c r="C925" s="10" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D925" s="11" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E925" s="43"/>
+    </row>
+    <row r="926" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A926" s="8"/>
+      <c r="B926" s="8"/>
+      <c r="C926" s="10" t="s">
         <v>1643</v>
       </c>
-      <c r="D925" s="11" t="s">
+      <c r="D926" s="11" t="s">
         <v>1644</v>
       </c>
-      <c r="E925" s="43"/>
-[...2 lines deleted...]
-      <c r="A926" s="16" t="s">
+      <c r="E926" s="43"/>
+    </row>
+    <row r="927" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A927" s="16" t="s">
         <v>1645</v>
       </c>
-      <c r="B926" s="8"/>
-[...1 lines deleted...]
-      <c r="D926" s="11" t="s">
+      <c r="B927" s="8"/>
+      <c r="C927" s="11"/>
+      <c r="D927" s="11" t="s">
         <v>1646</v>
-      </c>
-[...9 lines deleted...]
-        <v>1648</v>
       </c>
       <c r="E927" s="43"/>
     </row>
     <row r="928" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A928" s="8"/>
       <c r="B928" s="8"/>
-      <c r="C928" s="12" t="s">
-[...3 lines deleted...]
-        <v>1650</v>
+      <c r="C928" s="10" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D928" s="11" t="s">
+        <v>1648</v>
       </c>
       <c r="E928" s="43"/>
     </row>
     <row r="929" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A929" s="8"/>
       <c r="B929" s="8"/>
       <c r="C929" s="12" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="D929" s="6" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
       <c r="E929" s="43"/>
     </row>
-    <row r="930" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="930" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A930" s="8"/>
       <c r="B930" s="8"/>
       <c r="C930" s="12" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D930" s="6" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E930" s="43"/>
+    </row>
+    <row r="931" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A931" s="8"/>
+      <c r="B931" s="8"/>
+      <c r="C931" s="12" t="s">
         <v>1653</v>
       </c>
-      <c r="D930" s="11" t="s">
+      <c r="D931" s="11" t="s">
         <v>1654</v>
       </c>
-      <c r="E930" s="43"/>
-[...2 lines deleted...]
-      <c r="A931" s="1" t="s">
+      <c r="E931" s="43"/>
+    </row>
+    <row r="932" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A932" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="B931" s="1" t="s">
+      <c r="B932" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="C931" s="11"/>
-      <c r="D931" s="11" t="s">
+      <c r="C932" s="11"/>
+      <c r="D932" s="11" t="s">
         <v>1657</v>
       </c>
-      <c r="E931" s="43"/>
-[...2 lines deleted...]
-      <c r="A932" s="1" t="s">
+      <c r="E932" s="43"/>
+    </row>
+    <row r="933" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A933" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="B932" s="1" t="s">
+      <c r="B933" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="C932" s="11"/>
-      <c r="D932" s="6" t="s">
+      <c r="C933" s="11"/>
+      <c r="D933" s="6" t="s">
         <v>1660</v>
       </c>
-      <c r="E932" s="43"/>
-[...3 lines deleted...]
-      <c r="B933" s="1" t="s">
+      <c r="E933" s="43"/>
+    </row>
+    <row r="934" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A934" s="8"/>
+      <c r="B934" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="C933" s="11"/>
-[...4 lines deleted...]
-      <c r="A934" s="1" t="s">
+      <c r="C934" s="11"/>
+      <c r="D934" s="6"/>
+      <c r="E934" s="43"/>
+    </row>
+    <row r="935" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A935" s="1" t="s">
         <v>1662</v>
-      </c>
-[...9 lines deleted...]
-        <v>1664</v>
       </c>
       <c r="B935" s="8"/>
       <c r="C935" s="11"/>
       <c r="D935" s="6" t="s">
-        <v>1665</v>
+        <v>1663</v>
       </c>
       <c r="E935" s="43"/>
     </row>
-    <row r="936" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+    <row r="936" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
       <c r="A936" s="1" t="s">
-        <v>1666</v>
+        <v>1664</v>
       </c>
       <c r="B936" s="8"/>
       <c r="C936" s="11"/>
       <c r="D936" s="6" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
       <c r="E936" s="43"/>
     </row>
-    <row r="937" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="937" spans="1:5" ht="72" x14ac:dyDescent="0.3">
       <c r="A937" s="1" t="s">
-        <v>1668</v>
+        <v>1666</v>
       </c>
       <c r="B937" s="8"/>
       <c r="C937" s="11"/>
       <c r="D937" s="6" t="s">
-        <v>1669</v>
+        <v>1667</v>
       </c>
       <c r="E937" s="43"/>
     </row>
-    <row r="938" spans="1:5" ht="216" x14ac:dyDescent="0.3">
+    <row r="938" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A938" s="1" t="s">
-        <v>1670</v>
-[...3 lines deleted...]
-      </c>
+        <v>1668</v>
+      </c>
+      <c r="B938" s="8"/>
       <c r="C938" s="11"/>
       <c r="D938" s="6" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="E938" s="43"/>
     </row>
-    <row r="939" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="939" spans="1:5" ht="216" x14ac:dyDescent="0.3">
       <c r="A939" s="1" t="s">
-        <v>1541</v>
+        <v>1670</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>1004</v>
+        <v>1671</v>
       </c>
       <c r="C939" s="11"/>
       <c r="D939" s="6" t="s">
-        <v>1542</v>
+        <v>1672</v>
       </c>
       <c r="E939" s="43"/>
     </row>
-    <row r="940" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+    <row r="940" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A940" s="1" t="s">
-        <v>1673</v>
+        <v>1541</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>56</v>
+        <v>1004</v>
       </c>
       <c r="C940" s="11"/>
       <c r="D940" s="6" t="s">
-        <v>1674</v>
+        <v>1542</v>
       </c>
       <c r="E940" s="43"/>
     </row>
-    <row r="941" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+    <row r="941" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A941" s="1" t="s">
-        <v>1675</v>
+        <v>1673</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C941" s="11"/>
       <c r="D941" s="6" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E941" s="43"/>
+    </row>
+    <row r="942" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A942" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B942" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C942" s="11"/>
+      <c r="D942" s="6" t="s">
         <v>1676</v>
       </c>
-      <c r="E941" s="43"/>
-[...3 lines deleted...]
-      <c r="B942" s="5" t="s">
+      <c r="E942" s="43"/>
+    </row>
+    <row r="943" spans="1:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="A943" s="8"/>
+      <c r="B943" s="5" t="s">
         <v>1677</v>
       </c>
-      <c r="C942" s="10" t="s">
+      <c r="C943" s="10" t="s">
         <v>1678</v>
       </c>
-      <c r="D942" s="14" t="s">
+      <c r="D943" s="14" t="s">
         <v>1679</v>
-      </c>
-[...9 lines deleted...]
-        <v>1681</v>
       </c>
       <c r="E943" s="43"/>
     </row>
     <row r="944" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A944" s="8"/>
       <c r="B944" s="8"/>
       <c r="C944" s="12" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D944" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E944" s="43"/>
+    </row>
+    <row r="945" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A945" s="8"/>
+      <c r="B945" s="8"/>
+      <c r="C945" s="12" t="s">
         <v>1682</v>
       </c>
-      <c r="D944" s="6" t="s">
+      <c r="D945" s="6" t="s">
         <v>1683</v>
       </c>
-      <c r="E944" s="43"/>
-[...2 lines deleted...]
-      <c r="A945" s="1" t="s">
+      <c r="E945" s="43"/>
+    </row>
+    <row r="946" spans="1:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A946" s="1" t="s">
         <v>1684</v>
-      </c>
-[...9 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="B946" s="8"/>
       <c r="C946" s="11"/>
       <c r="D946" s="6" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E946" s="43"/>
+    </row>
+    <row r="947" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A947" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B947" s="8"/>
+      <c r="C947" s="11"/>
+      <c r="D947" s="6" t="s">
         <v>1687</v>
       </c>
-      <c r="E946" s="43"/>
-[...4 lines deleted...]
-      <c r="C947" s="10" t="s">
+      <c r="E947" s="43"/>
+    </row>
+    <row r="948" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A948" s="1"/>
+      <c r="B948" s="8"/>
+      <c r="C948" s="10" t="s">
         <v>1688</v>
       </c>
-      <c r="D947" s="6" t="s">
+      <c r="D948" s="6" t="s">
         <v>1689</v>
       </c>
-      <c r="E947" s="43"/>
-[...2 lines deleted...]
-      <c r="A948" s="94" t="s">
+      <c r="E948" s="43"/>
+    </row>
+    <row r="949" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A949" s="94" t="s">
         <v>14</v>
       </c>
-      <c r="B948" s="94"/>
-[...5 lines deleted...]
-      <c r="A949" s="10" t="s">
+      <c r="B949" s="94"/>
+      <c r="C949" s="94"/>
+      <c r="D949" s="94"/>
+      <c r="E949" s="94"/>
+    </row>
+    <row r="950" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A950" s="10" t="s">
         <v>1690</v>
       </c>
-      <c r="B949" s="8"/>
-[...14 lines deleted...]
-      </c>
+      <c r="B950" s="8"/>
       <c r="C950" s="10"/>
       <c r="D950" s="6" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E950" s="43" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="951" spans="1:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="A951" s="12" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B951" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C951" s="10"/>
+      <c r="D951" s="6" t="s">
         <v>1694</v>
       </c>
-      <c r="E950" s="43"/>
-[...2 lines deleted...]
-      <c r="A951" s="94" t="s">
+      <c r="E951" s="43"/>
+    </row>
+    <row r="952" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A952" s="94" t="s">
         <v>14</v>
       </c>
-      <c r="B951" s="94"/>
-[...7 lines deleted...]
-      <c r="C952" s="44" t="s">
+      <c r="B952" s="94"/>
+      <c r="C952" s="94"/>
+      <c r="D952" s="94"/>
+      <c r="E952" s="94"/>
+    </row>
+    <row r="953" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A953" s="79"/>
+      <c r="B953" s="79"/>
+      <c r="C953" s="44" t="s">
         <v>1747</v>
       </c>
-      <c r="D952" s="81" t="s">
+      <c r="D953" s="81" t="s">
         <v>1748</v>
       </c>
-      <c r="E952" s="37" t="s">
+      <c r="E953" s="37" t="s">
         <v>1697</v>
       </c>
     </row>
-    <row r="953" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C953" s="44" t="s">
+    <row r="954" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A954" s="77"/>
+      <c r="B954" s="77"/>
+      <c r="C954" s="44" t="s">
         <v>1744</v>
       </c>
-      <c r="D953" s="76" t="s">
+      <c r="D954" s="76" t="s">
         <v>1745</v>
       </c>
     </row>
-    <row r="954" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C954" s="44" t="s">
+    <row r="955" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A955" s="54"/>
+      <c r="B955" s="67"/>
+      <c r="C955" s="44" t="s">
         <v>1732</v>
       </c>
-      <c r="D954" s="66" t="s">
+      <c r="D955" s="66" t="s">
         <v>1733</v>
       </c>
-      <c r="E954" s="37"/>
-[...13 lines deleted...]
-      <c r="A956" s="8"/>
+      <c r="E955" s="37"/>
+    </row>
+    <row r="956" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A956" s="31"/>
       <c r="B956" s="31"/>
       <c r="C956" s="10" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D956" s="11" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E956" s="50"/>
+    </row>
+    <row r="957" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A957" s="8"/>
+      <c r="B957" s="31"/>
+      <c r="C957" s="10" t="s">
         <v>1698</v>
       </c>
-      <c r="D956" s="11" t="s">
+      <c r="D957" s="11" t="s">
         <v>1699</v>
       </c>
-      <c r="E956" s="45"/>
-[...2 lines deleted...]
-      <c r="A957" s="10" t="s">
+      <c r="E957" s="45"/>
+    </row>
+    <row r="958" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A958" s="10" t="s">
         <v>1703</v>
       </c>
-      <c r="B957" s="38"/>
-[...12 lines deleted...]
-      </c>
+      <c r="B958" s="38"/>
       <c r="C958" s="39"/>
       <c r="D958" s="11" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E958" s="37"/>
+    </row>
+    <row r="959" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A959" s="38" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B959" s="38" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C959" s="39"/>
+      <c r="D959" s="11" t="s">
         <v>1702</v>
       </c>
-      <c r="E958" s="45"/>
-[...2 lines deleted...]
-      <c r="A959" s="54" t="s">
+      <c r="E959" s="45"/>
+    </row>
+    <row r="960" spans="1:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="A960" s="54" t="s">
         <v>1716</v>
       </c>
-      <c r="B959" s="55"/>
-[...1 lines deleted...]
-      <c r="D959" s="56" t="s">
+      <c r="B960" s="55"/>
+      <c r="C960" s="55"/>
+      <c r="D960" s="56" t="s">
         <v>1717</v>
       </c>
-      <c r="E959" s="50"/>
-[...2 lines deleted...]
-      <c r="A960" s="94" t="s">
+      <c r="E960" s="50"/>
+    </row>
+    <row r="961" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A961" s="94" t="s">
         <v>14</v>
       </c>
-      <c r="B960" s="94"/>
-[...5 lines deleted...]
-      <c r="A961" s="12" t="s">
+      <c r="B961" s="94"/>
+      <c r="C961" s="94"/>
+      <c r="D961" s="94"/>
+      <c r="E961" s="94"/>
+    </row>
+    <row r="962" spans="1:5" ht="144" x14ac:dyDescent="0.3">
+      <c r="A962" s="12" t="s">
         <v>1705</v>
       </c>
-      <c r="B961" s="5" t="s">
+      <c r="B962" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="C961" s="11"/>
-      <c r="D961" s="6" t="s">
+      <c r="C962" s="11"/>
+      <c r="D962" s="6" t="s">
         <v>1706</v>
       </c>
-      <c r="E961" s="43" t="s">
+      <c r="E962" s="43" t="s">
         <v>1707</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="103">
     <mergeCell ref="A38:E38"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A32:E32"/>
     <mergeCell ref="A34:E34"/>
-    <mergeCell ref="A203:E203"/>
+    <mergeCell ref="A204:E204"/>
     <mergeCell ref="A189:E189"/>
     <mergeCell ref="A47:E47"/>
     <mergeCell ref="A49:E49"/>
     <mergeCell ref="A54:E54"/>
     <mergeCell ref="A58:E58"/>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A70:E70"/>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A132:E132"/>
     <mergeCell ref="A136:E136"/>
     <mergeCell ref="A148:E148"/>
     <mergeCell ref="A139:E139"/>
-    <mergeCell ref="A270:E270"/>
-[...54 lines deleted...]
-    <mergeCell ref="A746:E746"/>
+    <mergeCell ref="A271:E271"/>
+    <mergeCell ref="A212:E212"/>
+    <mergeCell ref="A214:E214"/>
+    <mergeCell ref="A219:E219"/>
+    <mergeCell ref="A223:E223"/>
+    <mergeCell ref="A227:E227"/>
+    <mergeCell ref="A242:E242"/>
+    <mergeCell ref="A267:E267"/>
+    <mergeCell ref="A268:A270"/>
+    <mergeCell ref="C268:C270"/>
+    <mergeCell ref="D268:D270"/>
+    <mergeCell ref="E268:E270"/>
+    <mergeCell ref="A441:E441"/>
+    <mergeCell ref="A295:E295"/>
+    <mergeCell ref="A319:E319"/>
+    <mergeCell ref="A329:E329"/>
+    <mergeCell ref="A342:E342"/>
+    <mergeCell ref="A357:E357"/>
+    <mergeCell ref="A389:E389"/>
+    <mergeCell ref="A403:E403"/>
+    <mergeCell ref="A424:E424"/>
+    <mergeCell ref="A430:E430"/>
+    <mergeCell ref="A432:E432"/>
+    <mergeCell ref="A437:E437"/>
+    <mergeCell ref="A544:E544"/>
+    <mergeCell ref="A443:E443"/>
+    <mergeCell ref="A450:E450"/>
+    <mergeCell ref="A456:E456"/>
+    <mergeCell ref="A483:E483"/>
+    <mergeCell ref="A488:E488"/>
+    <mergeCell ref="A495:E495"/>
+    <mergeCell ref="A507:E507"/>
+    <mergeCell ref="A516:E516"/>
+    <mergeCell ref="A519:E519"/>
+    <mergeCell ref="A522:E522"/>
+    <mergeCell ref="A541:E541"/>
+    <mergeCell ref="A547:E547"/>
+    <mergeCell ref="A626:E626"/>
+    <mergeCell ref="A628:E628"/>
+    <mergeCell ref="A630:E630"/>
+    <mergeCell ref="A642:A643"/>
+    <mergeCell ref="C642:C643"/>
+    <mergeCell ref="D642:D643"/>
+    <mergeCell ref="E642:E643"/>
+    <mergeCell ref="A550:E550"/>
+    <mergeCell ref="A632:E632"/>
+    <mergeCell ref="A787:E787"/>
+    <mergeCell ref="A670:E670"/>
+    <mergeCell ref="A703:E703"/>
+    <mergeCell ref="A713:E713"/>
+    <mergeCell ref="A716:E716"/>
+    <mergeCell ref="A734:E734"/>
+    <mergeCell ref="A736:E736"/>
+    <mergeCell ref="A738:E738"/>
+    <mergeCell ref="A743:E743"/>
     <mergeCell ref="A747:E747"/>
-    <mergeCell ref="A779:E779"/>
-[...24 lines deleted...]
-    <mergeCell ref="A951:E951"/>
+    <mergeCell ref="A748:E748"/>
+    <mergeCell ref="A780:E780"/>
+    <mergeCell ref="A778:E778"/>
+    <mergeCell ref="A898:E898"/>
+    <mergeCell ref="A794:E794"/>
+    <mergeCell ref="A804:E804"/>
+    <mergeCell ref="A808:E808"/>
+    <mergeCell ref="A836:E836"/>
+    <mergeCell ref="A840:E840"/>
+    <mergeCell ref="A843:E843"/>
+    <mergeCell ref="A849:E849"/>
+    <mergeCell ref="A863:E863"/>
+    <mergeCell ref="A882:E882"/>
+    <mergeCell ref="A893:E893"/>
+    <mergeCell ref="A895:E895"/>
+    <mergeCell ref="A961:E961"/>
+    <mergeCell ref="A900:E900"/>
+    <mergeCell ref="A901:A902"/>
+    <mergeCell ref="C901:C902"/>
+    <mergeCell ref="D901:D902"/>
+    <mergeCell ref="E901:E902"/>
+    <mergeCell ref="A906:E906"/>
+    <mergeCell ref="A913:E913"/>
+    <mergeCell ref="A915:E915"/>
+    <mergeCell ref="A921:E921"/>
+    <mergeCell ref="A949:E949"/>
+    <mergeCell ref="A952:E952"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" display="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+277-2015/2936f936-0504-48bd-9152-078bdd363b8c" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B2" r:id="rId2" display="http://www.regione.umbria.it/documents/18/707112/Prot.+d%27intesa+con+il+Filo+di+Arianna+all.+DGR+277-2015/27736e48-fed4-4762-877c-87df454a1acd" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="A3" r:id="rId3" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1624-15/c87b5833-2178-4240-89ed-e7fa3b3125c2" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="A5" r:id="rId4" display="http://www.regione.umbria.it/documents/18/707112/D.G.R.+1651+del+29.12.2011/a4730198-4656-4fe7-b51f-d72a21885d4d" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="A33" r:id="rId5" display="http://www.regione.umbria.it/documents/18/707112/DGR-1546-2012/64469c5a-6c6c-4fca-add7-bd8f1158af0d" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="A35" r:id="rId6" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+3580+del+30+aprile+2008/9b73312d-c4c2-4875-a9fd-7333ccfd6126" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="A36" r:id="rId7" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+2838+del+27+aprile+2011/54f9e5f5-47c3-4568-abbb-95b151143ab3" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="A37" r:id="rId8" display="http://www.regione.umbria.it/documents/18/707112/DD+n.+6718-2012/c6b4dc63-0520-4519-8f68-23de7eab680b" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="B37" r:id="rId9" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DD+6718-2012/0f804518-ac32-4ab2-8946-37f90e1550c1" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="C39" r:id="rId10" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1981-40.xml" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="C40" r:id="rId11" display="http://leggi.crumbria.it/mostra_atto.php?id=155953&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="A41" r:id="rId12" display="http://www.regione.umbria.it/documents/18/707112/DD+1916+del+28.03.2013/1ab3306d-53b4-460f-8048-e4b64210e917" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="A42" r:id="rId13" display="http://www.regione.umbria.it/documents/18/707112/DD+9017-02/6692e8b1-ec89-43b7-903c-faf1d59e64b2" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="A43" r:id="rId14" display="http://www.regione.umbria.it/documents/18/707112/DD+7028-07/a160c182-7c8a-4b13-877b-6f279f09963e" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="A44" r:id="rId15" display="http://www.regione.umbria.it/documents/18/707112/DD+1916-13/a7753711-8d7b-4c1b-931a-2f30112fe5a5" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="B44" r:id="rId16" display="http://www.regione.umbria.it/documents/18/707112/Allegato+1916-13/b0464f35-bb3c-4e2e-9fed-68983f8fb658" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="A45" r:id="rId17" display="http://www.regione.umbria.it/documents/18/707112/DD+9551-2007/8b6a9199-f51f-4a6d-a208-57871c6a3a45" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="A46" r:id="rId18" display="http://www.regione.umbria.it/documents/18/707112/DD+886-2012/bea8ed92-56af-4254-8233-1dc9b96c42c3" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="A48" r:id="rId19" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+133+del+9+febbraio+2009/5d35662b-949b-4370-acf4-b0a372c4ed85" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="A50" r:id="rId20" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+261+E+DD+2127/60b33c79-8a11-46cd-ae1f-1c91b2aa17e6" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="A51" r:id="rId21" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+261+E+DD+2127/60b33c79-8a11-46cd-ae1f-1c91b2aa17e6" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="A52" r:id="rId22" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+379+E+DD+2895/56d67aba-c973-4c4c-88ea-76bc658e259b" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="A53" r:id="rId23" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+379+E+DD+2895/56d67aba-c973-4c4c-88ea-76bc658e259b" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
@@ -17089,952 +17106,953 @@
     <hyperlink ref="A166" r:id="rId130" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1900-2003/01155acb-bf3d-4919-92a6-940679cd6083" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
     <hyperlink ref="A167" r:id="rId131" display="http://www.regione.umbria.it/documents/18/707112/DGR+1918-2008+contributo+legge+46/087b86d3-9192-4743-a33e-e21062c03a07" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
     <hyperlink ref="A168" r:id="rId132" display="http://www.regione.umbria.it/documents/18/707112/DGR+1066-11/ad49d13c-3d93-4ccc-a19c-6d7d2e9e4b27" xr:uid="{00000000-0004-0000-0000-000083000000}"/>
     <hyperlink ref="A169" r:id="rId133" display="http://www.regione.umbria.it/documents/18/3856340/DGR+170-15/48409281-7300-4878-a63a-7030b40371b9" xr:uid="{00000000-0004-0000-0000-000084000000}"/>
     <hyperlink ref="A170" r:id="rId134" display="http://www.regione.umbria.it/documents/18/707112/DGR+447-2015/aae00279-fdb4-4b65-a2ab-1263bf5a5b8a" xr:uid="{00000000-0004-0000-0000-000085000000}"/>
     <hyperlink ref="B170" r:id="rId135" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+a+DGR+447-15/2358c54f-5059-4b0f-a30d-4614a7135c2b" xr:uid="{00000000-0004-0000-0000-000086000000}"/>
     <hyperlink ref="B171" r:id="rId136" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B+a+DGR+447-15/3aa31dc2-cadc-4d34-aa99-ba8cdbd2950e" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
     <hyperlink ref="B172" r:id="rId137" display="http://www.regione.umbria.it/documents/18/707112/Allegato+C+a+DGR+447-15/c569c896-e899-480a-9398-3997decb1727" xr:uid="{00000000-0004-0000-0000-000088000000}"/>
     <hyperlink ref="B173" r:id="rId138" display="http://www.regione.umbria.it/documents/18/707112/Allegato+D+a+DGR+447-15/4ec25c5a-848d-4e32-aa2d-220050fb8452" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
     <hyperlink ref="C174" r:id="rId139" display="http://leggi.crumbria.it/mostra_atto.php?id=9577&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00008A000000}"/>
     <hyperlink ref="C175" r:id="rId140" display="http://leggi.crumbria.it/mostra_atto.php?id=80810&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00008B000000}"/>
     <hyperlink ref="A176" r:id="rId141" display="http://www.regione.umbria.it/documents/18/3856340/DGR+54-14/ea41bea5-2545-49fe-81fd-9fc4d3e279ad" xr:uid="{00000000-0004-0000-0000-00008C000000}"/>
     <hyperlink ref="A177" r:id="rId142" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1623-14/bd2aa171-0460-4b80-9410-b1a588321eb2" xr:uid="{00000000-0004-0000-0000-00008D000000}"/>
     <hyperlink ref="A178" r:id="rId143" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1682-14/4783a5b3-b76c-4906-af9c-0656f7ab7e59" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
     <hyperlink ref="A179" r:id="rId144" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1702-09/843066ac-6471-444d-bbc4-c22d8b5bb545" xr:uid="{00000000-0004-0000-0000-00008F000000}"/>
     <hyperlink ref="A180" r:id="rId145" display="http://www.regione.umbria.it/documents/18/3856340/DGR+72-10/0a0d0609-0246-4efd-8f3c-8e181b07103a" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
     <hyperlink ref="C181" r:id="rId146" display="http://leggi.crumbria.it/mostra_atto.php?id=42414&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000091000000}"/>
     <hyperlink ref="C182" r:id="rId147" display="http://leggi.crumbria.it/mostra_atto.php?id=77102&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000092000000}"/>
     <hyperlink ref="A183" r:id="rId148" display="http://www.regione.umbria.it/documents/18/3856340/DGR+2064-2010.pdf/1a42f8f3-06e1-464a-b05c-345b7e41ec86" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
     <hyperlink ref="C184" r:id="rId149" display="http://leggi.crumbria.it/mostra_atto.php?id=118873&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
     <hyperlink ref="A185" r:id="rId150" display="http://www.regione.umbria.it/documents/18/6413635/DGR+511-04/4d48e0ff-cca9-479d-b3c8-7f073d8c2ea7" xr:uid="{00000000-0004-0000-0000-000095000000}"/>
     <hyperlink ref="A186" r:id="rId151" display="http://www.regione.umbria.it/documents/18/6413635/DGR+357-2014.pdf/f74b10af-3593-4dbb-9f2c-4fe0a52255af" xr:uid="{00000000-0004-0000-0000-000096000000}"/>
     <hyperlink ref="A187" r:id="rId152" display="http://www.regione.umbria.it/documents/18/6413635/DGR+34-2015.pdf/b9bd76e9-368d-4e33-9671-23de233a2f3c" xr:uid="{00000000-0004-0000-0000-000097000000}"/>
     <hyperlink ref="A188" r:id="rId153" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1278-10.pdf/a9912e56-3a34-4f01-b1d0-cff1907ace9a" xr:uid="{00000000-0004-0000-0000-000098000000}"/>
     <hyperlink ref="B188" r:id="rId154" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1278-10+All.pdf/412a2a31-b781-4595-9194-e515d4646c86" xr:uid="{00000000-0004-0000-0000-000099000000}"/>
-    <hyperlink ref="A204" r:id="rId155" display="http://www.regione.umbria.it/documents/18/6413635/DGR+90-12.pdf/cc193af9-f61c-437c-be50-b8ca81fcf90c" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
-[...725 lines deleted...]
-    <hyperlink ref="A841" r:id="rId881" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1097-13/52faddbc-cd4b-433b-a7f6-a642848ebfe2" xr:uid="{00000000-0004-0000-0000-000071030000}"/>
+    <hyperlink ref="A205" r:id="rId155" display="http://www.regione.umbria.it/documents/18/6413635/DGR+90-12.pdf/cc193af9-f61c-437c-be50-b8ca81fcf90c" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
+    <hyperlink ref="B205" r:id="rId156" display="http://www.regione.umbria.it/documents/18/6413635/DGR+90-12+All.pdf/79f003bb-5a76-4acb-aad1-301c04c2faed" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
+    <hyperlink ref="A206" r:id="rId157" display="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12.pdf/acd10d11-f690-4472-9679-a74a9676cc85" xr:uid="{00000000-0004-0000-0000-00009C000000}"/>
+    <hyperlink ref="B206" r:id="rId158" display="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12+All.1.pdf/b7ed3772-c924-44a3-b854-b002b79d62d4" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
+    <hyperlink ref="B207" r:id="rId159" display="http://www.regione.umbria.it/documents/18/6413635/DGR+453-12+All.2.pdf/f397344e-fe96-46ca-ad85-990f4e1e72e5" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
+    <hyperlink ref="A208" r:id="rId160" display="http://www.regione.umbria.it/documents/18/6413635/DGR+417-08/89ce8e43-bdcc-4b99-90ef-32eaba4df9ad" xr:uid="{00000000-0004-0000-0000-00009F000000}"/>
+    <hyperlink ref="C209" r:id="rId161" display="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000A0000000}"/>
+    <hyperlink ref="A211" r:id="rId162" display="http://www.regione.umbria.it/documents/18/6413635/DD+3637-15/ef6df784-97d1-46e8-a85b-b91d07c6b669" xr:uid="{00000000-0004-0000-0000-0000A1000000}"/>
+    <hyperlink ref="C215" r:id="rId163" display="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1991-01-15;30!vig=" xr:uid="{00000000-0004-0000-0000-0000A2000000}"/>
+    <hyperlink ref="A216" r:id="rId164" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+114.2001/3e3b110b-2f11-4537-8df1-85af32f16623" xr:uid="{00000000-0004-0000-0000-0000A3000000}"/>
+    <hyperlink ref="A220" r:id="rId165" display="http://www.regione.umbria.it/documents/18/707112/dgr+693-14/8ec9e49f-7fd3-4dcb-b770-1c7250abe495" xr:uid="{00000000-0004-0000-0000-0000A4000000}"/>
+    <hyperlink ref="B220" r:id="rId166" display="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+693-14/85bb6306-ea47-4dbc-96e5-1c0d856b83df" xr:uid="{00000000-0004-0000-0000-0000A5000000}"/>
+    <hyperlink ref="B221" r:id="rId167" display="http://www.regione.umbria.it/documents/18/707112/accordo+asl+1/432f37db-2beb-4c9b-8175-b4ea02eac053" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
+    <hyperlink ref="A222" r:id="rId168" display="http://www.regione.umbria.it/documents/18/707112/623-2014-ATTO-DG1-Protocollo+UISP-Regione.pdf/748701d1-5a24-4d6f-9033-f4c31d173958" xr:uid="{00000000-0004-0000-0000-0000A7000000}"/>
+    <hyperlink ref="B222" r:id="rId169" display="http://www.regione.umbria.it/documents/18/707112/protocollo+dgr+623-14/d29e13b4-6de7-41e2-8542-709a305960c8" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
+    <hyperlink ref="C228" r:id="rId170" display="http://leggi.crumbria.it/mostra_atto.php?id=22644&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000A9000000}"/>
+    <hyperlink ref="B229" r:id="rId171" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR1618+del+2009+allegato/2662d9c8-b440-4fe4-b334-4d4b2eccde2a" xr:uid="{00000000-0004-0000-0000-0000AA000000}"/>
+    <hyperlink ref="A230" r:id="rId172" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+1014+del+28.08.2012/a408f7a6-4f4f-4ef4-b5f7-0ba8aa323c64" xr:uid="{00000000-0004-0000-0000-0000AB000000}"/>
+    <hyperlink ref="A231" r:id="rId173" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+4+del+16.01.2013/702778c4-e710-4feb-ac49-6163521df765" xr:uid="{00000000-0004-0000-0000-0000AC000000}"/>
+    <hyperlink ref="A232" r:id="rId174" display="http://www.regione.umbria.it/documents/18/707112/DET+7206+del+2013/af89e41e-d3ef-4d91-aebf-e66843d4661c" xr:uid="{00000000-0004-0000-0000-0000AD000000}"/>
+    <hyperlink ref="B232" r:id="rId175" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Avviso+pubblico+DET+7206+del+2013/c4462ddf-00c3-4b21-a895-9a1a362212d1" xr:uid="{00000000-0004-0000-0000-0000AE000000}"/>
+    <hyperlink ref="B234" r:id="rId176" display="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DET+7206+del+2013/31c2df89-7792-4d05-9468-845d3445af32" xr:uid="{00000000-0004-0000-0000-0000AF000000}"/>
+    <hyperlink ref="B233" r:id="rId177" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DET+7206+del+2013/47697e3a-23a8-447d-babf-7e2d26023d8f" xr:uid="{00000000-0004-0000-0000-0000B0000000}"/>
+    <hyperlink ref="A235" r:id="rId178" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR1446+del+2013/6dc50722-0c9b-4b44-9f6d-94075ae93242" xr:uid="{00000000-0004-0000-0000-0000B1000000}"/>
+    <hyperlink ref="C236" r:id="rId179" display="http://leggi.crumbria.it/mostra_atto.php?id=8543&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000B2000000}"/>
+    <hyperlink ref="A237" r:id="rId180" display="http://www.regione.umbria.it/documents/18/707112/DGR+963-15/d28b8051-b780-4c8e-a5c4-1c68d7f50247" xr:uid="{00000000-0004-0000-0000-0000B3000000}"/>
+    <hyperlink ref="B237" r:id="rId181" display="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+A/03fb9e47-e2ed-477b-b314-be61ac82a246" xr:uid="{00000000-0004-0000-0000-0000B4000000}"/>
+    <hyperlink ref="B238" r:id="rId182" display="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+1/7297091f-5bfe-4a73-9d13-e923128d3196" xr:uid="{00000000-0004-0000-0000-0000B5000000}"/>
+    <hyperlink ref="B239" r:id="rId183" display="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+2A/6711b779-697e-4aca-9407-01dfed3d849a" xr:uid="{00000000-0004-0000-0000-0000B6000000}"/>
+    <hyperlink ref="B240" r:id="rId184" display="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+2B/8190b602-b10e-49c7-af55-abac7f151573" xr:uid="{00000000-0004-0000-0000-0000B7000000}"/>
+    <hyperlink ref="B241" r:id="rId185" display="http://www.regione.umbria.it/documents/18/707112/DGR+953-15+All.+3/e51431d1-7ea5-4b32-a4d2-3d6afc9de908" xr:uid="{00000000-0004-0000-0000-0000B8000000}"/>
+    <hyperlink ref="A243" r:id="rId186" display="http://www.regione.umbria.it/documents/18/707112/DGR+1241+del+13-09-2010/969ad633-4334-4667-a991-9d2b5a35e68e" xr:uid="{00000000-0004-0000-0000-0000B9000000}"/>
+    <hyperlink ref="B243" r:id="rId187" display="http://www.regione.umbria.it/documents/18/707112/Convenzione+DGR+1241+del+13-09-2010/978bd579-8233-4176-8bf2-59dffc5ae1ca" xr:uid="{00000000-0004-0000-0000-0000BA000000}"/>
+    <hyperlink ref="A244" r:id="rId188" display="http://www.regione.umbria.it/documents/18/707112/DGR+1933+del+20-12-2010/871c27b1-41de-441b-a7f0-73d8effae037" xr:uid="{00000000-0004-0000-0000-0000BB000000}"/>
+    <hyperlink ref="B244" r:id="rId189" display="http://www.regione.umbria.it/documents/18/707112/Allegato-A-delibera-tumori+DGR+1933/65fd1ddc-dc27-4e32-b846-7611e1d9e96d" xr:uid="{00000000-0004-0000-0000-0000BC000000}"/>
+    <hyperlink ref="A245" r:id="rId190" display="http://www.regione.umbria.it/documents/18/707112/DGR+351+18-04-2011/f8723d3a-b63d-4033-bc2c-d52c42060b5d" xr:uid="{00000000-0004-0000-0000-0000BD000000}"/>
+    <hyperlink ref="B245" r:id="rId191" display="http://www.regione.umbria.it/documents/18/707112/Convenzione-aprile-2011+DGR+351+18-04-2011/5aaed6ba-344b-4549-a060-cf16e7999347" xr:uid="{00000000-0004-0000-0000-0000BE000000}"/>
+    <hyperlink ref="A246" r:id="rId192" display="http://www.regione.umbria.it/documents/18/707112/DGR+329+15+04+2013/13c893b9-e3fb-4eb5-9d66-63aed91f6555" xr:uid="{00000000-0004-0000-0000-0000BF000000}"/>
+    <hyperlink ref="B246" r:id="rId193" display="http://www.regione.umbria.it/documents/18/707112/Progetto+Allegato+A++DGR+329+del+15+04+2013/b678f5df-f5bb-4ced-8409-16fb3a8d2f78" xr:uid="{00000000-0004-0000-0000-0000C0000000}"/>
+    <hyperlink ref="B247" r:id="rId194" display="http://www.regione.umbria.it/documents/18/707112/Accordo-Allegato+B+DGR+329+15+04+2013/942d6b12-89f5-4dc2-b8a1-9bad01a1c39e" xr:uid="{00000000-0004-0000-0000-0000C1000000}"/>
+    <hyperlink ref="A248" r:id="rId195" display="http://www.regione.umbria.it/documents/18/707112/DGR+1167+2013/042d8e46-8841-4c6e-b925-0ca3e764dc41" xr:uid="{00000000-0004-0000-0000-0000C2000000}"/>
+    <hyperlink ref="B248" r:id="rId196" display="http://www.regione.umbria.it/documents/18/707112/medicinadifensiva.pdf+ALL.%29 A+DGR+1167+2013/c19256b2-8559-4615-9128-eb3f6e9bf7bf" xr:uid="{00000000-0004-0000-0000-0000C3000000}"/>
+    <hyperlink ref="B249" r:id="rId197" display="http://www.regione.umbria.it/documents/18/707112/convenzioneREGIONE+UMBRIA+AGENAS+all%29 B+DGR+1167+2013/a32624eb-f479-4bae-bd0b-b08ff27b2568" xr:uid="{00000000-0004-0000-0000-0000C4000000}"/>
+    <hyperlink ref="A250" r:id="rId198" display="http://www.regione.umbria.it/documents/18/707112/dd+7974-14/d3c2a44b-f73f-4c4a-bf85-7c5813dc883f" xr:uid="{00000000-0004-0000-0000-0000C5000000}"/>
+    <hyperlink ref="A251" r:id="rId199" display="http://www.regione.umbria.it/documents/18/707112/DD+9416-13/0905eab4-1bc0-4149-acc7-7ac3fda5b864" xr:uid="{00000000-0004-0000-0000-0000C6000000}"/>
+    <hyperlink ref="B251" r:id="rId200" display="http://www.regione.umbria.it/documents/18/707112/all+A+9416-13/242f8c49-9478-4c05-9761-9ab6154556d9" xr:uid="{00000000-0004-0000-0000-0000C7000000}"/>
+    <hyperlink ref="B252" r:id="rId201" display="http://www.regione.umbria.it/documents/18/707112/all+B+9416-13/1e97f0a3-8915-4990-ab41-4cc26f1f601e" xr:uid="{00000000-0004-0000-0000-0000C8000000}"/>
+    <hyperlink ref="B253" r:id="rId202" display="http://www.regione.umbria.it/documents/18/707112/all+C+9416-13/50336a63-3a36-4195-8da2-ab1dc94cc179" xr:uid="{00000000-0004-0000-0000-0000C9000000}"/>
+    <hyperlink ref="A254" r:id="rId203" display="http://www.regione.umbria.it/documents/18/707112/dgr+910-12/c28cc10c-30a5-43bb-ab45-7b1be6717db9" xr:uid="{00000000-0004-0000-0000-0000CA000000}"/>
+    <hyperlink ref="B254" r:id="rId204" display="http://www.regione.umbria.it/documents/18/707112/All+910-12/53f62922-6e98-47b2-9907-f8301f4800a7" xr:uid="{00000000-0004-0000-0000-0000CB000000}"/>
+    <hyperlink ref="A255" r:id="rId205" display="http://www.regione.umbria.it/documents/18/707112/dgr+232-14/811ab0a3-4c78-4d16-979a-e36fe209f46d" xr:uid="{00000000-0004-0000-0000-0000CC000000}"/>
+    <hyperlink ref="B255" r:id="rId206" display="http://www.regione.umbria.it/documents/18/707112/all+232-14/3eb8bef8-2bda-4d35-8149-44fb96ccb889" xr:uid="{00000000-0004-0000-0000-0000CD000000}"/>
+    <hyperlink ref="A256" r:id="rId207" display="http://www.regione.umbria.it/documents/18/707112/dgr+855-12/dc446f03-08a7-4d4c-9ecd-d965937047be" xr:uid="{00000000-0004-0000-0000-0000CE000000}"/>
+    <hyperlink ref="B256" r:id="rId208" display="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+855-12/9de5dbbd-e8dd-48bd-841b-21f5e4363ba0" xr:uid="{00000000-0004-0000-0000-0000CF000000}"/>
+    <hyperlink ref="A257" r:id="rId209" display="http://www.regione.umbria.it/documents/18/707112/DD+11331-14/b70f867a-6c5b-4756-9636-defd45aa7b6c" xr:uid="{00000000-0004-0000-0000-0000D0000000}"/>
+    <hyperlink ref="A258" r:id="rId210" display="http://www.regione.umbria.it/documents/18/707112/DD+11332-14/f56e1175-ca4e-4e39-957c-c74a17718a63" xr:uid="{00000000-0004-0000-0000-0000D1000000}"/>
+    <hyperlink ref="A259" r:id="rId211" display="http://www.regione.umbria.it/documents/18/707112/DD+11333-14/5cd0fd84-ebdf-49da-b383-ca3ee58998f4" xr:uid="{00000000-0004-0000-0000-0000D2000000}"/>
+    <hyperlink ref="A260" r:id="rId212" display="http://www.regione.umbria.it/documents/18/707112/DD+n.+10319-2013/e4bb50ba-d4ae-4f7b-87d5-586956fa05e8" xr:uid="{00000000-0004-0000-0000-0000D3000000}"/>
+    <hyperlink ref="B260" r:id="rId213" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+progetto/85ad1bbb-b452-4bff-97a7-8277913a0fa2" xr:uid="{00000000-0004-0000-0000-0000D4000000}"/>
+    <hyperlink ref="B261" r:id="rId214" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B+convenzione/d540422b-f161-43f7-9aaa-7f0b4193934b" xr:uid="{00000000-0004-0000-0000-0000D5000000}"/>
+    <hyperlink ref="C262" r:id="rId215" display="http://www.regione.umbria.it/documents/18/707112/DM+18-10-99/2b36619d-42f1-40b0-9f0c-c3853f35356e" xr:uid="{00000000-0004-0000-0000-0000D6000000}"/>
+    <hyperlink ref="C263" r:id="rId216" display="http://www.regione.umbria.it/documents/18/707112/DM+14-12-01/d57a05b9-5e3f-42ee-80fa-1464c3d343f1" xr:uid="{00000000-0004-0000-0000-0000D7000000}"/>
+    <hyperlink ref="A264" r:id="rId217" display="http://www.regione.umbria.it/documents/18/707112/DGR+1766-12/5100290d-0d1d-493a-aaee-37566dbeb7cd" xr:uid="{00000000-0004-0000-0000-0000D8000000}"/>
+    <hyperlink ref="B264" r:id="rId218" display="http://www.regione.umbria.it/documents/18/707112/Allegato+dgr+1766-12/f55ec754-c300-44a0-8e10-ed66204e033b" xr:uid="{00000000-0004-0000-0000-0000D9000000}"/>
+    <hyperlink ref="A265" r:id="rId219" display="http://www.regione.umbria.it/documents/18/3856340/DGR+77-15/5aa167a8-1d1e-44a0-98bc-671aa1d17225" xr:uid="{00000000-0004-0000-0000-0000DA000000}"/>
+    <hyperlink ref="B265" r:id="rId220" display="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+77-15/be97c4f4-f95a-4fda-8158-94858fcd39f1" xr:uid="{00000000-0004-0000-0000-0000DB000000}"/>
+    <hyperlink ref="A266" r:id="rId221" display="http://www.regione.umbria.it/documents/18/3856340/DGR+157-15/ee2b7804-e4cf-42e9-8bfd-ec6124471483" xr:uid="{00000000-0004-0000-0000-0000DC000000}"/>
+    <hyperlink ref="B266" r:id="rId222" display="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+157-15/7af4b0d8-61f2-4875-bfb7-1db1c25596f7" xr:uid="{00000000-0004-0000-0000-0000DD000000}"/>
+    <hyperlink ref="A272" r:id="rId223" display="http://www.regione.umbria.it/documents/18/707112/Det+6218+del+2014/43d4441d-9e61-41fa-8ba3-918d70f29cd9" xr:uid="{00000000-0004-0000-0000-0000DE000000}"/>
+    <hyperlink ref="A273" r:id="rId224" display="http://www.regione.umbria.it/documents/18/707112/DD+10437-13/aedfcaf8-8a71-4da4-a1a6-e4bf9fa2aa0e" xr:uid="{00000000-0004-0000-0000-0000DF000000}"/>
+    <hyperlink ref="B273" r:id="rId225" display="http://www.regione.umbria.it/documents/18/707112/all+1+dd+10437-13/c29c60d9-1f17-4e58-ad28-f9ab49dfdf15" xr:uid="{00000000-0004-0000-0000-0000E0000000}"/>
+    <hyperlink ref="B274" r:id="rId226" display="http://www.regione.umbria.it/documents/18/707112/all+2+dd+10437-13/961d44a2-2cef-4db4-94c0-254e2281d199" xr:uid="{00000000-0004-0000-0000-0000E1000000}"/>
+    <hyperlink ref="A275" r:id="rId227" display="http://www.regione.umbria.it/documents/18/707112/dd+11289-14/1d938647-6dff-4873-b1f4-94619ab437f0" xr:uid="{00000000-0004-0000-0000-0000E2000000}"/>
+    <hyperlink ref="B275" r:id="rId228" display="http://www.regione.umbria.it/documents/18/707112/all+1dgr+11289-14/c843a0d5-6ccf-4003-b7b5-3031526e8ded" xr:uid="{00000000-0004-0000-0000-0000E3000000}"/>
+    <hyperlink ref="B276" r:id="rId229" display="http://www.regione.umbria.it/documents/18/707112/all+2+-+11289-14/9478c116-be10-477d-b356-cbe21b7f6ccf" xr:uid="{00000000-0004-0000-0000-0000E4000000}"/>
+    <hyperlink ref="C277" r:id="rId230" display="http://leggi.crumbria.it/mostra_atto.php?id=155004&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000E5000000}"/>
+    <hyperlink ref="C278" r:id="rId231" display="http://leggi.crumbria.it/mostra_atto.php?id=60966&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000E6000000}"/>
+    <hyperlink ref="C279" r:id="rId232" display="http://leggi.crumbria.it/mostra_atto.php?id=112420&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000E7000000}"/>
+    <hyperlink ref="C280" r:id="rId233" display="http://leggi.crumbria.it/mostra_atto.php?id=109468&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000E8000000}"/>
+    <hyperlink ref="A281" r:id="rId234" display="http://www.regione.umbria.it/documents/18/707112/DCR+79-01/25fed763-d04e-4837-9480-79245f396b09" xr:uid="{00000000-0004-0000-0000-0000E9000000}"/>
+    <hyperlink ref="A282" r:id="rId235" display="http://www.regione.umbria.it/documents/18/707112/DD+8766-12/1df4dce5-280d-480e-8bef-9b6e4f1edd60" xr:uid="{00000000-0004-0000-0000-0000EA000000}"/>
+    <hyperlink ref="C283" r:id="rId236" display="http://leggi.crumbria.it/mostra_atto.php?id=9215&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000EB000000}"/>
+    <hyperlink ref="A284" r:id="rId237" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11.pdf/89019b76-bca5-4ee3-8caa-7e408360a26c" xr:uid="{00000000-0004-0000-0000-0000EC000000}"/>
+    <hyperlink ref="B284" r:id="rId238" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-A.pdf/ea7226fb-90a8-48a2-a876-a77cc1089544" xr:uid="{00000000-0004-0000-0000-0000ED000000}"/>
+    <hyperlink ref="B285" r:id="rId239" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-B.pdf/bb006712-eeda-4cda-81fe-0b1de265f10f" xr:uid="{00000000-0004-0000-0000-0000EE000000}"/>
+    <hyperlink ref="B286" r:id="rId240" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-C.pdf/c6b12844-3291-4a22-a0ee-d8b334c72995" xr:uid="{00000000-0004-0000-0000-0000EF000000}"/>
+    <hyperlink ref="B287" r:id="rId241" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-D.pdf/c1d0bf3e-1a8e-47e2-b066-aed333949249" xr:uid="{00000000-0004-0000-0000-0000F0000000}"/>
+    <hyperlink ref="B288" r:id="rId242" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1185-11+Allegato-E.pdf/c97450c6-d848-46a5-a763-7d4ffd76478b" xr:uid="{00000000-0004-0000-0000-0000F1000000}"/>
+    <hyperlink ref="A289" r:id="rId243" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10.pdf/2a3aaa30-d196-4ae2-a4b7-fe42c4205a15" xr:uid="{00000000-0004-0000-0000-0000F2000000}"/>
+    <hyperlink ref="B289" r:id="rId244" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+A.pdf/121608ed-ded2-4c57-af95-b7389d011943" xr:uid="{00000000-0004-0000-0000-0000F3000000}"/>
+    <hyperlink ref="B290" r:id="rId245" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+B/8476afac-729b-49fd-b627-3cda3e06d6df" xr:uid="{00000000-0004-0000-0000-0000F4000000}"/>
+    <hyperlink ref="B291" r:id="rId246" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+C.pdf/0aeb3deb-7b1b-44cc-8343-74a0706268e7" xr:uid="{00000000-0004-0000-0000-0000F5000000}"/>
+    <hyperlink ref="B292" r:id="rId247" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+D.pdf/22790811-92c2-4a2a-9108-d4d428a85f84" xr:uid="{00000000-0004-0000-0000-0000F6000000}"/>
+    <hyperlink ref="B293" r:id="rId248" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1239-10+Allegato+E.pdf/ef4badcb-6857-4507-991f-0bcb5fd51757" xr:uid="{00000000-0004-0000-0000-0000F7000000}"/>
+    <hyperlink ref="C294" r:id="rId249" display="http://leggi.crumbria.it/mostra_atto.php?id=111228&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000F8000000}"/>
+    <hyperlink ref="A297" r:id="rId250" display="http://www.regione.umbria.it/documents/18/707112/DGR+1340+del+14.11.2011/e61ae473-aec8-4c1d-9dbc-45f4638a3230" xr:uid="{00000000-0004-0000-0000-0000F9000000}"/>
+    <hyperlink ref="A299" r:id="rId251" display="http://www.regione.umbria.it/documents/18/707112/dgr+1370-14/fdc4c8c7-18fd-4d75-8cd9-c8062827ea97" xr:uid="{00000000-0004-0000-0000-0000FA000000}"/>
+    <hyperlink ref="A300" r:id="rId252" display="http://www.regione.umbria.it/documents/18/707112/dd.+n.+10043.14/8677b78a-5df4-424a-9559-a6f829ffc26f" xr:uid="{00000000-0004-0000-0000-0000FB000000}"/>
+    <hyperlink ref="B300" r:id="rId253" display="http://www.regione.umbria.it/documents/18/707112/PISTE+DI+CONTROLLO/f1699dd3-d14c-4b81-8658-19734fa58d37" xr:uid="{00000000-0004-0000-0000-0000FC000000}"/>
+    <hyperlink ref="B301" r:id="rId254" display="http://www.regione.umbria.it/documents/18/707112/check+list/4d8b6e03-4f31-496e-b7cb-912ed897ce60" xr:uid="{00000000-0004-0000-0000-0000FD000000}"/>
+    <hyperlink ref="A302" r:id="rId255" display="http://www.regione.umbria.it/documents/18/707112/D.G.R.+1684+15-12-14/2d6b6414-fef2-48c0-a79b-a0794dbd80b5" xr:uid="{00000000-0004-0000-0000-0000FE000000}"/>
+    <hyperlink ref="A303" r:id="rId256" display="http://www.regione.umbria.it/documents/18/707112/DGR+761-13/0fc49075-4620-46b7-9a06-275cccf271db" xr:uid="{00000000-0004-0000-0000-0000FF000000}"/>
+    <hyperlink ref="A304" r:id="rId257" display="http://www.regione.umbria.it/documents/18/3856340/DGR+748-08/3182ad20-aa0a-4fc5-952b-ad493cde9503" xr:uid="{00000000-0004-0000-0000-000000010000}"/>
+    <hyperlink ref="A305" r:id="rId258" display="http://www.regione.umbria.it/documents/18/707112/DGR+1615+24-11-08/2edd4fdc-fbcb-4c5f-a7e1-33a56cee76b4" xr:uid="{00000000-0004-0000-0000-000001010000}"/>
+    <hyperlink ref="A306" r:id="rId259" display="http://www.regione.umbria.it/documents/18/3856340/DGR+385-10/be7167c8-51bf-47d6-afce-39130224d40c" xr:uid="{00000000-0004-0000-0000-000002010000}"/>
+    <hyperlink ref="A307" r:id="rId260" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1914-10/875599b8-746d-4501-a416-71a3710fa462" xr:uid="{00000000-0004-0000-0000-000003010000}"/>
+    <hyperlink ref="B307" r:id="rId261" display="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+1914-10/a3e77cec-0541-44da-93a4-15510f8f44dc" xr:uid="{00000000-0004-0000-0000-000004010000}"/>
+    <hyperlink ref="A308" r:id="rId262" display="http://www.regione.umbria.it/documents/18/3856340/DGR+748+23-6-08.pdf/05cd2b97-d56a-4d3b-ba18-1ef42f588704" xr:uid="{00000000-0004-0000-0000-000005010000}"/>
+    <hyperlink ref="A309" r:id="rId263" display="http://www.regione.umbria.it/documents/18/3856340/Dgr+389-15/2a123589-a58d-4506-a497-58e0eb391b4a" xr:uid="{00000000-0004-0000-0000-000006010000}"/>
+    <hyperlink ref="C310" r:id="rId264" display="http://leggi.crumbria.it/mostra_atto.php?id=9079&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20140406" xr:uid="{00000000-0004-0000-0000-000007010000}"/>
+    <hyperlink ref="A311" r:id="rId265" display="http://www.regione.umbria.it/documents/18/707112/DGR+1101+del+2016/6ba81585-7f30-473e-a181-31d6d32e29de" xr:uid="{00000000-0004-0000-0000-000008010000}"/>
+    <hyperlink ref="B311" r:id="rId266" display="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1101-2016/1aa02287-e7b3-42d4-9253-9bb0370b9f39" xr:uid="{00000000-0004-0000-0000-000009010000}"/>
+    <hyperlink ref="A312" r:id="rId267" display="http://www.regione.umbria.it/documents/18/6413635/Dgr+2534-05/7bb4e3ab-aa84-4b8b-aa1e-c6c239e96f7a" xr:uid="{00000000-0004-0000-0000-00000A010000}"/>
+    <hyperlink ref="A313" r:id="rId268" display="http://www.regione.umbria.it/documents/18/6413635/DD+11696-08.pdf/87326116-d24b-4c3e-9137-fb99e8570a7c" xr:uid="{00000000-0004-0000-0000-00000B010000}"/>
+    <hyperlink ref="A314" r:id="rId269" display="http://www.regione.umbria.it/documents/18/6413635/dgr+1861-2009.pdf/2614d996-5f80-4c10-8f1f-42fe2a6690ed" xr:uid="{00000000-0004-0000-0000-00000C010000}"/>
+    <hyperlink ref="A315" r:id="rId270" display="http://www.regione.umbria.it/documents/18/6413635/DGR+922-2009.pdf/897b89c1-77d7-4d77-9f59-1534c35d8143" xr:uid="{00000000-0004-0000-0000-00000D010000}"/>
+    <hyperlink ref="A316" r:id="rId271" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1780-2009.pdf/e1252fd6-3a58-4626-ba40-b1f9213b5908" xr:uid="{00000000-0004-0000-0000-00000E010000}"/>
+    <hyperlink ref="A320" r:id="rId272" display="http://www.regione.umbria.it/documents/18/707112/DD+9235-2012/ce72dcf8-7d60-4714-934b-5894249ee3a9" xr:uid="{00000000-0004-0000-0000-00000F010000}"/>
+    <hyperlink ref="B320" r:id="rId273" display="http://www.regione.umbria.it/documents/18/707112/Allegato+Schema+Bando+Concorso+fot+09.11.2012/2f63a368-b665-4edf-8e1e-98a73bc2a83c" xr:uid="{00000000-0004-0000-0000-000010010000}"/>
+    <hyperlink ref="A321" r:id="rId274" display="http://www.regione.umbria.it/documents/18/707112/DD+6281+del+04.08.2014/0fb22e0a-321d-4bc0-b2a8-95d6e56d8bad" xr:uid="{00000000-0004-0000-0000-000011010000}"/>
+    <hyperlink ref="B321" r:id="rId275" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29 SCHEMA+Convenzione+DD+6281+del+04.08.2014/b778a1b7-e99f-4a32-ae72-d013491d2d3d" xr:uid="{00000000-0004-0000-0000-000012010000}"/>
+    <hyperlink ref="A322" r:id="rId276" display="http://www.regione.umbria.it/documents/18/707112/dgr+880-13/26c8bd61-e58b-4468-9142-28f530c68452" xr:uid="{00000000-0004-0000-0000-000013010000}"/>
+    <hyperlink ref="A323" r:id="rId277" display="http://www.regione.umbria.it/documents/18/707112/dgr+1413-13/5acb13aa-6e58-449b-8af2-a13092d2d1dc" xr:uid="{00000000-0004-0000-0000-000014010000}"/>
+    <hyperlink ref="B323" r:id="rId278" display="http://www.regione.umbria.it/documents/18/707112/allegato+1413-13/8164e39a-8b92-48be-9919-d2a6a4225e17" xr:uid="{00000000-0004-0000-0000-000015010000}"/>
+    <hyperlink ref="A324" r:id="rId279" display="http://www.regione.umbria.it/documents/18/707112/dgr+923-14/4aa4284f-c3a7-40b8-b9b3-c5225f7e05a6" xr:uid="{00000000-0004-0000-0000-000016010000}"/>
+    <hyperlink ref="B324" r:id="rId280" display="http://www.regione.umbria.it/documents/18/707112/convenzione+923-14/89f792d4-8109-4fa0-87ee-294c109a70fe" xr:uid="{00000000-0004-0000-0000-000017010000}"/>
+    <hyperlink ref="A325" r:id="rId281" display="http://www.regione.umbria.it/documents/18/707112/DGR+1136-2013+bando/5e5f7900-d6e7-421c-847b-213f92934abb" xr:uid="{00000000-0004-0000-0000-000018010000}"/>
+    <hyperlink ref="B325" r:id="rId282" display="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1136-2013+Concorso+fotografico/8c954191-d9f8-4f16-be4f-d057952bb874" xr:uid="{00000000-0004-0000-0000-000019010000}"/>
+    <hyperlink ref="A326" r:id="rId283" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1860-2009/81f764aa-a16e-4434-8349-94add04d0835" xr:uid="{00000000-0004-0000-0000-00001A010000}"/>
+    <hyperlink ref="B326" r:id="rId284" display="http://www.regione.umbria.it/documents/18/707112/schema+di+convenzione+all.+DGR+1860-09/c6f9e242-c36b-4944-9f6c-d7e0d37ab57d" xr:uid="{00000000-0004-0000-0000-00001B010000}"/>
+    <hyperlink ref="A327" r:id="rId285" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1131-14/b6252a2f-94ca-4810-94d7-78c628950eb9" xr:uid="{00000000-0004-0000-0000-00001C010000}"/>
+    <hyperlink ref="A328" r:id="rId286" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1252-15/d841a3e9-03ff-45fe-abac-3d5ab69952f3" xr:uid="{00000000-0004-0000-0000-00001D010000}"/>
+    <hyperlink ref="A330" r:id="rId287" display="http://www.regione.umbria.it/documents/18/707112/DET+6488+DEL+2014/d65a4281-31f3-47ae-b2bd-1a51caa53545" xr:uid="{00000000-0004-0000-0000-00001E010000}"/>
+    <hyperlink ref="A331" r:id="rId288" display="http://www.regione.umbria.it/documents/18/707112/DGR+1021-2013/f5a7aa63-2460-459f-9d75-33025314e0d1" xr:uid="{00000000-0004-0000-0000-00001F010000}"/>
+    <hyperlink ref="A332" r:id="rId289" display="http://www.regione.umbria.it/documents/18/707112/dd+6997-2013/adf44cdf-ff78-4535-8827-fafceab80443" xr:uid="{00000000-0004-0000-0000-000020010000}"/>
+    <hyperlink ref="A333" r:id="rId290" display="http://www.regione.umbria.it/documents/18/707112/DGR+1023-13/e2d2be1c-5836-4534-be08-487abe7348fc" xr:uid="{00000000-0004-0000-0000-000021010000}"/>
+    <hyperlink ref="B333" r:id="rId291" display="http://www.regione.umbria.it/documents/18/707112/allegato+a+DGR+1023-13/320ee2e5-3ced-4596-802b-3f2b1a220e5a" xr:uid="{00000000-0004-0000-0000-000022010000}"/>
+    <hyperlink ref="A334" r:id="rId292" display="http://www.regione.umbria.it/documents/18/707112/DD+9115-14/a4a5dfc2-0de3-4368-a0d3-5735d146695d" xr:uid="{00000000-0004-0000-0000-000023010000}"/>
+    <hyperlink ref="A335" r:id="rId293" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+585-2013/38a04943-1bcb-443d-abb3-2370ebf74811" xr:uid="{00000000-0004-0000-0000-000024010000}"/>
+    <hyperlink ref="A336" r:id="rId294" display="http://www.regione.umbria.it/documents/18/707112/Determina+8148-2014/687470e3-2e2d-45ef-94d1-3c92524f84ae" xr:uid="{00000000-0004-0000-0000-000025010000}"/>
+    <hyperlink ref="A337" r:id="rId295" display="http://www.regione.umbria.it/documents/18/707112/DD+5264-2015/bcf4f757-92b5-4cc0-a8d9-050ca042923b" xr:uid="{00000000-0004-0000-0000-000026010000}"/>
+    <hyperlink ref="A338" r:id="rId296" display="http://www.regione.umbria.it/documents/18/707112/D.D.+5821-2015/633ae79b-3d6e-40fe-84e1-c57556bd29e0" xr:uid="{00000000-0004-0000-0000-000027010000}"/>
+    <hyperlink ref="A339" r:id="rId297" display="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+65612-2015/3a5fd150-575f-4467-8621-c40ec5a10c35" xr:uid="{00000000-0004-0000-0000-000028010000}"/>
+    <hyperlink ref="B339" r:id="rId298" display="http://www.regione.umbria.it/documents/18/707112/Allegato+schema+di+accordo+dd+n.+6561-15/8e5a265e-a884-4f00-9f45-cff0e03acbd9" xr:uid="{00000000-0004-0000-0000-000029010000}"/>
+    <hyperlink ref="A340" r:id="rId299" display="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+1021-2013/cb68b2d2-1b0c-42e2-a89d-52206eec37b1" xr:uid="{00000000-0004-0000-0000-00002A010000}"/>
+    <hyperlink ref="B340" r:id="rId300" display="http://www.regione.umbria.it/documents/18/707112/PROGRAMMA+DI+LAVORO+All.+DGR+1021-13/78648820-e406-4668-8f6b-5b684add5f89" xr:uid="{00000000-0004-0000-0000-00002B010000}"/>
+    <hyperlink ref="A341" r:id="rId301" display="http://www.regione.umbria.it/documents/18/707112/DD+n.+5358-2016/6f0a3d6e-d965-466f-aab5-df137e5f183a" xr:uid="{00000000-0004-0000-0000-00002C010000}"/>
+    <hyperlink ref="A343" r:id="rId302" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+8812+del+01.12.2011/5ae6405a-5c4f-4462-8056-dd739672fd79" xr:uid="{00000000-0004-0000-0000-00002D010000}"/>
+    <hyperlink ref="A344" r:id="rId303" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+1446+del+01.03.2012/89692592-d97a-4982-805a-23b85b6b4f7f" xr:uid="{00000000-0004-0000-0000-00002E010000}"/>
+    <hyperlink ref="B344" r:id="rId304" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All1.+AggiornamentoSIGECO2012+DD+1446+del+01.03/4f3d3b93-7e39-44b6-90a4-e7f244e1b6b6" xr:uid="{00000000-0004-0000-0000-00002F010000}"/>
+    <hyperlink ref="A345" r:id="rId305" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+1904+del+28.03.2013/5df03da1-0461-484a-8e72-a5f134829ed6" xr:uid="{00000000-0004-0000-0000-000030010000}"/>
+    <hyperlink ref="B345" r:id="rId306" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+D.D.+1904+del+2013/d99a62ab-f0b8-4d2f-92e8-aa02af406d4f" xr:uid="{00000000-0004-0000-0000-000031010000}"/>
+    <hyperlink ref="B346" r:id="rId307" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+2+D.D.+n.+1904+del+2013/d04a9885-1a10-41ff-b36b-7f38406353df" xr:uid="{00000000-0004-0000-0000-000032010000}"/>
+    <hyperlink ref="A347" r:id="rId308" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+n.+4670+del+27.06.13/358667e7-00d9-49de-af55-b480f4154130" xr:uid="{00000000-0004-0000-0000-000033010000}"/>
+    <hyperlink ref="B347" r:id="rId309" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+D.D.+4670+del+2013/4e04a3a2-2a7b-43c1-9a24-427542811d24" xr:uid="{00000000-0004-0000-0000-000034010000}"/>
+    <hyperlink ref="A348" r:id="rId310" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR918+del+29.07.2013/6ec82fdd-1143-470e-8054-5d502e4d19ad" xr:uid="{00000000-0004-0000-0000-000035010000}"/>
+    <hyperlink ref="B348" r:id="rId311" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+A+DGR918+del+2013/732ed770-e8d8-47f5-b71f-cfd09cadce91" xr:uid="{00000000-0004-0000-0000-000036010000}"/>
+    <hyperlink ref="A349" r:id="rId312" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD8233+del+31.10.13/1e5d719d-834f-4487-bbc0-f269ce29c6be" xr:uid="{00000000-0004-0000-0000-000037010000}"/>
+    <hyperlink ref="B349" r:id="rId313" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Avviso+pubblico+DD8233/b32204e5-6063-47bb-9d20-13b2d917614c" xr:uid="{00000000-0004-0000-0000-000038010000}"/>
+    <hyperlink ref="A350" r:id="rId314" display="http://www.regione.umbria.it/documents/18/3856340/DD+10023-14/5d2303a1-a411-408e-ac97-fea0dab5d589" xr:uid="{00000000-0004-0000-0000-000039010000}"/>
+    <hyperlink ref="B350" r:id="rId315" display="http://www.regione.umbria.it/documents/18/3856340/All.1+DD+10023-14/d0f49ed4-241d-4399-b148-b88cdb5cb71a" xr:uid="{00000000-0004-0000-0000-00003A010000}"/>
+    <hyperlink ref="B351" r:id="rId316" display="http://www.regione.umbria.it/documents/18/3856340/All.2+DD10023-14/4e52c31e-870e-4f3d-89ad-706e65426527" xr:uid="{00000000-0004-0000-0000-00003B010000}"/>
+    <hyperlink ref="A352" r:id="rId317" display="http://www.regione.umbria.it/documents/18/3856340/DD+2210-15/87631ddd-1ee7-44c1-8b0e-d0374a477327" xr:uid="{00000000-0004-0000-0000-00003C010000}"/>
+    <hyperlink ref="A353" r:id="rId318" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1392-12/e045f37e-7175-4a6e-bc0f-ef53766591ab" xr:uid="{00000000-0004-0000-0000-00003D010000}"/>
+    <hyperlink ref="A354" r:id="rId319" display="http://www.regione.umbria.it/documents/18/6413635/DD+8222-14.pdf/114adb09-28a3-4a12-9292-04c35605f92f" xr:uid="{00000000-0004-0000-0000-00003E010000}"/>
+    <hyperlink ref="B354" r:id="rId320" display="http://www.regione.umbria.it/documents/18/6413635/DD+8222-14+All+tirocini.pdf/5b05906b-2f9a-4b54-b8b4-c09f3e54e41e" xr:uid="{00000000-0004-0000-0000-00003F010000}"/>
+    <hyperlink ref="A355" r:id="rId321" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1445-16/11ff9e8b-6480-4111-bf8e-791fff564c45" xr:uid="{00000000-0004-0000-0000-000040010000}"/>
+    <hyperlink ref="A356" r:id="rId322" display="http://www.regione.umbria.it/documents/18/6413635/DGR+201-02/23d6d86e-cf65-4a08-abe9-e8b1a06232df" xr:uid="{00000000-0004-0000-0000-000041010000}"/>
+    <hyperlink ref="A358" r:id="rId323" display="http://www.regione.umbria.it/documents/18/707112/DGR1076+DEL+2009/2dd33f52-c5d1-4671-9007-c6e67f7e32ff" xr:uid="{00000000-0004-0000-0000-000042010000}"/>
+    <hyperlink ref="A359" r:id="rId324" display="http://www.regione.umbria.it/documents/18/707112/DCR+755-1999/73aa9bd7-5a7c-4e32-834f-e309574f47fd" xr:uid="{00000000-0004-0000-0000-000043010000}"/>
+    <hyperlink ref="A360" r:id="rId325" display="http://www.regione.umbria.it/documents/18/707112/DGR+953-2005/bb8ef192-1e0a-4fd4-9d63-a91866e905a6" xr:uid="{00000000-0004-0000-0000-000044010000}"/>
+    <hyperlink ref="A361" r:id="rId326" display="http://www.regione.umbria.it/documents/18/707112/DGR+351+del+2008+BandoPUC2/556a53a9-b706-45c0-9a14-4fddb5d4f68b" xr:uid="{00000000-0004-0000-0000-000045010000}"/>
+    <hyperlink ref="A362" r:id="rId327" display="http://www.regione.umbria.it/documents/18/707112/DD+3299+7apr2009+mod.erog.finanz./6ab0c3fe-76ef-4f84-adda-3121f9a624e7" xr:uid="{00000000-0004-0000-0000-000046010000}"/>
+    <hyperlink ref="A363" r:id="rId328" display="http://www.regione.umbria.it/documents/18/707112/DGR+586-2010/1784cf3f-434d-49da-b8ef-c642a1bc9c9e" xr:uid="{00000000-0004-0000-0000-000047010000}"/>
+    <hyperlink ref="B363" r:id="rId329" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29  DGR+586-2010/2333ccdd-86e7-465f-80c9-8b2d46c57dee" xr:uid="{00000000-0004-0000-0000-000048010000}"/>
+    <hyperlink ref="A364" r:id="rId330" display="http://www.regione.umbria.it/documents/18/707112/DGR+1143-2011/623eb979-e06c-4a1d-ad90-352c52027973" xr:uid="{00000000-0004-0000-0000-000049010000}"/>
+    <hyperlink ref="A365" r:id="rId331" display="http://www.regione.umbria.it/documents/18/707112/dgr+1738-12/950e1d9d-2a35-4221-8268-e6f625c5090c" xr:uid="{00000000-0004-0000-0000-00004A010000}"/>
+    <hyperlink ref="A366" r:id="rId332" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+50-2013+BGC/8286e3a2-53d3-4478-b2ca-7411906c7bff" xr:uid="{00000000-0004-0000-0000-00004B010000}"/>
+    <hyperlink ref="A367" r:id="rId333" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+243-2013BSingle/1f4c3b17-f121-4b8b-9bb8-e581938fa573" xr:uid="{00000000-0004-0000-0000-00004C010000}"/>
+    <hyperlink ref="A368" r:id="rId334" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+301-2013Bmon/33e0ae54-f4b2-4376-adf8-cb8fdf9b4663" xr:uid="{00000000-0004-0000-0000-00004D010000}"/>
+    <hyperlink ref="A369" r:id="rId335" display="http://www.regione.umbria.it/documents/18/707112/DGR+1292+del+2013/27cb63da-2289-4241-8b1d-726ebb8ac31c" xr:uid="{00000000-0004-0000-0000-00004E010000}"/>
+    <hyperlink ref="B369" r:id="rId336" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+morosi+incolpevoli/89c2aca7-706f-4465-963c-1848f5179170" xr:uid="{00000000-0004-0000-0000-00004F010000}"/>
+    <hyperlink ref="A370" r:id="rId337" display="http://www.regione.umbria.it/documents/18/707112/Delibera+11+del+13+gennaio+2014/a3c895d4-d2bd-45f5-b587-d71c63f2cd41" xr:uid="{00000000-0004-0000-0000-000050010000}"/>
+    <hyperlink ref="A371" r:id="rId338" display="http://www.regione.umbria.it/documents/18/707112/DGR+312-02/38376528-19b1-4b4c-be88-1c87fcdc3c85" xr:uid="{00000000-0004-0000-0000-000051010000}"/>
+    <hyperlink ref="A372" r:id="rId339" display="http://www.regione.umbria.it/documents/18/707112/dcr+735-99/24756117-18d3-4d5f-871f-b71a4f84bda5" xr:uid="{00000000-0004-0000-0000-000052010000}"/>
+    <hyperlink ref="A373" r:id="rId340" display="http://www.regione.umbria.it/documents/18/707112/dgr+1126-02/64836169-0761-4394-95e3-55f5a1db551c" xr:uid="{00000000-0004-0000-0000-000053010000}"/>
+    <hyperlink ref="A374" r:id="rId341" display="http://www.regione.umbria.it/documents/18/707112/dgr+612-04/cf76255e-d795-4e81-b68a-4266f566819c" xr:uid="{00000000-0004-0000-0000-000054010000}"/>
+    <hyperlink ref="A375" r:id="rId342" display="http://www.regione.umbria.it/documents/18/707112/DGR+892+07/1f2325ee-5a67-49f1-80fe-ccdaa87011ba" xr:uid="{00000000-0004-0000-0000-000055010000}"/>
+    <hyperlink ref="A376" r:id="rId343" display="http://www.regione.umbria.it/documents/18/707112/DD+3299-09/4873137e-7f2e-46ee-8fb4-e8cea3f0f7ee" xr:uid="{00000000-0004-0000-0000-000056010000}"/>
+    <hyperlink ref="A377" r:id="rId344" display="http://www.regione.umbria.it/documents/18/707112/DGR+968-14/a376572a-1c8d-4c60-98d4-8cc15752b94b" xr:uid="{00000000-0004-0000-0000-000057010000}"/>
+    <hyperlink ref="A378" r:id="rId345" display="http://www.regione.umbria.it/documents/18/707112/DD+458-15/e3c9fd64-f885-4249-b59f-51c10a97269e" xr:uid="{00000000-0004-0000-0000-000058010000}"/>
+    <hyperlink ref="B378" r:id="rId346" display="http://www.regione.umbria.it/documents/18/707112/ALL.+458-15/0b8ccebe-7df6-4096-9aaf-84b023c6fdf0" xr:uid="{00000000-0004-0000-0000-000059010000}"/>
+    <hyperlink ref="A379" r:id="rId347" display="http://www.regione.umbria.it/documents/18/707112/DGR+307-11/0c778b53-5b23-4c58-851f-923d4b1aba3e" xr:uid="{00000000-0004-0000-0000-00005A010000}"/>
+    <hyperlink ref="B379" r:id="rId348" display="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+307-11/dff09b4d-5350-475d-b88c-70f660ae220a" xr:uid="{00000000-0004-0000-0000-00005B010000}"/>
+    <hyperlink ref="A380" r:id="rId349" display="http://www.regione.umbria.it/documents/18/707112/DGR+281-2013/b6d5334e-a589-4bb6-84de-11d274dc998f" xr:uid="{00000000-0004-0000-0000-00005C010000}"/>
+    <hyperlink ref="B380" r:id="rId350" display="http://www.regione.umbria.it/documents/18/707112/avviso+allegato+DGR+281-13/78829e2f-19e6-47c4-b763-bb2c1c49a2b0" xr:uid="{00000000-0004-0000-0000-00005D010000}"/>
+    <hyperlink ref="A381" r:id="rId351" display="http://www.regione.umbria.it/documents/18/707112/DGR+109-2004/e521e601-2d6c-4aa7-9252-4c62981cf301" xr:uid="{00000000-0004-0000-0000-00005E010000}"/>
+    <hyperlink ref="A382" r:id="rId352" display="http://www.regione.umbria.it/documents/18/707112/DGR+228-2008/58206c88-5fa0-4caf-8922-2a1eb73a5a37" xr:uid="{00000000-0004-0000-0000-00005F010000}"/>
+    <hyperlink ref="C383" r:id="rId353" display="http://www.regione.umbria.it/documents/18/3856340/D.M.+892-09/447993c8-ec61-4b26-bb1f-5979f1901188" xr:uid="{00000000-0004-0000-0000-000060010000}"/>
+    <hyperlink ref="C384" r:id="rId354" display="http://www.regione.umbria.it/documents/18/707112/D.M.+12.10.2015/da4c1b8d-3dfb-46fb-bfc6-802d63e40bd0" xr:uid="{00000000-0004-0000-0000-000061010000}"/>
+    <hyperlink ref="A385" r:id="rId355" display="http://www.regione.umbria.it/documents/18/6413635/DGR+312-02/205e18c3-3279-46d4-b8e5-0ea6a1b9e7cd" xr:uid="{00000000-0004-0000-0000-000062010000}"/>
+    <hyperlink ref="A386" r:id="rId356" display="http://www.regione.umbria.it/documents/18/6413635/DCR+563-98/3688f78c-3377-4d43-9a64-f5d4d9183652" xr:uid="{00000000-0004-0000-0000-000063010000}"/>
+    <hyperlink ref="C390" r:id="rId357" display="http://www.regione.umbria.it/documents/18/707112/BUR+efficienza+n.+8/75952e28-6ab2-412d-82fa-e6b4ac353b46" xr:uid="{00000000-0004-0000-0000-000064010000}"/>
+    <hyperlink ref="C391" r:id="rId358" display="http://www.regione.umbria.it/documents/18/707112/bando+bur+56+su+4/d74c45a0-be1d-4bba-a5ad-747fa4281c8b" xr:uid="{00000000-0004-0000-0000-000065010000}"/>
+    <hyperlink ref="A392" r:id="rId359" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/BUR+Bando+Amianto+FV/40ecc440-93aa-4568-8296-98092bb5abc5" xr:uid="{00000000-0004-0000-0000-000066010000}"/>
+    <hyperlink ref="A393" r:id="rId360" display="http://www.regione.umbria.it/documents/66070/416127/Bando+Ricerca+Energia+det+dir+786+del+2013+BUR/766dac91-6dc1-4f3a-9b41-9acf19a9bfde" xr:uid="{00000000-0004-0000-0000-000067010000}"/>
+    <hyperlink ref="A394" r:id="rId361" display="http://www.regione.umbria.it/documents/18/707112/BUR+bando+-+DD+2836+del+2013/f11216d7-a4de-4e3f-a7c4-986ffd1d51c7" xr:uid="{00000000-0004-0000-0000-000068010000}"/>
+    <hyperlink ref="A395" r:id="rId362" display="http://www.regione.umbria.it/documents/18/707112/DD8018_2008/bd5ac9b3-0501-4706-8f96-203c83d436eb" xr:uid="{00000000-0004-0000-0000-000069010000}"/>
+    <hyperlink ref="B395" r:id="rId363" display="http://www.regione.umbria.it/documents/18/707112/BandoPIA2008_DD_8018_2008.pdf/0ed216e4-24ba-45b5-8e26-11d8c4dfe515" xr:uid="{00000000-0004-0000-0000-00006A010000}"/>
+    <hyperlink ref="A396" r:id="rId364" display="http://www.regione.umbria.it/documents/18/707112/DD_11397_2009/3e5dfe86-f14e-4e31-8cc7-97cb6144e1c9" xr:uid="{00000000-0004-0000-0000-00006B010000}"/>
+    <hyperlink ref="B396" r:id="rId365" display="http://www.regione.umbria.it/documents/18/707112/Bando_PIA_Innovazione_2009_DD_11397_2009./0f5886e6-0f46-43f3-9eb3-0bc707b9ecd5" xr:uid="{00000000-0004-0000-0000-00006C010000}"/>
+    <hyperlink ref="A397" r:id="rId366" display="http://www.regione.umbria.it/documents/18/707112/DD_11398_2009/c4749138-da7d-4983-ab8f-64f3c7edb3ba" xr:uid="{00000000-0004-0000-0000-00006D010000}"/>
+    <hyperlink ref="B397" r:id="rId367" display="http://www.regione.umbria.it/documents/18/707112/Bando_Ordinario_2009_DD_11398_2009/2c70b375-7293-4143-bd79-26d30c08df11" xr:uid="{00000000-0004-0000-0000-00006E010000}"/>
+    <hyperlink ref="A398" r:id="rId368" display="http://www.regione.umbria.it/documents/18/707112/DD_940_2012/7d240779-2854-420d-b5b8-4b85f4f42a7d" xr:uid="{00000000-0004-0000-0000-00006F010000}"/>
+    <hyperlink ref="B398" r:id="rId369" display="http://www.regione.umbria.it/documents/18/707112/bando+dd+940/3e8082a4-8d6b-49eb-a071-5f6ab688f174" xr:uid="{00000000-0004-0000-0000-000070010000}"/>
+    <hyperlink ref="A399" r:id="rId370" display="http://www.regione.umbria.it/documents/18/707112/DD_89_2013/54fb6ee8-4bf0-4a22-bf43-3fbf32a81e8d" xr:uid="{00000000-0004-0000-0000-000071010000}"/>
+    <hyperlink ref="B399" r:id="rId371" display="http://www.regione.umbria.it/documents/18/707112/Bando_PMI_Innovative_DD89_2013/5d392087-a739-4827-b6d0-929ceb58dfa5" xr:uid="{00000000-0004-0000-0000-000072010000}"/>
+    <hyperlink ref="A400" r:id="rId372" display="http://www.regione.umbria.it/documents/18/707112/DD_234_2013/26533bd5-c4ae-4fa8-a4f8-ed92bc23045a" xr:uid="{00000000-0004-0000-0000-000073010000}"/>
+    <hyperlink ref="B400" r:id="rId373" display="http://www.regione.umbria.it/documents/18/707112/Bando_PIA_Innovazione_DD234_2013/6d3ac556-7a6f-42d0-a6e2-cfc7a590665e" xr:uid="{00000000-0004-0000-0000-000074010000}"/>
+    <hyperlink ref="A401" r:id="rId374" display="http://www.regione.umbria.it/documents/18/3856340/dgr+1366-13/fac4401d-42e6-426d-89bf-e20a8460ed15" xr:uid="{00000000-0004-0000-0000-000075010000}"/>
+    <hyperlink ref="A402" r:id="rId375" display="http://www.regione.umbria.it/documents/18/707112/BUR-Bando+Start+Up+2015/13655f43-dc9f-4af1-8d24-c904e8ff2c2d" xr:uid="{00000000-0004-0000-0000-000076010000}"/>
+    <hyperlink ref="A404" r:id="rId376" display="http://www.regione.umbria.it/documents/18/707112/DD4106-2014/ff27e0fa-14ee-4365-ab7b-13636beae43a" xr:uid="{00000000-0004-0000-0000-000077010000}"/>
+    <hyperlink ref="A405" r:id="rId377" display="http://www.regione.umbria.it/documents/18/707112/DGR2079-2003.pdf/53e62d32-cfd5-4c92-af61-c15c2bd3501d" xr:uid="{00000000-0004-0000-0000-000078010000}"/>
+    <hyperlink ref="A406" r:id="rId378" display="http://www.regione.umbria.it/documents/18/707112/dgr+146-01/11b14ccb-5546-4f42-869a-cb4a70be71ff" xr:uid="{00000000-0004-0000-0000-000079010000}"/>
+    <hyperlink ref="A407" r:id="rId379" display="http://www.regione.umbria.it/documents/18/707112/dgr+850-09/c0bb31a0-60b0-48ef-9fe6-49216188903e" xr:uid="{00000000-0004-0000-0000-00007A010000}"/>
+    <hyperlink ref="A408" r:id="rId380" display="http://www.regione.umbria.it/documents/18/707112/DGR+1041-14/bcbe9983-1e0c-4f53-b573-ccf514f750e4" xr:uid="{00000000-0004-0000-0000-00007B010000}"/>
+    <hyperlink ref="C409" r:id="rId381" display="http://www.regione.umbria.it/documents/18/707112/LR+24-08/a25c3293-4930-44cc-b232-68fa21a8dfe2" xr:uid="{00000000-0004-0000-0000-00007C010000}"/>
+    <hyperlink ref="A410" r:id="rId382" display="http://www.regione.umbria.it/documents/18/707112/DGR+668-15.pdf/3f21a500-5fd3-4124-bfb2-f29b36a670ba" xr:uid="{00000000-0004-0000-0000-00007D010000}"/>
+    <hyperlink ref="A411" r:id="rId383" display="http://www.regione.umbria.it/documents/18/707112/DGR+695-15.pdf/6d7b54b5-2d32-4ccd-8962-fe7039a77311" xr:uid="{00000000-0004-0000-0000-00007E010000}"/>
+    <hyperlink ref="C412" r:id="rId384" display="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2011-06-23;118!vig=" xr:uid="{00000000-0004-0000-0000-00007F010000}"/>
+    <hyperlink ref="A413" r:id="rId385" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1409-02/50fb105b-871b-4fe6-9910-152eff8dc91e" xr:uid="{00000000-0004-0000-0000-000080010000}"/>
+    <hyperlink ref="A414" r:id="rId386" display="http://www.regione.umbria.it/documents/18/707112/DGR+492-11Attivazione+2010-11/a8c51c5e-6634-4da2-9e1d-ed760d97a268" xr:uid="{00000000-0004-0000-0000-000081010000}"/>
+    <hyperlink ref="A415" r:id="rId387" display="http://www.regione.umbria.it/documents/18/707112/DGR+592-2013Contra2012-13/99e85efb-8ab3-49e4-8299-6b6d83970649" xr:uid="{00000000-0004-0000-0000-000082010000}"/>
+    <hyperlink ref="A416" r:id="rId388" display="http://www.regione.umbria.it/documents/18/3856340/DGR524-12.pdf/71b08e52-3e44-42ab-b3bd-ffe2cc7b7ca3" xr:uid="{00000000-0004-0000-0000-000083010000}"/>
+    <hyperlink ref="A417" r:id="rId389" display="http://www.regione.umbria.it/documents/18/3856340/DGR595-10.pdf/bd1c27ea-0513-4263-9427-0ed37eb72485" xr:uid="{00000000-0004-0000-0000-000084010000}"/>
+    <hyperlink ref="A418" r:id="rId390" display="http://www.regione.umbria.it/documents/18/3856340/DGR613-2013.pdf/2d6fcb08-311e-4b64-bc32-f8db1deac61c" xr:uid="{00000000-0004-0000-0000-000085010000}"/>
+    <hyperlink ref="A419" r:id="rId391" display="http://www.regione.umbria.it/documents/18/6413635/DGR604-12.pdf/fffc2e29-3cf2-47a8-8945-04367dbb5152" xr:uid="{00000000-0004-0000-0000-000086010000}"/>
+    <hyperlink ref="A420" r:id="rId392" display="http://www.regione.umbria.it/documents/18/6413635/DGR689-2013.pdf/aa5083f1-a657-4bb2-823b-ca69d0b5f7d0" xr:uid="{00000000-0004-0000-0000-000087010000}"/>
+    <hyperlink ref="A421" r:id="rId393" display="http://www.regione.umbria.it/documents/18/6413635/DGR+579-16/78ecaf72-10b1-4982-8f4c-3e662703bd3b" xr:uid="{00000000-0004-0000-0000-000088010000}"/>
+    <hyperlink ref="A422" r:id="rId394" display="http://www.regione.umbria.it/documents/18/707112/DGR+727-2013/3e87bc2d-d10f-420a-9661-816c1902484a" xr:uid="{00000000-0004-0000-0000-000089010000}"/>
+    <hyperlink ref="A423" r:id="rId395" display="http://www.regione.umbria.it/documents/18/707112/DGR+2343+del+29-12-2005/244c0f31-f1c4-4464-b46b-50b59a89730c" xr:uid="{00000000-0004-0000-0000-00008A010000}"/>
+    <hyperlink ref="B423" r:id="rId396" display="http://www.regione.umbria.it/documents/18/707112/Tabelle+riepilogative+all.+a+DGR+2343-2005/bed851b0-3bb9-4b60-a8e6-ac4a050e6b78" xr:uid="{00000000-0004-0000-0000-00008B010000}"/>
+    <hyperlink ref="A425" r:id="rId397" display="http://www.regione.umbria.it/documents/18/707112/D.D.+5911+2012/835a53c8-a7c6-49b6-bcc0-b0d9c0694c22" xr:uid="{00000000-0004-0000-0000-00008C010000}"/>
+    <hyperlink ref="A426" r:id="rId398" display="http://www.regione.umbria.it/documents/18/707112/D.D.+4330+2014/f059f184-d039-4353-adc7-4dd5ebfdafbb" xr:uid="{00000000-0004-0000-0000-00008D010000}"/>
+    <hyperlink ref="A427" r:id="rId399" display="http://www.regione.umbria.it/documents/18/707112/dd+9921-14/ed9698e5-81e6-4853-a9dd-558d8bc85aaf" xr:uid="{00000000-0004-0000-0000-00008E010000}"/>
+    <hyperlink ref="A428" r:id="rId400" display="http://www.regione.umbria.it/documents/18/707112/D.D.+n.+9923-2013/3f364616-8e91-4211-9716-9105768b46ad" xr:uid="{00000000-0004-0000-0000-00008F010000}"/>
+    <hyperlink ref="A429" r:id="rId401" display="http://www.regione.umbria.it/documents/18/707112/Determina+3751-15/9c5f76a0-3798-49b2-8f13-8f7b56dc1c0f" xr:uid="{00000000-0004-0000-0000-000090010000}"/>
+    <hyperlink ref="A431" r:id="rId402" display="http://www.regione.umbria.it/documents/18/707112/ATTO+1036-11/7ba27632-35ba-4b6e-bde3-6f5548ef04dc" xr:uid="{00000000-0004-0000-0000-000091010000}"/>
+    <hyperlink ref="B431" r:id="rId403" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B+-+Riparto+e+cofinaziamento+zone+sociali/7dd59b2f-5d07-48a8-924e-3f303b167aef" xr:uid="{00000000-0004-0000-0000-000092010000}"/>
+    <hyperlink ref="A433" r:id="rId404" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+825+del+22+luglio+2013/05d0e5bc-7b4a-4427-a941-a056c98f2eee" xr:uid="{00000000-0004-0000-0000-000093010000}"/>
+    <hyperlink ref="C436" r:id="rId405" display="http://leggi.crumbria.it/mostra_atto.php?id=39713&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000094010000}"/>
+    <hyperlink ref="A438" r:id="rId406" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+710+02.07.2013+MODIFICA+PROGRAMMA+OPERATIVO/55580615-7090-4582-88ad-a4ac31feb3d9" xr:uid="{00000000-0004-0000-0000-000095010000}"/>
+    <hyperlink ref="B438" r:id="rId407" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato++DGR+710+02.07.2013+PIANO+OPERATIVO+CRISI+RIMODULATO/79d476a2-bfdd-4afc-bbe6-4ecf11b23a1d" xr:uid="{00000000-0004-0000-0000-000096010000}"/>
+    <hyperlink ref="A439" r:id="rId408" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+5458+del+23.07.2013/75881524-8138-40fa-9e35-dd62e35d4aef" xr:uid="{00000000-0004-0000-0000-000097010000}"/>
+    <hyperlink ref="A440" r:id="rId409" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1129+del+15.10.2013/38cd700a-21ee-4bb7-a8de-cc232fbf237c" xr:uid="{00000000-0004-0000-0000-000098010000}"/>
+    <hyperlink ref="C444" r:id="rId410" display="http://leggi.crumbria.it/mostra_atto.php?id=66575&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000099010000}"/>
+    <hyperlink ref="C445" r:id="rId411" display="http://leggi.crumbria.it/mostra_atto.php?id=112132&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00009A010000}"/>
+    <hyperlink ref="C446" r:id="rId412" display="http://leggi.crumbria.it/mostra_atto.php?id=29890&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00009B010000}"/>
+    <hyperlink ref="C447" r:id="rId413" display="http://www.regione.umbria.it/documents/18/707112/CONVENZIONE+CENTRO+ESTERO+2013/6f049b9e-a330-469d-b891-f27a705b8d1a" xr:uid="{00000000-0004-0000-0000-00009C010000}"/>
+    <hyperlink ref="C448" r:id="rId414" display="http://www.regione.umbria.it/documents/18/707112/Convenzione+CEU+per+FSC+2014+nuova/8049bfb2-1639-4dda-8e41-768f86b66f2f" xr:uid="{00000000-0004-0000-0000-00009D010000}"/>
+    <hyperlink ref="A449" r:id="rId415" display="http://www.regione.umbria.it/documents/18/707112/DGR+919-2014/6bb173e2-e9d7-4681-bb8d-dca2aab4377c" xr:uid="{00000000-0004-0000-0000-00009E010000}"/>
+    <hyperlink ref="B449" r:id="rId416" display="http://www.regione.umbria.it/documents/18/707112/Criteri+contributi/f97fa101-8a62-40dc-9650-4ca18abac648" xr:uid="{00000000-0004-0000-0000-00009F010000}"/>
+    <hyperlink ref="C451" r:id="rId417" display="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2004-03-29;102!vig=" xr:uid="{00000000-0004-0000-0000-0000A0010000}"/>
+    <hyperlink ref="C452" r:id="rId418" display="http://leggi.crumbria.it/mostra_atto.php?id=81446&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000A1010000}"/>
+    <hyperlink ref="A453" r:id="rId419" display="http://www.regione.umbria.it/documents/18/707112/DD+4129-2015/99f366a3-c50f-4705-a726-dae0b5bcc1c1" xr:uid="{00000000-0004-0000-0000-0000A2010000}"/>
+    <hyperlink ref="A454" r:id="rId420" display="http://www.regione.umbria.it/documents/18/707112/DD+1151-2011+bando+FEB/69317a72-6f7d-4570-845a-20001cfe39ed" xr:uid="{00000000-0004-0000-0000-0000A3010000}"/>
+    <hyperlink ref="B454" r:id="rId421" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+alla+DD+1151-2011/ddfa4ef3-045e-48a6-bc49-af1e7d1cce93" xr:uid="{00000000-0004-0000-0000-0000A4010000}"/>
+    <hyperlink ref="A455" r:id="rId422" display="http://www.regione.umbria.it/documents/18/707112/DGR+1739-2011/1346be5d-8911-4d90-97f0-5191c3198656" xr:uid="{00000000-0004-0000-0000-0000A5010000}"/>
+    <hyperlink ref="A457" r:id="rId423" display="http://www.regione.umbria.it/documents/18/707112/dgr+1434-13/cdf8aacb-7e7d-4d45-999c-7893e2a802e8" xr:uid="{00000000-0004-0000-0000-0000A6010000}"/>
+    <hyperlink ref="A458" r:id="rId424" display="http://www.regione.umbria.it/documents/18/6413635/DGR+42-2014.pdf/b32a6849-8ff7-426c-9827-6a296b82a01c" xr:uid="{00000000-0004-0000-0000-0000A7010000}"/>
+    <hyperlink ref="B458" r:id="rId425" display="http://www.regione.umbria.it/documents/18/6413635/Protocollo_TBC_HIV_2014.pdf/ebf49bc7-932e-4ae8-9439-238571558093" xr:uid="{00000000-0004-0000-0000-0000A8010000}"/>
+    <hyperlink ref="A459" r:id="rId426" display="http://www.regione.umbria.it/documents/18/707112/DGR+44-2014.pdf/2d1a5fe7-bdd3-4b88-ac48-d6cd07d19c8e" xr:uid="{00000000-0004-0000-0000-0000A9010000}"/>
+    <hyperlink ref="B459" r:id="rId427" display="http://www.regione.umbria.it/documents/18/707112/Convenzione-Prog-CCM-Reg-Marche-pdf.pdf/9d066885-1892-4555-8019-a866263a5fc0" xr:uid="{00000000-0004-0000-0000-0000AA010000}"/>
+    <hyperlink ref="A460" r:id="rId428" display="http://www.regione.umbria.it/documents/18/707112/dgr+1412-12/7518f180-c845-4506-881b-09767183a380" xr:uid="{00000000-0004-0000-0000-0000AB010000}"/>
+    <hyperlink ref="B460" r:id="rId429" display="http://www.regione.umbria.it/documents/18/707112/verbale+1412-12/20def705-93e2-425f-a352-eeb9b782c27e" xr:uid="{00000000-0004-0000-0000-0000AC010000}"/>
+    <hyperlink ref="A461" r:id="rId430" display="http://www.regione.umbria.it/documents/18/707112/dgr+407-14/4f9f0f20-b59f-492a-9908-809cd0972aa5" xr:uid="{00000000-0004-0000-0000-0000AD010000}"/>
+    <hyperlink ref="A462" r:id="rId431" display="http://www.regione.umbria.it/documents/18/707112/dd+9946-14/0d91313e-5e5f-40d6-a01d-95015360fdff" xr:uid="{00000000-0004-0000-0000-0000AE010000}"/>
+    <hyperlink ref="C463" r:id="rId432" display="http://www.regione.umbria.it/documents/18/707112/lr+15-94/18c627ac-63cd-477f-a3a1-476bfdf655b6" xr:uid="{00000000-0004-0000-0000-0000AF010000}"/>
+    <hyperlink ref="C464" r:id="rId433" display="http://www.regione.umbria.it/documents/18/707112/L.+383-00/77d8efa2-ad9b-4784-9b0f-72f6a72182e7" xr:uid="{00000000-0004-0000-0000-0000B0010000}"/>
+    <hyperlink ref="C465" r:id="rId434" display="http://www.regione.umbria.it/documents/18/707112/lr+22-04/34de380f-6f88-4686-9ff8-f3b28472e1e1" xr:uid="{00000000-0004-0000-0000-0000B1010000}"/>
+    <hyperlink ref="A466" r:id="rId435" display="http://www.regione.umbria.it/documents/18/707112/DGR+464-13/4fda7283-a8ab-46fb-8844-a3b7f921ee37" xr:uid="{00000000-0004-0000-0000-0000B2010000}"/>
+    <hyperlink ref="A467" r:id="rId436" display="http://www.regione.umbria.it/documents/18/707112/DGR+888-13/730430da-17d6-467e-bfd7-4beb8203f0f2" xr:uid="{00000000-0004-0000-0000-0000B3010000}"/>
+    <hyperlink ref="A468" r:id="rId437" display="http://www.regione.umbria.it/documents/18/707112/DGR+253-2014/ed6a41c1-bf68-43b4-a677-e4347e76a535" xr:uid="{00000000-0004-0000-0000-0000B4010000}"/>
+    <hyperlink ref="B468" r:id="rId438" display="http://www.regione.umbria.it/documents/18/707112/convenzione+sanit%C3%A0 pubblica+veterinaria/ec220cea-9f92-4512-9e25-3b699891c994" xr:uid="{00000000-0004-0000-0000-0000B5010000}"/>
+    <hyperlink ref="A469" r:id="rId439" display="http://www.regione.umbria.it/documents/18/707112/DGR+963-2007+Piano+pandemico/e1f9ef60-dea0-4b3f-9179-500f10eb4909" xr:uid="{00000000-0004-0000-0000-0000B6010000}"/>
+    <hyperlink ref="A470" r:id="rId440" display="http://www.regione.umbria.it/documents/18/707112/DGR+746-15/52e868ca-fbb5-42ed-b078-8c9eadc3a70d" xr:uid="{00000000-0004-0000-0000-0000B7010000}"/>
+    <hyperlink ref="A471" r:id="rId441" display="http://www.regione.umbria.it/documents/18/707112/DGR+880-15+approvazione++convenzione/6d260b09-90cb-4578-bde0-88e9ff17dc70" xr:uid="{00000000-0004-0000-0000-0000B8010000}"/>
+    <hyperlink ref="B471" r:id="rId442" display="http://www.regione.umbria.it/documents/18/707112/convenzione+imenotteri+all.+DGR+880-15/bd1f5748-6d17-4e13-889f-a82b5081a5fa" xr:uid="{00000000-0004-0000-0000-0000B9010000}"/>
+    <hyperlink ref="A472" r:id="rId443" display="http://www.regione.umbria.it/documents/18/3856340/DGR+148-14/3e42f301-c169-49a0-97e5-fa0506363f49" xr:uid="{00000000-0004-0000-0000-0000BA010000}"/>
+    <hyperlink ref="B472" r:id="rId444" display="http://www.regione.umbria.it/documents/18/3856340/Allegato+DGR+148-14/bbac91ad-0f6e-4921-8673-e98a79d2ce52" xr:uid="{00000000-0004-0000-0000-0000BB010000}"/>
+    <hyperlink ref="A473" r:id="rId445" display="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+747+del+28+maggio+2015/2c910bb6-bb38-4423-b883-3a76ee17b771" xr:uid="{00000000-0004-0000-0000-0000BC010000}"/>
+    <hyperlink ref="B473" r:id="rId446" display="http://www.regione.umbria.it/documents/18/707112/Testo+convenzione+allegato+a+DGR+747-15/361b7fcb-0d6e-4c35-a069-7edc8d39ab88" xr:uid="{00000000-0004-0000-0000-0000BD010000}"/>
+    <hyperlink ref="A474" r:id="rId447" display="http://www.regione.umbria.it/documents/18/3856340/DGR+746-15/c26f27c0-11cf-4705-b1bd-5c76d4e2256e" xr:uid="{00000000-0004-0000-0000-0000BE010000}"/>
+    <hyperlink ref="B474" r:id="rId448" display="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+746-15/d6dcd31d-e921-43b4-bd32-3c9afa404426" xr:uid="{00000000-0004-0000-0000-0000BF010000}"/>
+    <hyperlink ref="A475" r:id="rId449" display="http://www.regione.umbria.it/documents/18/707112/Determinazione+dirigenziale+n.+8740-2015/91a520b0-22d1-4faf-8c44-cda882f1c12c" xr:uid="{00000000-0004-0000-0000-0000C0010000}"/>
+    <hyperlink ref="B475" r:id="rId450" display="http://www.regione.umbria.it/documents/18/707112/Progetto+Sisac+-+all.+dd.+n.+8740-2015/3a0a0b4e-1224-43da-a7a7-80990bfc6da8" xr:uid="{00000000-0004-0000-0000-0000C1010000}"/>
+    <hyperlink ref="A476" r:id="rId451" display="http://www.regione.umbria.it/documents/18/3856340/DD+9004-15/4a4da33b-fab1-43b2-8484-853fcdeb6949" xr:uid="{00000000-0004-0000-0000-0000C2010000}"/>
+    <hyperlink ref="A477" r:id="rId452" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1799-14/c1ff46b7-3cea-4594-a000-5ddcbcc3cbc4" xr:uid="{00000000-0004-0000-0000-0000C3010000}"/>
+    <hyperlink ref="B477" r:id="rId453" display="http://www.regione.umbria.it/documents/18/3856340/All.+piano+dgr+1799-14/345b4498-6610-4bc9-a346-30feabb62aff" xr:uid="{00000000-0004-0000-0000-0000C4010000}"/>
+    <hyperlink ref="B478" r:id="rId454" display="http://www.regione.umbria.it/documents/18/3856340/All.+1799-14+intesa/881ecb69-b7cc-4bf9-9f14-97d154676ea3" xr:uid="{00000000-0004-0000-0000-0000C5010000}"/>
+    <hyperlink ref="A479" r:id="rId455" display="http://www.regione.umbria.it/documents/18/707112/DD+10366-2015/10690c2e-9f8f-47d5-8283-3b64fb173c09" xr:uid="{00000000-0004-0000-0000-0000C6010000}"/>
+    <hyperlink ref="A480" r:id="rId456" display="http://www.regione.umbria.it/documents/18/3856340/DD+1455-16/cfc3af7b-0e07-4d77-a78b-d1b13bfd50cb" xr:uid="{00000000-0004-0000-0000-0000C7010000}"/>
+    <hyperlink ref="A481" r:id="rId457" display="http://www.regione.umbria.it/documents/18/707112/DGR+1524-2014/a1a7a6d3-4658-48a7-a1ec-b2be828eadea" xr:uid="{00000000-0004-0000-0000-0000C8010000}"/>
+    <hyperlink ref="B481" r:id="rId458" display="http://www.regione.umbria.it/documents/18/707112/verbale+All.+DGR+1524-2014/6bc59ed0-ece1-47c7-8cd4-43044af25251" xr:uid="{00000000-0004-0000-0000-0000C9010000}"/>
+    <hyperlink ref="A482" r:id="rId459" display="http://www.regione.umbria.it/documents/18/6413635/DGR+233-2015-CeRSAl.pdf/cf09b22d-5a3b-489c-8155-58e3f70cc403" xr:uid="{00000000-0004-0000-0000-0000CA010000}"/>
+    <hyperlink ref="B482" r:id="rId460" display="http://www.regione.umbria.it/documents/18/6413635/DGR+233-15+Allegato-Convenzione-CeRSAl.pdf/422bba4c-fa19-4782-9053-0c16c8a4c234" xr:uid="{00000000-0004-0000-0000-0000CB010000}"/>
+    <hyperlink ref="A484" r:id="rId461" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+98+2011+approvazione+criteri/7616e482-f8eb-4ad2-8e91-aa5bb2d70f37" xr:uid="{00000000-0004-0000-0000-0000CC010000}"/>
+    <hyperlink ref="A485" r:id="rId462" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+153+2011+modifica+criteri/a8a443f4-618d-49ab-a89d-65249ddb6008" xr:uid="{00000000-0004-0000-0000-0000CD010000}"/>
+    <hyperlink ref="A486" r:id="rId463" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n.+207+del+14.03.2013/b93b4281-35cb-4b08-a931-bacd82095db3" xr:uid="{00000000-0004-0000-0000-0000CE010000}"/>
+    <hyperlink ref="A487" r:id="rId464" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+N.+1247+del+11.11.2013/0f1b09b2-ff03-464a-b54a-a8758b1afe6f" xr:uid="{00000000-0004-0000-0000-0000CF010000}"/>
+    <hyperlink ref="A497" r:id="rId465" display="http://www.regione.umbria.it/documents/18/707112/dgr+865-13/4fc4fda8-8271-4277-b3c4-7715adf20f0c" xr:uid="{00000000-0004-0000-0000-0000D0010000}"/>
+    <hyperlink ref="A498" r:id="rId466" display="http://www.regione.umbria.it/documents/18/707112/dgr+764-11/ea77add0-d96d-4994-a716-bd6ed534dd0d" xr:uid="{00000000-0004-0000-0000-0000D1010000}"/>
+    <hyperlink ref="A499" r:id="rId467" display="http://www.regione.umbria.it/documents/18/707112/DGR+778-14/7e79f154-a367-438c-8d93-1f0972cd7788" xr:uid="{00000000-0004-0000-0000-0000D2010000}"/>
+    <hyperlink ref="A500" r:id="rId468" display="http://www.regione.umbria.it/documents/18/707112/dgr+1384-2011/fb09ee97-1e4e-494e-a15d-9822ab42933b" xr:uid="{00000000-0004-0000-0000-0000D3010000}"/>
+    <hyperlink ref="A501" r:id="rId469" display="http://www.regione.umbria.it/documents/18/707112/DD+9949-12/5b653437-fe3c-47e7-9188-a56a95115fd2" xr:uid="{00000000-0004-0000-0000-0000D4010000}"/>
+    <hyperlink ref="A502" r:id="rId470" display="http://www.regione.umbria.it/documents/18/707112/DGR+942-2012+13+programma+immigrazione/c8345002-a007-43f2-a275-3cb1bac949d0" xr:uid="{00000000-0004-0000-0000-0000D5010000}"/>
+    <hyperlink ref="A503" r:id="rId471" display="http://www.regione.umbria.it/documents/18/707112/DGR+478-2013/6a50e241-b5ec-42de-8a56-4401bd9263a4" xr:uid="{00000000-0004-0000-0000-0000D6010000}"/>
+    <hyperlink ref="A504" r:id="rId472" display="http://www.regione.umbria.it/documents/18/707112/DGR+698-2013/daf25c3d-09ff-499b-84f3-5e138d7855b1" xr:uid="{00000000-0004-0000-0000-0000D7010000}"/>
+    <hyperlink ref="A505" r:id="rId473" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1015-14+15%C2%B0 programma+reg.le/de927929-943a-4416-882f-68424dd919ec" xr:uid="{00000000-0004-0000-0000-0000D8010000}"/>
+    <hyperlink ref="A506" r:id="rId474" display="http://www.regione.umbria.it/documents/18/6413635/DGR+271-13.pdf/637d5177-0f95-48d3-a2dd-faafec6e3004" xr:uid="{00000000-0004-0000-0000-0000D9010000}"/>
+    <hyperlink ref="C508" r:id="rId475" display="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1992-02-05;104!vig=" xr:uid="{00000000-0004-0000-0000-0000DA010000}"/>
+    <hyperlink ref="A511" r:id="rId476" display="http://www.regione.umbria.it/documents/18/707112/DG+949-15.pdf/7881cf41-62a5-41a9-aa91-e2523cf2e8ca" xr:uid="{00000000-0004-0000-0000-0000DC010000}"/>
+    <hyperlink ref="B511" r:id="rId477" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A-parere+Nucleo.pdf/1dc0c71e-ee36-4004-bb50-2d7d3e87de36" xr:uid="{00000000-0004-0000-0000-0000DD010000}"/>
+    <hyperlink ref="B512" r:id="rId478" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B-delibera+USL+2.pdf/d40ee671-8f8c-4fed-8d72-24adc309d675" xr:uid="{00000000-0004-0000-0000-0000DE010000}"/>
+    <hyperlink ref="B513" r:id="rId479" display="http://www.regione.umbria.it/documents/18/707112/Allegato+C_Elenco+interventi.pdf/0be8c14b-5bd6-48f3-b384-878adf157f2c" xr:uid="{00000000-0004-0000-0000-0000DF010000}"/>
+    <hyperlink ref="A514" r:id="rId480" display="http://www.regione.umbria.it/documents/18/707112/DGR+496-2016/14b4a950-221d-4f1a-ad2f-f69501b8db97" xr:uid="{00000000-0004-0000-0000-0000E0010000}"/>
+    <hyperlink ref="B514" r:id="rId481" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+496-2016/08d1b6d8-78aa-4d35-b801-48c234c70843" xr:uid="{00000000-0004-0000-0000-0000E1010000}"/>
+    <hyperlink ref="B515" r:id="rId482" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+496-2016/6c222959-9b62-4e75-a954-7bc5f344d268" xr:uid="{00000000-0004-0000-0000-0000E2010000}"/>
+    <hyperlink ref="C517" r:id="rId483" display="http://www.regione.umbria.it/documents/18/6413635/QSR+2014-2020/0c40482e-2d55-48b7-9ed5-87b966abe3af" xr:uid="{00000000-0004-0000-0000-0000E3010000}"/>
+    <hyperlink ref="C518" r:id="rId484" display="http://leggi.crumbria.it/pdf/2014/N73562.PDF" xr:uid="{00000000-0004-0000-0000-0000E4010000}"/>
+    <hyperlink ref="A520" r:id="rId485" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1046-14/4dd2ceb5-29f2-4d9f-aa03-2ce0756f018b" xr:uid="{00000000-0004-0000-0000-0000E5010000}"/>
+    <hyperlink ref="A521" r:id="rId486" display="http://www.regione.umbria.it/documents/18/707112/DGR+1263-2014/6918f657-49a8-4c61-aba4-df3287c71797" xr:uid="{00000000-0004-0000-0000-0000E6010000}"/>
+    <hyperlink ref="C523" r:id="rId487" display="http://leggi.crumbria.it/mostra_atto.php?id=63836&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000E7010000}"/>
+    <hyperlink ref="A524" r:id="rId488" display="http://www.regione.umbria.it/documents/18/707112/DD9748+2012/921c7d7f-2bb3-4ae3-9c3a-7a380f1a149d" xr:uid="{00000000-0004-0000-0000-0000E8010000}"/>
+    <hyperlink ref="B524" r:id="rId489" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+bando+aps/898a87d8-52e4-4d0d-b632-83d6325f157b" xr:uid="{00000000-0004-0000-0000-0000E9010000}"/>
+    <hyperlink ref="B525" r:id="rId490" display="http://www.regione.umbria.it/documents/18/707112/All+1-2-3-4+modulistica-bandoAPS/ea5b870b-6728-4e81-9040-28df10e7df32" xr:uid="{00000000-0004-0000-0000-0000EA010000}"/>
+    <hyperlink ref="A526" r:id="rId491" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n+1576+del+10+dicembre+2012/f64d4b4f-eb35-4410-9ebb-d2554ba52dcc" xr:uid="{00000000-0004-0000-0000-0000EB010000}"/>
+    <hyperlink ref="B526" r:id="rId492" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+atto+di+indirizzo+DGR+1576+dicembre+2012/f9edad9b-e771-4963-90f2-6a7dc8a75f92" xr:uid="{00000000-0004-0000-0000-0000EC010000}"/>
+    <hyperlink ref="B527" r:id="rId493" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+2+Bando+DGR+1576+dicembre+2012/07fa9200-c4d5-42ed-98aa-d4c049aa5631" xr:uid="{00000000-0004-0000-0000-0000ED010000}"/>
+    <hyperlink ref="A528" r:id="rId494" display="http://www.regione.umbria.it/documents/18/707112/ATTO+DGR806-2013/d5777fa9-d01a-43ba-b947-b93ebc0724a8" xr:uid="{00000000-0004-0000-0000-0000EE010000}"/>
+    <hyperlink ref="B528" r:id="rId495" display="http://www.regione.umbria.it/documents/18/707112/Bando+PAR+FS+allegato/b6d9fbba-d466-496d-a36d-2f6018940c5d" xr:uid="{00000000-0004-0000-0000-0000EF010000}"/>
+    <hyperlink ref="C529" r:id="rId496" display="http://leggi.crumbria.it/mostra_atto.php?id=81377&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000F0010000}"/>
+    <hyperlink ref="A530" r:id="rId497" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1635-12/07114cfa-f921-4368-8910-24ba4da40273" xr:uid="{00000000-0004-0000-0000-0000F1010000}"/>
+    <hyperlink ref="B530" r:id="rId498" display="http://www.regione.umbria.it/documents/18/3856340/Part-Perugia/20a7d2f3-f61d-4c37-ad60-4f0fd5b23211" xr:uid="{00000000-0004-0000-0000-0000F2010000}"/>
+    <hyperlink ref="B531" r:id="rId499" display="http://www.regione.umbria.it/documents/18/3856340/Part-Todi/8f7ed66e-4e71-428a-83c5-b8bac9cb1be9" xr:uid="{00000000-0004-0000-0000-0000F3010000}"/>
+    <hyperlink ref="B532" r:id="rId500" display="http://www.regione.umbria.it/documents/18/3856340/Part-Narni/6d7b5b9b-8b41-46ea-b85f-b5eff4bc1ecd" xr:uid="{00000000-0004-0000-0000-0000F4010000}"/>
+    <hyperlink ref="B533" r:id="rId501" display="http://www.regione.umbria.it/documents/18/3856340/Parere+Coordinatore/6a9070b6-ee26-4e38-8182-9dd4f28aa1eb" xr:uid="{00000000-0004-0000-0000-0000F5010000}"/>
+    <hyperlink ref="B534" r:id="rId502" display="http://www.regione.umbria.it/documents/18/3856340/Borgo-NTS/1ad6f765-ca79-4dae-9fe7-2cb6e150e9e4" xr:uid="{00000000-0004-0000-0000-0000F6010000}"/>
+    <hyperlink ref="B535" r:id="rId503" display="http://www.regione.umbria.it/documents/18/3856340/Borgo-fl/ca02770b-e642-4352-95b4-b3ff24f410bd" xr:uid="{00000000-0004-0000-0000-0000F7010000}"/>
+    <hyperlink ref="B536" r:id="rId504" display="http://www.regione.umbria.it/documents/18/3856340/Crispolti-NST/b4657e3f-91ec-4c94-aa3f-fd79a777f7bc" xr:uid="{00000000-0004-0000-0000-0000F8010000}"/>
+    <hyperlink ref="B537" r:id="rId505" display="http://www.regione.umbria.it/documents/18/3856340/Crispolti-fl/c4be9da9-8ea3-4989-879e-003cbc8209ab" xr:uid="{00000000-0004-0000-0000-0000F9010000}"/>
+    <hyperlink ref="B538" r:id="rId506" display="http://www.regione.umbria.it/documents/18/3856340/S.Martino-NST/a7c02c38-766b-49d1-846b-f1aed37bfabc" xr:uid="{00000000-0004-0000-0000-0000FA010000}"/>
+    <hyperlink ref="B539" r:id="rId507" display="http://www.regione.umbria.it/documents/18/3856340/S.Martino-fl/2504ae46-a43d-4a8c-bdd8-f66a6c47cb52" xr:uid="{00000000-0004-0000-0000-0000FB010000}"/>
+    <hyperlink ref="B540" r:id="rId508" display="http://www.regione.umbria.it/documents/18/3856340/ARCI/f027d72f-222c-4180-9b9e-598e78d5cf07" xr:uid="{00000000-0004-0000-0000-0000FC010000}"/>
+    <hyperlink ref="A542" r:id="rId509" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+699+del+2012/4ebf81a4-d473-440b-9bc6-52a3f28a861d" xr:uid="{00000000-0004-0000-0000-0000FD010000}"/>
+    <hyperlink ref="B542" r:id="rId510" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+n.+3+DGR+699+del+2012/d2abe2e6-e8d6-4e2d-80eb-3ac9a9252511" xr:uid="{00000000-0004-0000-0000-0000FE010000}"/>
+    <hyperlink ref="A543" r:id="rId511" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+617+del+2013/4385b25b-1dce-49cc-a6e7-19166f76a130" xr:uid="{00000000-0004-0000-0000-0000FF010000}"/>
+    <hyperlink ref="A551" r:id="rId512" display="http://www.regione.umbria.it/documents/18/707112/DGR+352-2016/3985aa4e-0327-41d7-91e6-24de1d19a554" xr:uid="{00000000-0004-0000-0000-000000020000}"/>
+    <hyperlink ref="B551" r:id="rId513" display="http://www.regione.umbria.it/documents/18/707112/Protocollo+ComunicaENS+all.+a+DGR+352-16/c3fd871d-0f0e-4ca4-906f-2c827f3fb6fa" xr:uid="{00000000-0004-0000-0000-000001020000}"/>
+    <hyperlink ref="B552" r:id="rId514" display="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+I/72c89a33-3754-4f75-88c0-829c7045b91a" xr:uid="{00000000-0004-0000-0000-000002020000}"/>
+    <hyperlink ref="B553" r:id="rId515" display="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+II/23c439b1-ef1b-4dd0-beb9-17e182e981ed" xr:uid="{00000000-0004-0000-0000-000003020000}"/>
+    <hyperlink ref="B554" r:id="rId516" display="http://www.regione.umbria.it/documents/18/707112/PSR+Volume+III/17f84996-ef92-40f0-b1aa-43bc1850943b" xr:uid="{00000000-0004-0000-0000-000004020000}"/>
+    <hyperlink ref="A555" r:id="rId517" display="http://www.regione.umbria.it/documents/18/707112/DGR+1012+Screening+Ipovisione/bb9e7bcc-80b8-4fb0-94ab-62c4faf86455" xr:uid="{00000000-0004-0000-0000-000005020000}"/>
+    <hyperlink ref="B555" r:id="rId518" display="http://www.regione.umbria.it/documents/18/707112/DGR+1012+ALLEGATO++IPOVISIONE+CONGENITA/e822c2d9-3a81-425c-aac5-82460d28d6a4" xr:uid="{00000000-0004-0000-0000-000006020000}"/>
+    <hyperlink ref="A556" r:id="rId519" display="http://www.regione.umbria.it/documents/18/707112/Delibera+n.1138+del+2012/7dc2675f-52f8-454c-9b75-68b016af6453" xr:uid="{00000000-0004-0000-0000-000007020000}"/>
+    <hyperlink ref="A557" r:id="rId520" display="http://www.regione.umbria.it/documents/18/707112/Delibera+1140+del+2011+allegato/e2563c3a-75b6-4b92-ad3f-2a64046f0526" xr:uid="{00000000-0004-0000-0000-000008020000}"/>
+    <hyperlink ref="B556" r:id="rId521" xr:uid="{00000000-0004-0000-0000-000009020000}"/>
+    <hyperlink ref="C558" r:id="rId522" display="http://www.regione.umbria.it/documents/18/707112/decreto+18+marzo+2011/fa2267a5-8b09-4ce5-96f1-928cbb432b6c" xr:uid="{00000000-0004-0000-0000-00000A020000}"/>
+    <hyperlink ref="A559" r:id="rId523" display="http://www.regione.umbria.it/documents/18/707112/DGR+576-14/d49df6ce-7445-4d96-8934-c5f40c8edec8" xr:uid="{00000000-0004-0000-0000-00000B020000}"/>
+    <hyperlink ref="A560" r:id="rId524" display="http://www.regione.umbria.it/documents/18/707112/DGR+897-14/cddf1d36-f802-4556-b591-18e893e7b9a4" xr:uid="{00000000-0004-0000-0000-00000C020000}"/>
+    <hyperlink ref="A561" r:id="rId525" display="http://www.regione.umbria.it/documents/18/707112/DGR+947-14/bb04332a-9107-42ab-936c-fbd1da93ca10" xr:uid="{00000000-0004-0000-0000-00000D020000}"/>
+    <hyperlink ref="B561" r:id="rId526" display="http://www.regione.umbria.it/documents/18/707112/all+947+intesa/0eaae5d6-60dd-4654-aaa3-5b0796cebe5d" xr:uid="{00000000-0004-0000-0000-00000E020000}"/>
+    <hyperlink ref="B562" r:id="rId527" display="http://www.regione.umbria.it/documents/18/707112/all+947+progetto/8d6c5650-5a09-42cc-b662-2ebb65e75aa5" xr:uid="{00000000-0004-0000-0000-00000F020000}"/>
+    <hyperlink ref="B563" r:id="rId528" display="http://www.regione.umbria.it/documents/18/707112/all+947+coordinate/a2e664b5-d3fb-4e2d-84ff-77942b368339" xr:uid="{00000000-0004-0000-0000-000010020000}"/>
+    <hyperlink ref="A564" r:id="rId529" display="http://www.regione.umbria.it/documents/18/707112/DGR+990/3b54233a-ffd1-437e-ba53-2556d6d150aa" xr:uid="{00000000-0004-0000-0000-000011020000}"/>
+    <hyperlink ref="A565" r:id="rId530" display="http://www.regione.umbria.it/documents/18/707112/DGR+991/1b9b0457-ecdb-45e6-b73f-071db28277b0" xr:uid="{00000000-0004-0000-0000-000012020000}"/>
+    <hyperlink ref="B565" r:id="rId531" display="http://www.regione.umbria.it/documents/18/707112/all+991/f30d2bab-b429-472f-8386-ea17ab445785" xr:uid="{00000000-0004-0000-0000-000013020000}"/>
+    <hyperlink ref="A566" r:id="rId532" display="http://www.regione.umbria.it/documents/18/707112/DGR+992-14/87262373-9cdc-4ee7-aae7-58db33d03f07" xr:uid="{00000000-0004-0000-0000-000014020000}"/>
+    <hyperlink ref="B566" r:id="rId533" display="http://www.regione.umbria.it/documents/18/707112/all+992-14/e9a9ad85-9334-4fe2-8312-7aae68de5457" xr:uid="{00000000-0004-0000-0000-000015020000}"/>
+    <hyperlink ref="A567" r:id="rId534" display="http://www.regione.umbria.it/documents/18/707112/dgr+789-07/bd6253f0-245f-4b71-acec-828fd35e7cbd" xr:uid="{00000000-0004-0000-0000-000016020000}"/>
+    <hyperlink ref="A568" r:id="rId535" display="http://www.regione.umbria.it/documents/18/707112/dgr+400-14/661702f5-f481-4c46-9f84-97636a9af18f" xr:uid="{00000000-0004-0000-0000-000017020000}"/>
+    <hyperlink ref="B568" r:id="rId536" display="http://www.regione.umbria.it/documents/18/707112/accordo+dgr+400-14/c843a5c7-2c0c-4756-80c2-3279ba0d4b9e" xr:uid="{00000000-0004-0000-0000-000018020000}"/>
+    <hyperlink ref="A569" r:id="rId537" display="http://www.regione.umbria.it/documents/18/707112/dgr+931-14/b3fcaf20-a915-42cc-8aed-c2b33db1b402" xr:uid="{00000000-0004-0000-0000-000019020000}"/>
+    <hyperlink ref="A570" r:id="rId538" display="http://www.regione.umbria.it/documents/18/707112/dgr+1629-09/ab43ff97-a3f7-4750-9bdd-d575fea46857" xr:uid="{00000000-0004-0000-0000-00001A020000}"/>
+    <hyperlink ref="C571" r:id="rId539" display="http://www.regione.umbria.it/documents/18/707112/dlgs.+502-92/a792181d-22f3-4621-b3b6-cac30f1954d3" xr:uid="{00000000-0004-0000-0000-00001B020000}"/>
+    <hyperlink ref="A573" r:id="rId540" display="http://www.regione.umbria.it/documents/18/707112/dgr+424-13/fbbbace9-c189-4fc1-97ce-71b7c15d7913" xr:uid="{00000000-0004-0000-0000-00001C020000}"/>
+    <hyperlink ref="A574" r:id="rId541" display="http://www.regione.umbria.it/documents/18/707112/DGR+474-13/8eef1a7b-a884-4db7-81bb-7550458d9e06" xr:uid="{00000000-0004-0000-0000-00001D020000}"/>
+    <hyperlink ref="A575" r:id="rId542" display="http://www.regione.umbria.it/documents/18/707112/dgr+781-09/d9e2fad2-3a0f-4002-b659-669dce3c6646" xr:uid="{00000000-0004-0000-0000-00001E020000}"/>
+    <hyperlink ref="A576" r:id="rId543" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+576-2014+centro+GAP+Foligno.pdf/bb2bc574-5b2d-4415-b350-1b2542642c06" xr:uid="{00000000-0004-0000-0000-00001F020000}"/>
+    <hyperlink ref="A577" r:id="rId544" display="http://www.regione.umbria.it/documents/18/707112/dgr+273-11/bf6c937d-6522-4ca9-91fa-69ddb60573be" xr:uid="{00000000-0004-0000-0000-000020020000}"/>
+    <hyperlink ref="A578" r:id="rId545" display="http://www.regione.umbria.it/documents/18/707112/dgr+1548-14/cf951049-e013-41b8-829e-b2c1bf049a17" xr:uid="{00000000-0004-0000-0000-000021020000}"/>
+    <hyperlink ref="B578" r:id="rId546" display="http://www.regione.umbria.it/documents/18/707112/allegato+1+dgr+1548-14/975c936d-3b3c-4208-8c04-1d35f863b2ba" xr:uid="{00000000-0004-0000-0000-000022020000}"/>
+    <hyperlink ref="B579" r:id="rId547" display="http://www.regione.umbria.it/documents/18/707112/allegato+2+dgr+1548-14/fd19b2e6-2e3a-40a4-a264-bb773131806b" xr:uid="{00000000-0004-0000-0000-000023020000}"/>
+    <hyperlink ref="B580" r:id="rId548" display="http://www.regione.umbria.it/documents/18/707112/allegato+3+dgr+1548-14/8d5d67e9-ee1f-464a-94ae-404723cfcbf0" xr:uid="{00000000-0004-0000-0000-000024020000}"/>
+    <hyperlink ref="B581" r:id="rId549" display="http://www.regione.umbria.it/documents/18/707112/allegato+4+dgr+1548-14/84b1ef03-b1a9-415e-b0a1-d9e930d364fc" xr:uid="{00000000-0004-0000-0000-000025020000}"/>
+    <hyperlink ref="B582" r:id="rId550" display="http://www.regione.umbria.it/documents/18/707112/allegato+5+dgr+1548-14/2453ecf5-504c-472c-9146-df819baece94" xr:uid="{00000000-0004-0000-0000-000026020000}"/>
+    <hyperlink ref="B583" r:id="rId551" display="http://www.regione.umbria.it/documents/18/707112/allegato+6+dgr+1548-14/69252cb9-fa3e-445e-80ba-b871f2c8aecb" xr:uid="{00000000-0004-0000-0000-000027020000}"/>
+    <hyperlink ref="B584" r:id="rId552" display="http://www.regione.umbria.it/documents/18/707112/Linee+guida+dgr+1548-14/b3c1670f-bb3b-4670-87a2-f9c962b13c4d" xr:uid="{00000000-0004-0000-0000-000028020000}"/>
+    <hyperlink ref="C585" r:id="rId553" display="http://www.regione.umbria.it/documents/18/707112/l.+138-04/259087d3-b5aa-4cfb-9291-941e031e227c" xr:uid="{00000000-0004-0000-0000-000029020000}"/>
+    <hyperlink ref="C586" r:id="rId554" display="http://www.regione.umbria.it/documents/18/707112/dm+2014/4ccd88b2-7a7c-4f23-854d-56ff458a2c90" xr:uid="{00000000-0004-0000-0000-00002A020000}"/>
+    <hyperlink ref="A587" r:id="rId555" display="http://www.regione.umbria.it/documents/18/707112/dd+11231-14/173f7805-17a4-4d94-a57a-639018347b8d" xr:uid="{00000000-0004-0000-0000-00002B020000}"/>
+    <hyperlink ref="A588" r:id="rId556" display="http://www.regione.umbria.it/documents/18/707112/DGR+318-2012/d696d66f-4c5f-4651-a022-48f316c00229" xr:uid="{00000000-0004-0000-0000-00002C020000}"/>
+    <hyperlink ref="A589" r:id="rId557" display="http://www.regione.umbria.it/documents/18/707112/DGR+1588-2014/84e5b508-a350-43fa-83cb-57852470f157" xr:uid="{00000000-0004-0000-0000-00002D020000}"/>
+    <hyperlink ref="B589" r:id="rId558" display="http://www.regione.umbria.it/documents/18/707112/Allegato+Accordo+di+collaborazione+a+DGR+1588-2014/d0daed71-a4f5-4edc-949c-e5a24f3cb451" xr:uid="{00000000-0004-0000-0000-00002E020000}"/>
+    <hyperlink ref="B590" r:id="rId559" display="http://www.regione.umbria.it/documents/18/707112/Allegato+tecnico+a+dgr+1588-2014/56a4e78e-c80a-4601-8eed-3bb25e9f0069" xr:uid="{00000000-0004-0000-0000-00002F020000}"/>
+    <hyperlink ref="C591" r:id="rId560" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1985-10.xml" xr:uid="{00000000-0004-0000-0000-000030020000}"/>
+    <hyperlink ref="A592" r:id="rId561" display="http://www.regione.umbria.it/documents/18/707112/DGR+540-2015/305097cb-f490-494e-9aab-050acc81f7e0" xr:uid="{00000000-0004-0000-0000-000031020000}"/>
+    <hyperlink ref="B592" r:id="rId562" display="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+540-2015+protocollo+Malawi/3b969755-c27a-4afa-b71a-7ccfa0add91c" xr:uid="{00000000-0004-0000-0000-000032020000}"/>
+    <hyperlink ref="A593" r:id="rId563" display="http://www.regione.umbria.it/documents/18/707112/DGR+1865-2008+Prog+Argentina/0fbfbc71-eb73-4bb0-804b-658aed305f28" xr:uid="{00000000-0004-0000-0000-000033020000}"/>
+    <hyperlink ref="A594" r:id="rId564" display="http://www.regione.umbria.it/documents/18/707112/DGR+1699-14+Armonizz.+contabile/7882aae0-e9ec-453e-846d-86a9961e086d" xr:uid="{00000000-0004-0000-0000-000034020000}"/>
+    <hyperlink ref="A595" r:id="rId565" display="http://www.regione.umbria.it/documents/18/707112/DD+4057-15/fa3ac281-9c63-49e7-9977-d6da5d0b865e" xr:uid="{00000000-0004-0000-0000-000035020000}"/>
+    <hyperlink ref="A596" r:id="rId566" display="http://www.regione.umbria.it/documents/18/707112/DGR+1750-10/42487824-6c1a-4009-aeaf-f6849bb935be" xr:uid="{00000000-0004-0000-0000-000036020000}"/>
+    <hyperlink ref="A597" r:id="rId567" display="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+444+del+1999/5e252ed4-fe79-4d30-8142-f22f9ab73a2f" xr:uid="{00000000-0004-0000-0000-000037020000}"/>
+    <hyperlink ref="A598" r:id="rId568" display="http://www.regione.umbria.it/documents/18/3856340/DD1747-06/6918c024-60bf-4a59-8b0f-1ac17d700e80" xr:uid="{00000000-0004-0000-0000-000038020000}"/>
+    <hyperlink ref="A599" r:id="rId569" display="http://www.regione.umbria.it/documents/18/3856340/DD+6865-07/315a7209-7d09-4590-a9e2-1e4c3256d558" xr:uid="{00000000-0004-0000-0000-000039020000}"/>
+    <hyperlink ref="C600" r:id="rId570" display="http://www.regione.umbria.it/documents/18/3856340/DM+Salute+11+maggio+2015/db151f30-3ce9-44e8-af54-4246b7c73f85" xr:uid="{00000000-0004-0000-0000-00003A020000}"/>
+    <hyperlink ref="A601" r:id="rId571" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1384-13/64ff2800-29d3-459c-9980-b8dee09a6112" xr:uid="{00000000-0004-0000-0000-00003B020000}"/>
+    <hyperlink ref="A602" r:id="rId572" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1767-04/2abdd0e4-c112-4a0f-b771-487f66324520" xr:uid="{00000000-0004-0000-0000-00003C020000}"/>
+    <hyperlink ref="A603" r:id="rId573" display="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+554-2015/4254844c-a8ca-4972-b803-8d059c97ac34" xr:uid="{00000000-0004-0000-0000-00003D020000}"/>
+    <hyperlink ref="D603" r:id="rId574" display="mailto:Comunic@ENS" xr:uid="{00000000-0004-0000-0000-00003E020000}"/>
+    <hyperlink ref="B603" r:id="rId575" display="http://www.regione.umbria.it/documents/18/707112/Progetto+ENS+all.+DGR+554-15/a925ee47-a480-45d3-bfbb-d3073ee1c47b" xr:uid="{00000000-0004-0000-0000-00003F020000}"/>
+    <hyperlink ref="A604" r:id="rId576" display="http://www.regione.umbria.it/documents/18/3856340/DD+10250-13/b88c9d90-5a09-4de7-b013-a104c20bf939" xr:uid="{00000000-0004-0000-0000-000040020000}"/>
+    <hyperlink ref="A605" r:id="rId577" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1412-15/2487a7e1-8fc0-4ee5-aa57-28dc050eb70c" xr:uid="{00000000-0004-0000-0000-000041020000}"/>
+    <hyperlink ref="A606" r:id="rId578" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1769-12/b43f936e-186b-42de-b371-e6f524ba3c72" xr:uid="{00000000-0004-0000-0000-000042020000}"/>
+    <hyperlink ref="B606" r:id="rId579" display="http://www.regione.umbria.it/documents/18/3856340/All.+A+1769-12/19678b62-fba6-4696-9845-0eabb8897d62" xr:uid="{00000000-0004-0000-0000-000043020000}"/>
+    <hyperlink ref="A607" r:id="rId580" display="http://www.regione.umbria.it/documents/18/3856340/DGR+116-14/af6339fe-1c84-44d2-a005-b40e6a1e04e9" xr:uid="{00000000-0004-0000-0000-000044020000}"/>
+    <hyperlink ref="B607" r:id="rId581" display="http://www.regione.umbria.it/documents/18/3856340/All.+A+116-14/9fd76209-9344-4688-a133-127512accc3c" xr:uid="{00000000-0004-0000-0000-000045020000}"/>
+    <hyperlink ref="B608" r:id="rId582" display="http://www.regione.umbria.it/documents/18/3856340/All.+B+116-14/60dfb47f-7e8d-4766-9fdb-e6b3fd5d45fe" xr:uid="{00000000-0004-0000-0000-000046020000}"/>
+    <hyperlink ref="B609" r:id="rId583" display="http://www.regione.umbria.it/documents/18/3856340/All.+C+116-14/16d4c1cc-fb87-4adc-91d3-f2f393d8a664" xr:uid="{00000000-0004-0000-0000-000047020000}"/>
+    <hyperlink ref="A610" r:id="rId584" display="http://www.regione.umbria.it/documents/18/707112/DGR+1246-2015/7512daee-ed89-44dd-8a2b-35f6ea6a13d8" xr:uid="{00000000-0004-0000-0000-000048020000}"/>
+    <hyperlink ref="B610" r:id="rId585" display="http://www.regione.umbria.it/documents/18/707112/Allegato+1+DGR+1246-2015/b654a570-8b17-4099-a148-1811adf39df3" xr:uid="{00000000-0004-0000-0000-000049020000}"/>
+    <hyperlink ref="B611" r:id="rId586" display="http://www.regione.umbria.it/documents/18/707112/Allegato+2+DGR+1246-2015/146ae468-3e16-4a38-b071-a923498b91b6" xr:uid="{00000000-0004-0000-0000-00004A020000}"/>
+    <hyperlink ref="B612" r:id="rId587" display="http://www.regione.umbria.it/documents/18/707112/Allegato+3+DGR+1246-2015/bf8c9bc9-5303-49c0-aa1a-af29a0b60ceb" xr:uid="{00000000-0004-0000-0000-00004B020000}"/>
+    <hyperlink ref="B613" r:id="rId588" display="http://www.regione.umbria.it/documents/18/707112/Allegato+4+DGR+1246-2015/ab855c12-9c8f-4719-bfbf-70d977025ca8" xr:uid="{00000000-0004-0000-0000-00004C020000}"/>
+    <hyperlink ref="B614" r:id="rId589" display="http://www.regione.umbria.it/documents/18/707112/Allegato+5+DGR+1246-2015/ed44b2f5-fbab-41db-9122-2305c29a2fde" xr:uid="{00000000-0004-0000-0000-00004D020000}"/>
+    <hyperlink ref="A615" r:id="rId590" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1140-14/fd3338a3-35ff-4288-a94f-b179c9f0d614" xr:uid="{00000000-0004-0000-0000-00004E020000}"/>
+    <hyperlink ref="B615" r:id="rId591" display="http://www.regione.umbria.it/documents/18/3856340/All+dgr+1140-14+inglese/c04c466b-cb0e-4c43-9027-046806f4da21" xr:uid="{00000000-0004-0000-0000-00004F020000}"/>
+    <hyperlink ref="B616" r:id="rId592" display="http://www.regione.umbria.it/documents/18/3856340/All.+dgr+1140-14+italiano/81d5f799-d7cd-4163-8027-9b38497bbc2a" xr:uid="{00000000-0004-0000-0000-000050020000}"/>
+    <hyperlink ref="A617" r:id="rId593" display="http://www.regione.umbria.it/documents/18/3856340/DGR++352-2016.rtf/5f993d47-3dda-410a-b278-d47fe57d234e" xr:uid="{00000000-0004-0000-0000-000051020000}"/>
+    <hyperlink ref="B617" r:id="rId594" display="http://www.regione.umbria.it/documents/18/3856340/DGR+352-Protocollo.pdf/f9ccf91c-5df6-4f05-b2ce-970386647d84" xr:uid="{00000000-0004-0000-0000-000052020000}"/>
+    <hyperlink ref="A618" r:id="rId595" display="http://www.regione.umbria.it/documents/18/707112/DGR+661-2011/e86f5e9b-266f-4170-89a1-28d1935aa472" xr:uid="{00000000-0004-0000-0000-000053020000}"/>
+    <hyperlink ref="B618" r:id="rId596" display="http://www.regione.umbria.it/documents/18/707112/Flo+chart+allegato+1+a+DGR+661-2011/f275dcef-fbc8-42f3-af9e-3fb9080aa3e6" xr:uid="{00000000-0004-0000-0000-000054020000}"/>
+    <hyperlink ref="B619" r:id="rId597" display="http://www.regione.umbria.it/documents/18/707112/Scheda+di+valutazione+ausili+tecnologici+Allegato+2+a+DGR+661-2011/db2f8998-7ea3-4a14-8353-0ef1fe9df1c2" xr:uid="{00000000-0004-0000-0000-000055020000}"/>
+    <hyperlink ref="B620" r:id="rId598" display="http://www.regione.umbria.it/documents/18/707112/Scheda+richiesta+servizi+Hub+Allegato+3+a+DGR+661-2011/dd9acc53-0c3f-464c-97cd-bb809cf79060" xr:uid="{00000000-0004-0000-0000-000056020000}"/>
+    <hyperlink ref="B621" r:id="rId599" display="http://www.regione.umbria.it/documents/18/707112/Scheda+di+orientamento+ATeCo+Allegato+4+a+DGR+661-2011/d0ee046a-d1cc-4684-95cc-1fc7947f05f3" xr:uid="{00000000-0004-0000-0000-000057020000}"/>
+    <hyperlink ref="A622" r:id="rId600" display="http://www.regione.umbria.it/documents/18/707112/DGR+236-2014/3a9f757e-20dd-47f5-b9ca-98b1c122b910" xr:uid="{00000000-0004-0000-0000-000058020000}"/>
+    <hyperlink ref="A623" r:id="rId601" display="http://www.regione.umbria.it/documents/18/6413635/DGR+444-1999.pdf/799ce41b-b1f5-46f1-8cf7-867b5be1a30d" xr:uid="{00000000-0004-0000-0000-000059020000}"/>
+    <hyperlink ref="C624" r:id="rId602" display="http://www.regione.umbria.it/documents/18/6413635/Legge_284_1997.pdf/201ca5ee-54b0-44e4-bd62-d69cfcaff757" xr:uid="{00000000-0004-0000-0000-00005A020000}"/>
+    <hyperlink ref="C627" r:id="rId603" display="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00005B020000}"/>
+    <hyperlink ref="A629" r:id="rId604" display="http://www.regione.umbria.it/documents/18/707112/DGR+359+del+2013/3c9f3f0c-4821-4ad3-bf1a-2267454f0e19" xr:uid="{00000000-0004-0000-0000-00005C020000}"/>
+    <hyperlink ref="B629" r:id="rId605" display="http://www.regione.umbria.it/documents/18/707112/Protocollo+Intesa+07-03-13+birra+DGR+359+2013/2f79feaf-165d-42df-ba33-86cbc958e0fd" xr:uid="{00000000-0004-0000-0000-00005D020000}"/>
+    <hyperlink ref="A633" r:id="rId606" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1262+del+28+ottobre++2011/d278b978-2107-4e13-b1d4-1378fd42deae" xr:uid="{00000000-0004-0000-0000-00005E020000}"/>
+    <hyperlink ref="A634" r:id="rId607" display="http://www.regione.umbria.it/documents/18/707112/DGR+1444+del+2011/42c5fe2b-1502-44ee-bb2b-e165588317b1" xr:uid="{00000000-0004-0000-0000-00005F020000}"/>
+    <hyperlink ref="B634" r:id="rId608" display="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1444+del+2011/919d8279-a5a9-40ea-97bd-46d9b1920df4" xr:uid="{00000000-0004-0000-0000-000060020000}"/>
+    <hyperlink ref="A635" r:id="rId609" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+724+del+18+giugno+2012/d4c4f7d2-a5c3-47f8-8d2b-70d7e14e37f0" xr:uid="{00000000-0004-0000-0000-000061020000}"/>
+    <hyperlink ref="A636" r:id="rId610" display="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012/799d040b-79d9-44f3-afad-ff55d9b1bb22" xr:uid="{00000000-0004-0000-0000-000062020000}"/>
+    <hyperlink ref="B636" r:id="rId611" display="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012+-+ALLEGATO+A%29/4185f23e-e526-46fa-ace6-3a69698e157d" xr:uid="{00000000-0004-0000-0000-000063020000}"/>
+    <hyperlink ref="B637" r:id="rId612" display="http://www.regione.umbria.it/documents/18/707112/DGR+1002-2012+-+AllegatoB-mod+rendicontazione/bead44e0-55ac-4c68-a4c0-be447ad57e37" xr:uid="{00000000-0004-0000-0000-000064020000}"/>
+    <hyperlink ref="A638" r:id="rId613" display="http://www.regione.umbria.it/documents/18/707112/DGR+1381+del+2012/841e29af-9fd6-4590-81d1-71fd74cc7984" xr:uid="{00000000-0004-0000-0000-000065020000}"/>
+    <hyperlink ref="B638" r:id="rId614" display="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+1381+del+2012/32ae6f45-af2c-43ad-9886-635305f6549a" xr:uid="{00000000-0004-0000-0000-000066020000}"/>
+    <hyperlink ref="A639" r:id="rId615" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013/dd871d4f-551d-49cb-a1ab-785fd3a0804a" xr:uid="{00000000-0004-0000-0000-000067020000}"/>
+    <hyperlink ref="B639" r:id="rId616" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013+-+Allegato+A/293a19fb-63a1-4641-bf0e-b76fb61c03b5" xr:uid="{00000000-0004-0000-0000-000068020000}"/>
+    <hyperlink ref="B640" r:id="rId617" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+419+del+2013+-+Allegato+B/7c8d6ebf-4d03-41a9-bd04-056a1a5309fe" xr:uid="{00000000-0004-0000-0000-000069020000}"/>
+    <hyperlink ref="A641" r:id="rId618" display="http://www.regione.umbria.it/documents/18/707112/DGR+974+del+2013/75894fcd-b1ad-4e2a-bf3c-5a00e4f67456" xr:uid="{00000000-0004-0000-0000-00006A020000}"/>
+    <hyperlink ref="B641" r:id="rId619" display="http://www.regione.umbria.it/documents/18/707112/ALLEGATO+DGR+974-2013/43d74d22-c07e-4d30-b046-542db7fbf8da" xr:uid="{00000000-0004-0000-0000-00006B020000}"/>
+    <hyperlink ref="A642" r:id="rId620" display="http://www.regione.umbria.it/documents/18/707112/DGR+1310+del+2013/868e072e-451b-424a-9be6-189d8012cea3" xr:uid="{00000000-0004-0000-0000-00006C020000}"/>
+    <hyperlink ref="B642" r:id="rId621" display="http://www.regione.umbria.it/documents/18/707112/AllA-DGR+1310-2013Motivazioni-emerg.2013/f6fa270e-7db8-42ff-b6c7-5016a0103fdf" xr:uid="{00000000-0004-0000-0000-00006D020000}"/>
+    <hyperlink ref="B643" r:id="rId622" display="http://www.regione.umbria.it/documents/18/707112/AllB+DGR+1310-2013-Proposta+Piano+ex+L65/a4fd31eb-2990-48b8-ac8e-faf92346280b" xr:uid="{00000000-0004-0000-0000-00006E020000}"/>
+    <hyperlink ref="A644" r:id="rId623" display="http://www.regione.umbria.it/documents/18/707112/DGR+1623-2012/e91b9897-1e8d-441f-b99d-c8e14516e95f" xr:uid="{00000000-0004-0000-0000-00006F020000}"/>
+    <hyperlink ref="A645" r:id="rId624" display="http://www.regione.umbria.it/documents/18/707112/dgr+1502-12/1a7ea6a4-2e18-4707-9410-fd8dc95e52a3" xr:uid="{00000000-0004-0000-0000-000070020000}"/>
+    <hyperlink ref="B645" r:id="rId625" display="http://www.regione.umbria.it/documents/18/707112/all+1502-12/e86e76f9-98e9-49f7-bc19-6b6cddf4dc2c" xr:uid="{00000000-0004-0000-0000-000071020000}"/>
+    <hyperlink ref="B646" r:id="rId626" display="http://www.regione.umbria.it/documents/18/707112/all+B+1502-12/460c3a15-b7fe-409b-8a85-2467ea35aea0" xr:uid="{00000000-0004-0000-0000-000072020000}"/>
+    <hyperlink ref="A647" r:id="rId627" display="http://www.regione.umbria.it/documents/18/707112/dgr+850-14/615545b0-4ddc-432d-8b33-ec6415b27d7a" xr:uid="{00000000-0004-0000-0000-000073020000}"/>
+    <hyperlink ref="B647" r:id="rId628" display="http://www.regione.umbria.it/documents/18/707112/CFS+850-14/8983456f-02bb-4d33-989c-41ba578d7d9d" xr:uid="{00000000-0004-0000-0000-000074020000}"/>
+    <hyperlink ref="A648" r:id="rId629" display="http://www.regione.umbria.it/documents/18/707112/DGR+1541-14/18490710-b318-452d-989b-38f40375ff86" xr:uid="{00000000-0004-0000-0000-000075020000}"/>
+    <hyperlink ref="A650" r:id="rId630" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1227-2006/605b0c8f-5e81-4276-ad04-1b250015c298" xr:uid="{00000000-0004-0000-0000-000076020000}"/>
+    <hyperlink ref="A651" r:id="rId631" display="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+318-2008/e71a0ce1-5d45-4c30-a839-f2a60ca46430" xr:uid="{00000000-0004-0000-0000-000077020000}"/>
+    <hyperlink ref="B651" r:id="rId632" display="http://www.regione.umbria.it/documents/18/707112/All.+A+a+DGR+318-2008/84d046ad-6a84-4a32-9a32-ae6607df21b4" xr:uid="{00000000-0004-0000-0000-000078020000}"/>
+    <hyperlink ref="B652" r:id="rId633" display="http://www.regione.umbria.it/documents/18/707112/All.+B+a+DGR+318-2008/729b3f6b-5d67-48dc-86cd-e60c90c4e2d2" xr:uid="{00000000-0004-0000-0000-000079020000}"/>
+    <hyperlink ref="A653" r:id="rId634" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1381-14/578ce2ca-2695-47ab-83bb-82b9169b479f" xr:uid="{00000000-0004-0000-0000-00007A020000}"/>
+    <hyperlink ref="A654" r:id="rId635" display="http://www.regione.umbria.it/documents/18/3856340/DGR+693-10/2fcff038-99a0-4d85-a136-9d8971adac48" xr:uid="{00000000-0004-0000-0000-00007B020000}"/>
+    <hyperlink ref="B654" r:id="rId636" display="http://www.regione.umbria.it/documents/18/3856340/All.+A+693-10/3e02a387-56d2-48be-b32b-c5badde1fa46" xr:uid="{00000000-0004-0000-0000-00007C020000}"/>
+    <hyperlink ref="B655" r:id="rId637" display="http://www.regione.umbria.it/documents/18/3856340/All.+B+693-10/8c1a7fbe-11cb-415b-ac13-a7f73c7460cb" xr:uid="{00000000-0004-0000-0000-00007D020000}"/>
+    <hyperlink ref="A656" r:id="rId638" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+864-2015/97380c70-448f-4ae7-ae40-a5aa5a2fdd73" xr:uid="{00000000-0004-0000-0000-00007E020000}"/>
+    <hyperlink ref="B656" r:id="rId639" display="http://www.regione.umbria.it/documents/18/707112/Protocollo+operativo+AIB+all.+a+DGR+864-2015/ef9093a7-0c31-45ff-bafb-f1203f845006" xr:uid="{00000000-0004-0000-0000-00007F020000}"/>
+    <hyperlink ref="A657" r:id="rId640" display="http://www.regione.umbria.it/documents/18/707112/DGR+181-2006/0648608d-077f-4138-8659-452831bb3d28" xr:uid="{00000000-0004-0000-0000-000080020000}"/>
+    <hyperlink ref="A658" r:id="rId641" display="http://www.regione.umbria.it/documents/18/707112/DGR+1257-2011/373c0e55-426e-4142-927a-1e561e8b2bea" xr:uid="{00000000-0004-0000-0000-000081020000}"/>
+    <hyperlink ref="B658" r:id="rId642" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+Piano+2011+DGR+1257-2011/c8a8a1a1-8184-4ade-a042-b9ab6421e31f" xr:uid="{00000000-0004-0000-0000-000082020000}"/>
+    <hyperlink ref="A659" r:id="rId643" display="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11.pdf/0e24611b-46d6-43b8-be0e-55aa287c9c35" xr:uid="{00000000-0004-0000-0000-000083020000}"/>
+    <hyperlink ref="B659" r:id="rId644" display="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11-MOD+A.pdf/0e64945f-7938-4b98-b261-ffbda147fe05" xr:uid="{00000000-0004-0000-0000-000084020000}"/>
+    <hyperlink ref="B660" r:id="rId645" display="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11+Allegato+A.pdf/7b401d65-897a-440a-87f5-590d1d2cf70f" xr:uid="{00000000-0004-0000-0000-000085020000}"/>
+    <hyperlink ref="B661" r:id="rId646" display="http://www.regione.umbria.it/documents/18/3856340/DGR+403-11+Allegato+B.pdf/e966bc47-b224-4133-8818-af610c6798c4" xr:uid="{00000000-0004-0000-0000-000086020000}"/>
+    <hyperlink ref="A662" r:id="rId647" display="http://www.regione.umbria.it/documents/18/6413635/DD+7781-12/538aac7b-62c7-47fc-b65e-796c40222041" xr:uid="{00000000-0004-0000-0000-000087020000}"/>
+    <hyperlink ref="A663" r:id="rId648" display="http://www.regione.umbria.it/documents/18/6413635/DGR+425-16.pdf/26ab8ac9-663d-4d8f-ae49-bd1590ac4295" xr:uid="{00000000-0004-0000-0000-000088020000}"/>
+    <hyperlink ref="A664" r:id="rId649" display="http://www.regione.umbria.it/documents/18/6413635/DGR1001-16.pdf/b488cb39-5d32-4bef-bb59-4328616d3979" xr:uid="{00000000-0004-0000-0000-000089020000}"/>
+    <hyperlink ref="C665" r:id="rId650" display="http://www.regione.umbria.it/documents/18/6413635/I+programma-293-2015-OOPP.pdf/061e2ac2-e768-4eda-a2f0-c097b2657023" xr:uid="{00000000-0004-0000-0000-00008A020000}"/>
+    <hyperlink ref="A666" r:id="rId651" display="http://www.regione.umbria.it/documents/18/6413635/DGR1314-15.pdf/8e83d17e-f278-4953-a878-aaf3f5978204" xr:uid="{00000000-0004-0000-0000-00008B020000}"/>
+    <hyperlink ref="B666" r:id="rId652" display="http://www.regione.umbria.it/documents/18/6413635/Allegato1314-15.pdf/e66941aa-a2e6-49b3-aa22-8d388f5b3291" xr:uid="{00000000-0004-0000-0000-00008C020000}"/>
+    <hyperlink ref="A667" r:id="rId653" display="http://www.regione.umbria.it/documents/18/6413635/DGR1315-15.pdf/56278e2c-7935-49de-98ee-e1695346f7ea" xr:uid="{00000000-0004-0000-0000-00008D020000}"/>
+    <hyperlink ref="B667" r:id="rId654" display="http://www.regione.umbria.it/documents/18/6413635/Allegato1315-15.pdf/2a54a972-f87d-4c54-9e4a-225c07b25f19" xr:uid="{00000000-0004-0000-0000-00008E020000}"/>
+    <hyperlink ref="A669" r:id="rId655" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1259-07/b9c0276e-5fb6-454c-adaa-32124331ad53" xr:uid="{00000000-0004-0000-0000-00008F020000}"/>
+    <hyperlink ref="C671" r:id="rId656" display="http://leggi.crumbria.it/mostra_atto.php?id=152197&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000090020000}"/>
+    <hyperlink ref="A672" r:id="rId657" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1202+-+2013/1dd2f494-622f-40fe-ac6f-097fc17befed" xr:uid="{00000000-0004-0000-0000-000091020000}"/>
+    <hyperlink ref="C673" r:id="rId658" display="http://leggi.crumbria.it/mostra_atto.php?id=27963&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000092020000}"/>
+    <hyperlink ref="A674" r:id="rId659" display="http://www.regione.umbria.it/documents/18/707112/dgr+737-14/615939f3-12c5-4e54-b673-1375c4dfe517" xr:uid="{00000000-0004-0000-0000-000093020000}"/>
+    <hyperlink ref="B674" r:id="rId660" display="http://www.regione.umbria.it/documents/18/707112/A+737-14/ead78c68-9bd6-4754-a8c8-30777311709d" xr:uid="{00000000-0004-0000-0000-000094020000}"/>
+    <hyperlink ref="B675" r:id="rId661" display="http://www.regione.umbria.it/documents/18/707112/B+737-14/544d45a7-4c99-45a4-919d-144e2af09f1c" xr:uid="{00000000-0004-0000-0000-000095020000}"/>
+    <hyperlink ref="B676" r:id="rId662" display="http://www.regione.umbria.it/documents/18/707112/C+737-14/7f26629d-0c09-4c83-980d-b8e8fc58f34c" xr:uid="{00000000-0004-0000-0000-000096020000}"/>
+    <hyperlink ref="B677" r:id="rId663" display="http://www.regione.umbria.it/documents/18/707112/D+737-14/c2e70620-e604-4f22-8a37-67e3d11940b0" xr:uid="{00000000-0004-0000-0000-000097020000}"/>
+    <hyperlink ref="B678" r:id="rId664" display="http://www.regione.umbria.it/documents/18/707112/E+737-14/077cec2a-820e-4c34-9d3f-b89b12983a70" xr:uid="{00000000-0004-0000-0000-000098020000}"/>
+    <hyperlink ref="B679" r:id="rId665" display="http://www.regione.umbria.it/documents/18/707112/F+737-14/05fa8496-0141-400d-8af9-ffd1afb3712c" xr:uid="{00000000-0004-0000-0000-000099020000}"/>
+    <hyperlink ref="B680" r:id="rId666" display="http://www.regione.umbria.it/documents/18/707112/G+737-14/9910ab49-0b02-4644-afbb-2397ffcd258a" xr:uid="{00000000-0004-0000-0000-00009A020000}"/>
+    <hyperlink ref="B681" r:id="rId667" display="http://www.regione.umbria.it/documents/18/707112/737-14+PROTOCOLLO/06778ed2-733c-413d-bcb7-194bf3f5f6d1" xr:uid="{00000000-0004-0000-0000-00009B020000}"/>
+    <hyperlink ref="B682" r:id="rId668" display="http://www.regione.umbria.it/documents/18/707112/737-14+ACCORDO/dc7a937d-b456-4fb9-b6eb-8448febc3f60" xr:uid="{00000000-0004-0000-0000-00009C020000}"/>
+    <hyperlink ref="A683" r:id="rId669" display="http://www.regione.umbria.it/documents/18/707112/DGR+32-2016/bee9bb85-5efd-48a7-b629-e78ba4f8017d" xr:uid="{00000000-0004-0000-0000-00009D020000}"/>
+    <hyperlink ref="A684" r:id="rId670" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1015-14/3d5a9e29-1389-4d6c-8a35-e3cbf1dd7756" xr:uid="{00000000-0004-0000-0000-00009E020000}"/>
+    <hyperlink ref="C685" r:id="rId671" display="http://www.regione.umbria.it/documents/18/707112/Protocollo+d%27intesaRegione+Umbria-Universit%C3%A0 per+stranieri+PG/859a1681-1aaf-4f58-a15c-7c5b2e7fba81" xr:uid="{00000000-0004-0000-0000-00009F020000}"/>
+    <hyperlink ref="A686" r:id="rId672" display="http://www.regione.umbria.it/documents/18/707112/Decreto+costituzione+C.R.E.+n.+102-2016/3d8bc931-d409-463c-a22d-8f5a35846770" xr:uid="{00000000-0004-0000-0000-0000A0020000}"/>
+    <hyperlink ref="A687" r:id="rId673" display="http://www.regione.umbria.it/documents/18/707112/DGR+1233-2015/cdedfc3a-226f-4c13-a5a6-6c17ef7167b6" xr:uid="{00000000-0004-0000-0000-0000A1020000}"/>
+    <hyperlink ref="B687" r:id="rId674" display="http://www.regione.umbria.it/documents/18/707112/Progetto+Protect+All.+a+DGR+1233-15/f1c40cbf-d87d-4b9a-9f24-2187c0c7f684" xr:uid="{00000000-0004-0000-0000-0000A2020000}"/>
+    <hyperlink ref="B688" r:id="rId675" display="http://www.regione.umbria.it/documents/18/707112/PROTECT+BUDGET+DEFINITIVO+All.+a+DGR+1233-15/0ff60ba0-cd0a-4bd5-ba29-d3ab0e9bfa85" xr:uid="{00000000-0004-0000-0000-0000A3020000}"/>
+    <hyperlink ref="A689" r:id="rId676" display="http://www.regione.umbria.it/documents/18/707112/DGR+1228-2016/da4c47d0-f677-47bf-bc5d-5a34b85a535b" xr:uid="{00000000-0004-0000-0000-0000A4020000}"/>
+    <hyperlink ref="B689" r:id="rId677" display="http://www.regione.umbria.it/documents/18/707112/All.+a+DGR+1228-16+Progetto+E+Piac/8798438a-e6e3-4844-970b-320d53ad47c5" xr:uid="{00000000-0004-0000-0000-0000A5020000}"/>
+    <hyperlink ref="B690" r:id="rId678" display="http://www.regione.umbria.it/documents/18/6413635/Progetto+ePIAC+28+10+2016.pdf/759d0702-bcbe-4a84-8229-8bb768f138c9" xr:uid="{00000000-0004-0000-0000-0000A6020000}"/>
+    <hyperlink ref="B691" r:id="rId679" display="http://www.regione.umbria.it/documents/18/6413635/Progetto+ePIAC+PianoFinanziario.pdf/4727b819-89cb-4543-8690-77113981bf72" xr:uid="{00000000-0004-0000-0000-0000A7020000}"/>
+    <hyperlink ref="A692" r:id="rId680" display="http://www.regione.umbria.it/documents/18/707112/DGR+1339-2011/e2e683c6-e11f-402f-867e-d1565735cc7e" xr:uid="{00000000-0004-0000-0000-0000A8020000}"/>
+    <hyperlink ref="B692" r:id="rId681" display="http://www.regione.umbria.it/documents/18/707112/All.+a+DGR+1339-11+Accordo+tecnico/59b682a1-d0fd-4bfb-9786-eb174f2a3d74" xr:uid="{00000000-0004-0000-0000-0000A9020000}"/>
+    <hyperlink ref="A693" r:id="rId682" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1064-16.pdf/bdaaff46-4582-4fc9-afe1-efc8e5e872ce" xr:uid="{00000000-0004-0000-0000-0000AA020000}"/>
+    <hyperlink ref="A694" r:id="rId683" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1279-16.pdf/09b44bd6-789d-4400-9f2e-b3214e06c3f9" xr:uid="{00000000-0004-0000-0000-0000AB020000}"/>
+    <hyperlink ref="A695" r:id="rId684" display="http://www.regione.umbria.it/documents/18/6413635/DGR+531-08.pdf/91040ee2-80e5-401e-8084-1def45a594d5" xr:uid="{00000000-0004-0000-0000-0000AC020000}"/>
+    <hyperlink ref="A696" r:id="rId685" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.pdf/9150e4a0-c88b-4091-87e2-2600e919f974" xr:uid="{00000000-0004-0000-0000-0000AD020000}"/>
+    <hyperlink ref="B696" r:id="rId686" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.+All.+A+Piano+degli+interventi+2013.pdf/682ffc58-c159-421a-8740-74ee15435bf9" xr:uid="{00000000-0004-0000-0000-0000AE020000}"/>
+    <hyperlink ref="B697" r:id="rId687" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All+B+Conclusioni_CRE+2013.pdf/078b8d05-b16e-40dd-826c-ae99ad183338" xr:uid="{00000000-0004-0000-0000-0000AF020000}"/>
+    <hyperlink ref="B698" r:id="rId688" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+C+-+contributi+per+mutui.pdf/951e55ac-eca8-41ed-b731-2810fd08b024" xr:uid="{00000000-0004-0000-0000-0000B0020000}"/>
+    <hyperlink ref="B699" r:id="rId689" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+D+-+contributi+per+mutui+2.pdf/78de4af8-cb4f-44d9-baad-00cad47a8e6e" xr:uid="{00000000-0004-0000-0000-0000B1020000}"/>
+    <hyperlink ref="B700" r:id="rId690" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.ALL.+E+rendicontazioni.pdf/1031371a-0835-4da4-bd0f-51579971ea56" xr:uid="{00000000-0004-0000-0000-0000B2020000}"/>
+    <hyperlink ref="B701" r:id="rId691" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All.+F+soggiorno+giovani.pdf/ddbd63bf-5231-4369-836f-ac3c202461ae" xr:uid="{00000000-0004-0000-0000-0000B3020000}"/>
+    <hyperlink ref="B702" r:id="rId692" display="http://www.regione.umbria.it/documents/18/6413635/DGR+735-13.All.+G+soggiorni+senior.pdf/35492d1c-2f36-4293-a881-438f8a6ecad9" xr:uid="{00000000-0004-0000-0000-0000B4020000}"/>
+    <hyperlink ref="C704" r:id="rId693" display="http://leggi.crumbria.it/mostra_atto.php?id=41979&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000B5020000}"/>
+    <hyperlink ref="A705" r:id="rId694" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n691_18Giugno_2008/8524f705-4a75-4863-9e42-50cccd0935f2" xr:uid="{00000000-0004-0000-0000-0000B6020000}"/>
+    <hyperlink ref="B705" r:id="rId695" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All1pianifinanziari2007-2013_DGR691_2008/c7132440-ccc3-4645-97be-a883a4b0adcd" xr:uid="{00000000-0004-0000-0000-0000B7020000}"/>
+    <hyperlink ref="A706" r:id="rId696" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n544_20Aprile_2009/db1c6c8a-8559-4dc2-9023-4bfe2471ae8b" xr:uid="{00000000-0004-0000-0000-0000B8020000}"/>
+    <hyperlink ref="A707" r:id="rId697" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n1060_11Settembre_2012/5f51624d-dbaf-49de-8b32-97a275fda75d" xr:uid="{00000000-0004-0000-0000-0000B9020000}"/>
+    <hyperlink ref="A708" r:id="rId698" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n250_25Marzo_2013/f57d4d8c-1b26-4c06-bab5-2bf5e3c4de30" xr:uid="{00000000-0004-0000-0000-0000BA020000}"/>
+    <hyperlink ref="A709" r:id="rId699" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR_n995_09Settembre_2013/b9f600dc-ab4a-42f3-83c3-a5e5fbdfaa64" xr:uid="{00000000-0004-0000-0000-0000BB020000}"/>
+    <hyperlink ref="C710" r:id="rId700" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Piano+regionale+per+la+bonifica+delle+aree+inquinate/874ff23a-1d92-4f5d-9c67-49baf2e20184" xr:uid="{00000000-0004-0000-0000-0000BC020000}"/>
+    <hyperlink ref="A711" r:id="rId701" display="http://www.regione.umbria.it/documents/18/707112/DGR+1136-2012/20e01f13-fdcd-49be-94fe-d1f791f7f56f" xr:uid="{00000000-0004-0000-0000-0000BD020000}"/>
+    <hyperlink ref="A712" r:id="rId702" display="http://www.regione.umbria.it/documents/18/707112/DGR+1166-2013/ec152bed-8ce0-476d-ac97-b0ef622bbcb7" xr:uid="{00000000-0004-0000-0000-0000BE020000}"/>
+    <hyperlink ref="C714" r:id="rId703" display="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1997-08-28;284!vig=" xr:uid="{00000000-0004-0000-0000-0000BF020000}"/>
+    <hyperlink ref="C715" r:id="rId704" display="http://leggi.crumbria.it/mostra_atto.php?id=17309&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000C0020000}"/>
+    <hyperlink ref="A717" r:id="rId705" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+60+del+4+febbraio+2004/58ac7550-0de0-40dc-996b-01aae52cfe6c" xr:uid="{00000000-0004-0000-0000-0000C1020000}"/>
+    <hyperlink ref="A718" r:id="rId706" display="http://www.regione.umbria.it/documents/18/707112/DGR+810+DEL+30.06.2014/c6de1011-d23b-47ea-b7cc-96b4a4e7a7d7" xr:uid="{00000000-0004-0000-0000-0000C2020000}"/>
+    <hyperlink ref="C719" r:id="rId707" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1980-50.xml" xr:uid="{00000000-0004-0000-0000-0000C3020000}"/>
+    <hyperlink ref="C720" r:id="rId708" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1981-34.xml" xr:uid="{00000000-0004-0000-0000-0000C4020000}"/>
+    <hyperlink ref="A721" r:id="rId709" display="http://www.regione.umbria.it/documents/18/707112/Deliberazione+della+Giunta+regionale+n.+1652-2011/53725a37-ccd0-4c2d-9661-43b3a588d8e5" xr:uid="{00000000-0004-0000-0000-0000C5020000}"/>
+    <hyperlink ref="B721" r:id="rId710" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+1652-11/f37c1229-770a-4ce8-8f09-a63e60886cc7" xr:uid="{00000000-0004-0000-0000-0000C6020000}"/>
+    <hyperlink ref="B722" r:id="rId711" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+1652-11/be252a1f-5890-4012-ba01-ea5aee3920b4" xr:uid="{00000000-0004-0000-0000-0000C7020000}"/>
+    <hyperlink ref="B723" r:id="rId712" display="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DGR+1652-11/4258688e-ec41-4bdd-b8dd-8324460bbfb0" xr:uid="{00000000-0004-0000-0000-0000C8020000}"/>
+    <hyperlink ref="B724" r:id="rId713" display="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DGR+1652-11/64f73a5f-ff23-4796-9c43-98c0f5398308" xr:uid="{00000000-0004-0000-0000-0000C9020000}"/>
+    <hyperlink ref="B725" r:id="rId714" display="http://www.regione.umbria.it/documents/18/707112/Allegato+D1+DGR+1652-11/392f620d-08dd-45f9-a72b-cff4dea3e12a" xr:uid="{00000000-0004-0000-0000-0000CA020000}"/>
+    <hyperlink ref="B726" r:id="rId715" display="http://www.regione.umbria.it/documents/18/707112/Allegato+E+DGR+1652-11/9a3fee8c-8a47-4f8d-ac22-8c867708eadb" xr:uid="{00000000-0004-0000-0000-0000CB020000}"/>
+    <hyperlink ref="B727" r:id="rId716" display="http://www.regione.umbria.it/documents/18/707112/Allegato+F+DGR+1652-11/53226cbe-e423-4ce4-a7a6-fe037d802dc9" xr:uid="{00000000-0004-0000-0000-0000CC020000}"/>
+    <hyperlink ref="B728" r:id="rId717" display="http://www.regione.umbria.it/documents/18/707112/Allegato+H+DGR+1652-11/4ebeff11-7d11-4fba-8e10-26580fb73441" xr:uid="{00000000-0004-0000-0000-0000CD020000}"/>
+    <hyperlink ref="B729" r:id="rId718" display="http://www.regione.umbria.it/documents/18/707112/Allegato+I+DGR+1652-11/5e80e2c3-11d2-4915-aaea-3f7cbd739d2f" xr:uid="{00000000-0004-0000-0000-0000CE020000}"/>
+    <hyperlink ref="A730" r:id="rId719" display="http://www.regione.umbria.it/documents/18/707112/DGR+1784-14.pdf/ade881ce-0791-4321-8c2c-bf3dbc95eaeb" xr:uid="{00000000-0004-0000-0000-0000CF020000}"/>
+    <hyperlink ref="B730" r:id="rId720" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A+DGR+1784-14/48af2581-927e-4aa9-a40a-221b97559ce9" xr:uid="{00000000-0004-0000-0000-0000D0020000}"/>
+    <hyperlink ref="B731" r:id="rId721" display="http://www.regione.umbria.it/documents/18/707112/Allegato+B+DGR+1784-14/2543d29f-cf91-436b-8bda-8e68998ccc10" xr:uid="{00000000-0004-0000-0000-0000D1020000}"/>
+    <hyperlink ref="B732" r:id="rId722" display="http://www.regione.umbria.it/documents/18/707112/Allegato+C+DGR+1784-14/8ef61375-c664-4b38-8007-e5faed8acc21" xr:uid="{00000000-0004-0000-0000-0000D2020000}"/>
+    <hyperlink ref="B733" r:id="rId723" display="http://www.regione.umbria.it/documents/18/707112/Allegato+D+DGR+1784-14/36c04a6e-e48a-4dff-b5b8-d7139cd18ed4" xr:uid="{00000000-0004-0000-0000-0000D3020000}"/>
+    <hyperlink ref="A737" r:id="rId724" display="http://www.regione.umbria.it/documents/18/707112/DGR+372-15/d5511b9e-832d-40ee-932c-63cf5b6a0c05" xr:uid="{00000000-0004-0000-0000-0000D4020000}"/>
+    <hyperlink ref="C749" r:id="rId725" display="http://leggi.crumbria.it/mostra_atto.php?id=31552&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000D5020000}"/>
+    <hyperlink ref="C750" r:id="rId726" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1980-39.xml" xr:uid="{00000000-0004-0000-0000-0000D6020000}"/>
+    <hyperlink ref="C751" r:id="rId727" display="http://leggi.crumbria.it/mostra_atto.php?id=37719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000D7020000}"/>
+    <hyperlink ref="C752" r:id="rId728" display="http://leggi.crumbria.it/mostra_atto.php?id=29855&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000D8020000}"/>
+    <hyperlink ref="A753" r:id="rId729" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD3677affEumechanos/4ee75694-ae07-4a43-9a7c-a5002b461f14" xr:uid="{00000000-0004-0000-0000-0000D9020000}"/>
+    <hyperlink ref="B753" r:id="rId730" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+A+DD3677affEumechanos/798bc188-baa2-4bd0-ae12-f961bcd93264" xr:uid="{00000000-0004-0000-0000-0000DA020000}"/>
+    <hyperlink ref="A754" r:id="rId731" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1129-14/ba20ef00-2849-442f-9d5d-ba6725007c19" xr:uid="{00000000-0004-0000-0000-0000DB020000}"/>
+    <hyperlink ref="A755" r:id="rId732" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1759-2010/6a0ec2fe-8319-4322-9c69-8ac3859fee0b" xr:uid="{00000000-0004-0000-0000-0000DC020000}"/>
+    <hyperlink ref="A756" r:id="rId733" display="http://www.regione.umbria.it/documents/18/707112/DGR+962+del+28-7-2014/eb769edf-7163-45c2-8bb1-3877097f1a25" xr:uid="{00000000-0004-0000-0000-0000DD020000}"/>
+    <hyperlink ref="A757" r:id="rId734" display="http://www.regione.umbria.it/documents/18/3856340/DGR+81-14/908e865a-2afa-426b-9a71-30784435ac2a" xr:uid="{00000000-0004-0000-0000-0000DE020000}"/>
+    <hyperlink ref="B757" r:id="rId735" display="http://www.regione.umbria.it/documents/18/3856340/ALLEGATO+A+-DGR+81-14.pdf/d21c8988-7434-468f-a760-c548b203747e" xr:uid="{00000000-0004-0000-0000-0000DF020000}"/>
+    <hyperlink ref="B758" r:id="rId736" display="http://www.regione.umbria.it/documents/18/3856340/ALLEGATO-B+DGR+81-14.pdf/890522ec-3673-4bfb-a914-a6258d4f298e" xr:uid="{00000000-0004-0000-0000-0000E0020000}"/>
+    <hyperlink ref="A759" r:id="rId737" display="http://www.regione.umbria.it/documents/18/3856340/DD+4271-14/be4bfcc6-7bcc-4670-a07d-f6070cf3ce38" xr:uid="{00000000-0004-0000-0000-0000E1020000}"/>
+    <hyperlink ref="A760" r:id="rId738" display="http://www.regione.umbria.it/documents/18/707112/DD+2676-2013/3ac611b9-d7ac-450f-be92-1a8827dc6664" xr:uid="{00000000-0004-0000-0000-0000E2020000}"/>
+    <hyperlink ref="A761" r:id="rId739" display="http://www.regione.umbria.it/documents/18/3856340/DD+8610-15/988a7a7f-090d-4a58-906e-954518a6ba17" xr:uid="{00000000-0004-0000-0000-0000E3020000}"/>
+    <hyperlink ref="A762" r:id="rId740" display="http://www.regione.umbria.it/documents/18/707112/DGR+1422-2015/02f9e3c4-4bc2-4f3d-a53b-8a177484dbe0" xr:uid="{00000000-0004-0000-0000-0000E4020000}"/>
+    <hyperlink ref="A763" r:id="rId741" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1047-2012.pdf/d83a0799-fa9f-4331-b808-30fb491450bd" xr:uid="{00000000-0004-0000-0000-0000E5020000}"/>
+    <hyperlink ref="A764" r:id="rId742" display="http://www.regione.umbria.it/documents/18/3856340/DGR+1650-2015.pdf/68fa5b78-0566-4132-9c31-3938269ce0f5" xr:uid="{00000000-0004-0000-0000-0000E6020000}"/>
+    <hyperlink ref="C765" r:id="rId743" display="http://www.regione.umbria.it/documents/18/3856340/Integrativo+difesa+suolo/0c9f39dd-ec14-4027-a8b7-b8cf19e326c8" xr:uid="{00000000-0004-0000-0000-0000E7020000}"/>
+    <hyperlink ref="A766" r:id="rId744" display="http://www.regione.umbria.it/documents/18/707112/DGR+898-2011/7f79ad2b-6a99-4616-a4ca-20bb8d5f2289" xr:uid="{00000000-0004-0000-0000-0000E8020000}"/>
+    <hyperlink ref="A767" r:id="rId745" display="http://www.regione.umbria.it/documents/18/707112/DPGR+166-2007/b9da23eb-8931-4ea3-87d4-b7dcb97285e7" xr:uid="{00000000-0004-0000-0000-0000E9020000}"/>
+    <hyperlink ref="C768" r:id="rId746" display="http://www.regione.umbria.it/documents/18/707112/ACCORDO+PROGRAMMA+QUADRO+RISORSE+IDRICHE+5-11-14/ad921a87-4deb-455b-af5a-c46c7b5cc859" xr:uid="{00000000-0004-0000-0000-0000EA020000}"/>
+    <hyperlink ref="C769" r:id="rId747" display="http://www.regione.umbria.it/documents/18/707112/ACCORDO+PROGRAMMA+QUADRO+DIFERA+SUOLO+2001/148890f5-77de-46f3-a1a4-a0f8f8c3756e" xr:uid="{00000000-0004-0000-0000-0000EB020000}"/>
+    <hyperlink ref="C770" r:id="rId748" display="http://www.regione.umbria.it/documents/18/707112/Articolato+APQ+Delibera+CIPE+n.+95.2012/6837f058-8a69-4251-8c5a-68a51902b308" xr:uid="{00000000-0004-0000-0000-0000EC020000}"/>
+    <hyperlink ref="C771" r:id="rId749" display="http://www.regione.umbria.it/documents/18/6413635/Accordo+quadro+2005/7e66b623-6511-439a-8b35-718fa797b203" xr:uid="{00000000-0004-0000-0000-0000ED020000}"/>
+    <hyperlink ref="C772" r:id="rId750" display="http://www.regione.umbria.it/documents/18/6413635/Ord-572016.pdf/c0fb4092-63bd-4e6d-9da5-990f561e0eef" xr:uid="{00000000-0004-0000-0000-0000EE020000}"/>
+    <hyperlink ref="C773" r:id="rId751" display="http://www.regione.umbria.it/documents/18/6413635/Ord-72017.pdf/faa1bc6c-9341-46c3-9875-77ba064ae22d" xr:uid="{00000000-0004-0000-0000-0000EF020000}"/>
+    <hyperlink ref="C774" r:id="rId752" display="http://www.regione.umbria.it/documents/18/6413635/Ordinanza+2-11/be83c1d7-6bf7-4edc-882b-b40b3210dd1c" xr:uid="{00000000-0004-0000-0000-0000F0020000}"/>
+    <hyperlink ref="A775" r:id="rId753" display="http://www.regione.umbria.it/documents/18/6413635/DGR+749-2012.pdf/86ccd641-91f8-4e72-8658-02139366dc61" xr:uid="{00000000-0004-0000-0000-0000F1020000}"/>
+    <hyperlink ref="B775" r:id="rId754" display="http://www.regione.umbria.it/documents/18/6413635/DGR+749-12+Piano+interventi+emergenza+2012.pdf/934abc3a-18df-4e7b-bc7b-ae833d5a6488" xr:uid="{00000000-0004-0000-0000-0000F2020000}"/>
+    <hyperlink ref="A781" r:id="rId755" display="http://www.regione.umbria.it/documents/18/707112/determina+8044-2012+approvazione+progetto+e+impegno+prima+tranche/67e65560-abeb-4fe5-b442-ae0fdaca4cf3" xr:uid="{00000000-0004-0000-0000-0000F3020000}"/>
+    <hyperlink ref="B781" r:id="rId756" display="http://www.regione.umbria.it/documents/18/707112/all.+DD+8044-2012+Progetto+Aggregazioni+di+strada+Ecuador/5cf52ed7-7691-416f-8424-50360cc5aeba" xr:uid="{00000000-0004-0000-0000-0000F4020000}"/>
+    <hyperlink ref="A782" r:id="rId757" display="http://www.regione.umbria.it/documents/18/707112/DGR+474-13/8eef1a7b-a884-4db7-81bb-7550458d9e06" xr:uid="{00000000-0004-0000-0000-0000F5020000}"/>
+    <hyperlink ref="A783" r:id="rId758" display="http://www.regione.umbria.it/documents/18/707112/DGR+576-14/d49df6ce-7445-4d96-8934-c5f40c8edec8" xr:uid="{00000000-0004-0000-0000-0000F6020000}"/>
+    <hyperlink ref="A784" r:id="rId759" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+424-2013/54594ea9-ff90-4d46-b7e5-a34c44637c01" xr:uid="{00000000-0004-0000-0000-0000F7020000}"/>
+    <hyperlink ref="A785" r:id="rId760" display="http://www.regione.umbria.it/documents/18/707112/DGR+90-2015.pdf/2f9fd31f-d760-44da-929b-b53549661232" xr:uid="{00000000-0004-0000-0000-0000F8020000}"/>
+    <hyperlink ref="A786" r:id="rId761" display="http://www.regione.umbria.it/documents/18/707112/DGR+555-2015/a05969ec-111a-43cc-9fba-aae7a50cae65" xr:uid="{00000000-0004-0000-0000-0000F9020000}"/>
+    <hyperlink ref="A788" r:id="rId762" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+11415+DEL+14.12.2009/7c8ce237-0561-4e6b-ac32-3157ffcc1bac" xr:uid="{00000000-0004-0000-0000-0000FA020000}"/>
+    <hyperlink ref="B788" r:id="rId763" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Bando+Resta+Industria+2009/301031da-cfc0-4745-82b2-c6e78c2f424a" xr:uid="{00000000-0004-0000-0000-0000FB020000}"/>
+    <hyperlink ref="A789" r:id="rId764" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+2458+DEL+23.13.2010/2f75b602-2d56-46f8-b5df-32ea8a4e6820" xr:uid="{00000000-0004-0000-0000-0000FC020000}"/>
+    <hyperlink ref="B789" r:id="rId765" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Bando+Poli+di+Innovazione+2010/5cde5e90-4cff-407e-91fd-5eedad0f3a89" xr:uid="{00000000-0004-0000-0000-0000FD020000}"/>
+    <hyperlink ref="A790" r:id="rId766" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1644+2013+criteri/c9e7ea87-2242-4a5d-b284-ef98edda3514" xr:uid="{00000000-0004-0000-0000-0000FE020000}"/>
+    <hyperlink ref="B790" r:id="rId767" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/All.1+Certificazioni2012+Scheda+DGR+1644+2013/767518d1-d358-4119-a1cd-29581e9fcbe8" xr:uid="{00000000-0004-0000-0000-0000FF020000}"/>
+    <hyperlink ref="A795" r:id="rId768" display="http://www.regione.umbria.it/documents/18/707112/DGR1112-18-09-12/318c5564-2062-4a24-8d0d-f585e3db567a" xr:uid="{00000000-0004-0000-0000-000000030000}"/>
+    <hyperlink ref="A796" r:id="rId769" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+1289+del+19-11-13/e7ef723a-8098-4a60-be48-310ac9a5bce8" xr:uid="{00000000-0004-0000-0000-000001030000}"/>
+    <hyperlink ref="C797" r:id="rId770" display="http://leggi.crumbria.it/mostra_atto.php?id=77102&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000002030000}"/>
+    <hyperlink ref="A798" r:id="rId771" display="http://www.regione.umbria.it/documents/18/3856340/DGR+825-10/590f01e0-c35c-48d7-a9a2-c2b459d8a456" xr:uid="{00000000-0004-0000-0000-000003030000}"/>
+    <hyperlink ref="A799" r:id="rId772" display="http://www.regione.umbria.it/documents/18/3856340/DGR+76-10/5c5b5c3c-36a9-4852-9c6c-c3511c79c442" xr:uid="{00000000-0004-0000-0000-000004030000}"/>
+    <hyperlink ref="A800" r:id="rId773" display="http://www.regione.umbria.it/documents/18/3856340/DGR+452-11/f3a8eb5e-23e7-4c97-9849-a10753a89f2b" xr:uid="{00000000-0004-0000-0000-000005030000}"/>
+    <hyperlink ref="A801" r:id="rId774" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+911+del+25-6-2004/c073fc0f-b462-4c8f-ba71-1a94e719e63d" xr:uid="{00000000-0004-0000-0000-000006030000}"/>
+    <hyperlink ref="A802" r:id="rId775" display="http://www.regione.umbria.it/documents/18/6413635/DGR+245-00/8522c483-ae70-4a13-b271-9dc0db491a00" xr:uid="{00000000-0004-0000-0000-000007030000}"/>
+    <hyperlink ref="A803" r:id="rId776" display="http://www.regione.umbria.it/documents/18/6413635/DGR+421-2010.pdf/2eb91161-2f9f-419c-9e57-7b40cb886b92" xr:uid="{00000000-0004-0000-0000-000008030000}"/>
+    <hyperlink ref="B803" r:id="rId777" display="http://www.regione.umbria.it/documents/18/6413635/DGR+421-2010+All.pdf/05c1df6c-005e-4822-ae95-6ed812332ba6" xr:uid="{00000000-0004-0000-0000-000009030000}"/>
+    <hyperlink ref="A805" r:id="rId778" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/ATTO+DGR+1950+del+2009/388f30b5-12de-46d8-9f88-f06f8f43b26f" xr:uid="{00000000-0004-0000-0000-00000A030000}"/>
+    <hyperlink ref="C837" r:id="rId779" display="http://leggi.crumbria.it/mostra_atto.php?id=23789&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00000B030000}"/>
+    <hyperlink ref="C838" r:id="rId780" display="http://leggi.crumbria.it/mostra_atto.php?id=56743&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00000C030000}"/>
+    <hyperlink ref="C839" r:id="rId781" display="http://leggi.crumbria.it/mostra_atto.php?id=74401&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00000D030000}"/>
+    <hyperlink ref="A844" r:id="rId782" display="http://www.regione.umbria.it/documents/18/707112/DD+5670+DEL+2012/b969d682-8966-4b83-96be-f9c5390de6d9" xr:uid="{00000000-0004-0000-0000-00000E030000}"/>
+    <hyperlink ref="B844" r:id="rId783" display="http://www.regione.umbria.it/documents/18/707112/Riparto+Programma+promozione+sportiva+2012/b433a1fd-7feb-4370-a630-43aeb9774a9d" xr:uid="{00000000-0004-0000-0000-00000F030000}"/>
+    <hyperlink ref="A846" r:id="rId784" display="http://www.regione.umbria.it/documents/18/707112/DGR+1359-2014/bbccc79a-55c2-4e3d-acec-6670e6062570" xr:uid="{00000000-0004-0000-0000-000010030000}"/>
+    <hyperlink ref="B846" r:id="rId785" display="http://www.regione.umbria.it/documents/18/707112/Protocollo+124+Allegato+a+DGR+1359-2014/11faca38-27fd-4eff-8c1d-f8b0f6d0698b" xr:uid="{00000000-0004-0000-0000-000011030000}"/>
+    <hyperlink ref="A848" r:id="rId786" display="http://www.regione.umbria.it/documents/18/707112/DGR+1073-2015/941e8f8f-cfc2-4acf-997e-195de8d0d04b" xr:uid="{00000000-0004-0000-0000-000012030000}"/>
+    <hyperlink ref="A851" r:id="rId787" display="http://www.regione.umbria.it/documents/18/707112/DGR+1925+del+1995+TESSERE+SPECIALI/676778d2-bfad-473e-ac36-514d711dce78" xr:uid="{00000000-0004-0000-0000-000013030000}"/>
+    <hyperlink ref="C852" r:id="rId788" display="http://leggi.crumbria.it/mostra_atto.php?id=61649&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000014030000}"/>
+    <hyperlink ref="A853" r:id="rId789" display="http://www.regione.umbria.it/documents/18/707112/DGR+400-2010/826b2b44-4ac8-4b9c-8328-9c102dec8f4e" xr:uid="{00000000-0004-0000-0000-000015030000}"/>
+    <hyperlink ref="B853" r:id="rId790" display="http://www.regione.umbria.it/documents/18/707112/prospetto+finanziario+degr+400-2010/2cd11c87-d36a-40b5-8f49-5addbd6c1b21" xr:uid="{00000000-0004-0000-0000-000016030000}"/>
+    <hyperlink ref="B854" r:id="rId791" display="http://www.regione.umbria.it/documents/18/707112/prospetto+tecnico+dgr+400-2010/a8e676f5-e73c-4deb-94a4-3a2024d27c6a" xr:uid="{00000000-0004-0000-0000-000017030000}"/>
+    <hyperlink ref="B855" r:id="rId792" display="http://www.regione.umbria.it/documents/18/707112/convenzione+dgr+400-2010/4a64849e-7497-4787-98ac-6e08c6638e2f" xr:uid="{00000000-0004-0000-0000-000018030000}"/>
+    <hyperlink ref="A856" r:id="rId793" display="http://www.regione.umbria.it/documents/18/707112/dgr+538-12/b54e888a-725a-4b36-a37f-83e847a2c18d" xr:uid="{00000000-0004-0000-0000-000019030000}"/>
+    <hyperlink ref="B856" r:id="rId794" display="http://www.regione.umbria.it/documents/18/707112/all+538-12/bbfe3137-5266-46fd-ace1-ebe5c7bc8992" xr:uid="{00000000-0004-0000-0000-00001A030000}"/>
+    <hyperlink ref="A857" r:id="rId795" display="http://www.regione.umbria.it/documents/18/707112/ggr+1173-13/b5e869fa-5070-4d7e-af1e-a411e76e0519" xr:uid="{00000000-0004-0000-0000-00001B030000}"/>
+    <hyperlink ref="B857" r:id="rId796" display="http://www.regione.umbria.it/documents/18/707112/accordo+TPL+Trasimeno/d7fee2d9-6f40-4ed0-b5cc-f9edae31f4a5" xr:uid="{00000000-0004-0000-0000-00001C030000}"/>
+    <hyperlink ref="A858" r:id="rId797" display="http://www.regione.umbria.it/documents/18/707112/dgr+1683-14/f3f086de-8fc0-4c4f-9ab8-632b8c6c1803" xr:uid="{00000000-0004-0000-0000-00001D030000}"/>
+    <hyperlink ref="B858" r:id="rId798" display="http://www.regione.umbria.it/documents/18/707112/nota+compg/30eaee39-a14b-436a-814e-f67754c236a1" xr:uid="{00000000-0004-0000-0000-00001E030000}"/>
+    <hyperlink ref="A859" r:id="rId799" display="http://www.regione.umbria.it/documents/18/707112/DD+4293-2015/eef94398-8fdd-447c-b316-d479481923eb" xr:uid="{00000000-0004-0000-0000-00001F030000}"/>
+    <hyperlink ref="C859" r:id="rId800" display="http://www.regione.umbria.it/documents/18/707112/caldolo+ripart.+anno+2014+-+allegato+D.D.4293-2015/9833fe90-945e-46fa-a7e9-665af63e5ba1" xr:uid="{00000000-0004-0000-0000-000020030000}"/>
+    <hyperlink ref="A862" r:id="rId801" display="http://www.regione.umbria.it/documents/18/3856340/DD+6476-15/69433dab-673d-4fc6-91e8-870a144df717" xr:uid="{00000000-0004-0000-0000-000021030000}"/>
+    <hyperlink ref="A864" r:id="rId802" display="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09.pdf/451bbd1a-e801-40a3-a825-9746800749a4" xr:uid="{00000000-0004-0000-0000-000022030000}"/>
+    <hyperlink ref="B864" r:id="rId803" display="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+1.pdf/9f81c174-c883-4b69-a177-d0b35692ed0c" xr:uid="{00000000-0004-0000-0000-000023030000}"/>
+    <hyperlink ref="B865" r:id="rId804" display="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+2.pdf/4a2c3f32-af1e-4910-a9d1-8995d007599f" xr:uid="{00000000-0004-0000-0000-000024030000}"/>
+    <hyperlink ref="B866" r:id="rId805" display="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+3.pdf/3b27b1d0-1862-4a2c-89a1-69263aa2cf3e" xr:uid="{00000000-0004-0000-0000-000025030000}"/>
+    <hyperlink ref="B867" r:id="rId806" display="http://www.regione.umbria.it/documents/18/6413635/DD+11446-09+All.+4.pdf/33c5393c-075b-4236-b007-06631a4bf8b6" xr:uid="{00000000-0004-0000-0000-000026030000}"/>
+    <hyperlink ref="B868" r:id="rId807" display="http://www.regione.umbria.it/documents/18/6413635/bando+commercio.pdf/0f0e4586-5344-4c87-9180-74000ad3a676" xr:uid="{00000000-0004-0000-0000-000027030000}"/>
+    <hyperlink ref="A869" r:id="rId808" display="http://www.regione.umbria.it/documents/18/6413635/DGR+141-15/83f45142-ab5b-4a25-aa69-d4a5921e75de" xr:uid="{00000000-0004-0000-0000-000028030000}"/>
+    <hyperlink ref="A870" r:id="rId809" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1136-09/a27edad0-cf61-4106-8432-b2cf6db37717" xr:uid="{00000000-0004-0000-0000-000029030000}"/>
+    <hyperlink ref="A871" r:id="rId810" display="http://www.regione.umbria.it/documents/18/6413635/DGR+650-16.pdf/e9ba5486-a991-4b93-8f9b-6bc5f7d53cff" xr:uid="{00000000-0004-0000-0000-00002A030000}"/>
+    <hyperlink ref="B871" r:id="rId811" display="http://www.regione.umbria.it/documents/18/6413635/DGR+650-16+Capitolato.pdf/45f1f678-928c-4fe3-98ef-16e535440293" xr:uid="{00000000-0004-0000-0000-00002B030000}"/>
+    <hyperlink ref="A872" r:id="rId812" display="http://www.regione.umbria.it/documents/18/6413635/DGR+885-16/88a9b542-af04-48af-93e8-9a5725ce4d58" xr:uid="{00000000-0004-0000-0000-00002C030000}"/>
+    <hyperlink ref="C873" r:id="rId813" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1982-08.xml" xr:uid="{00000000-0004-0000-0000-00002D030000}"/>
+    <hyperlink ref="A874" r:id="rId814" display="http://www.regione.umbria.it/documents/18/707112/DGR+577-2016/59b20db4-fb14-4680-a492-659c48657b00" xr:uid="{00000000-0004-0000-0000-00002E030000}"/>
+    <hyperlink ref="B874" r:id="rId815" display="http://www.regione.umbria.it/documents/18/707112/Allegato+A%29 DGR+577-2016/b58c5898-9430-4296-a5e5-10623bb7c0b7" xr:uid="{00000000-0004-0000-0000-00002F030000}"/>
+    <hyperlink ref="A875" r:id="rId816" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1547-16/58c05f9c-075c-454f-b24e-53a230e41152" xr:uid="{00000000-0004-0000-0000-000030030000}"/>
+    <hyperlink ref="A876" r:id="rId817" display="http://www.regione.umbria.it/documents/18/707112/DGR+1578-2011/3626f954-9296-4be7-abdf-993224e37347" xr:uid="{00000000-0004-0000-0000-000031030000}"/>
+    <hyperlink ref="B876" r:id="rId818" display="http://www.regione.umbria.it/documents/18/707112/Progetto+esecutivo+innovazione+del+prodotto+Umbria+All.A+dgr+1578-11/c16de651-45a2-4ce0-b600-e30343ca8b93" xr:uid="{00000000-0004-0000-0000-000032030000}"/>
+    <hyperlink ref="B877" r:id="rId819" display="http://www.regione.umbria.it/documents/18/707112/schema+accordo+programma+All.B+a+dgr+1578-11/90e64adb-60aa-4772-8584-a9d47848e12f" xr:uid="{00000000-0004-0000-0000-000033030000}"/>
+    <hyperlink ref="C878" r:id="rId820" display="http://leggi.crumbria.it/mostra_atto.php?id=121928&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000034030000}"/>
+    <hyperlink ref="C879" r:id="rId821" display="http://leggi.crumbria.it/mostra_atto.php?id=23744&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000035030000}"/>
+    <hyperlink ref="C881" r:id="rId822" display="http://leggi.crumbria.it/mostra_atto.php?id=69459&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000036030000}"/>
+    <hyperlink ref="A883" r:id="rId823" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1604+DEL+1999/b66862b2-9bb7-4bae-a153-71a1826e2604" xr:uid="{00000000-0004-0000-0000-000037030000}"/>
+    <hyperlink ref="C884" r:id="rId824" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/RR-2-1999+Proloco+DGR+1604+DEL+1999/30e13570-e7c9-4b69-85d9-2674fd64f756" xr:uid="{00000000-0004-0000-0000-000038030000}"/>
+    <hyperlink ref="A885" r:id="rId825" display="http://www.regione.umbria.it/documents/18/658997/DD+2200+del+2010/9c9632f2-62dc-46bc-8641-988240b1fcae" xr:uid="{00000000-0004-0000-0000-000039030000}"/>
+    <hyperlink ref="A886" r:id="rId826" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+355+DEL+22.04.2013/4f0eaef0-3508-4425-8e90-b83ba8d3ef27" xr:uid="{00000000-0004-0000-0000-00003A030000}"/>
+    <hyperlink ref="A887" r:id="rId827" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/dgr+1057-2013/980f5597-aa6d-4dcb-8ea9-2d4634ff8da9" xr:uid="{00000000-0004-0000-0000-00003B030000}"/>
+    <hyperlink ref="A888" r:id="rId828" display="http://www.regione.umbria.it/documents/18/3856340/DGR+415-15/d519b0a6-4d34-4512-b4e3-0426d004205d" xr:uid="{00000000-0004-0000-0000-00003C030000}"/>
+    <hyperlink ref="C889" r:id="rId829" display="http://www.regione.umbria.it/documents/18/3856340/Bando+agenzie/c39d8f29-6785-4338-8fe3-b63df4ed78b3" xr:uid="{00000000-0004-0000-0000-00003D030000}"/>
+    <hyperlink ref="C890" r:id="rId830" display="http://www.regione.umbria.it/documents/18/3856340/Bando+consorzi/9b8e7857-6b66-4c75-b6cf-181fa723fd2c" xr:uid="{00000000-0004-0000-0000-00003E030000}"/>
+    <hyperlink ref="A892" r:id="rId831" display="http://www.regione.umbria.it/documents/18/6413635/DD+1345-09/adba5502-8e28-47c4-9e02-89ddf48bcaa7" xr:uid="{00000000-0004-0000-0000-00003F030000}"/>
+    <hyperlink ref="A894" r:id="rId832" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+n.+1091+del+7+ottobre+2013/a13cedcb-0518-415d-a1a9-3def3f8cb81d" xr:uid="{00000000-0004-0000-0000-000040030000}"/>
+    <hyperlink ref="A896" r:id="rId833" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.G.R.+n.+126.2010/62aedaf8-f17b-4f08-bc42-3543fa0b4293" xr:uid="{00000000-0004-0000-0000-000041030000}"/>
+    <hyperlink ref="C896" r:id="rId834" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Programma+regionale+Attivit%C3%A0 2.2.2+POR+FESR+Umbria/3d442bad-6384-43fe-8100-4471a2065dc5" xr:uid="{00000000-0004-0000-0000-000042030000}"/>
+    <hyperlink ref="A897" r:id="rId835" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/D.D.+4786+-+2012+Approvazione+Avviso+Attivit%C3%A0 2.2.2+POR+FESR+Umbria/72f41d34-7e91-4d3d-b128-14c7c7fc750f" xr:uid="{00000000-0004-0000-0000-000043030000}"/>
+    <hyperlink ref="C897" r:id="rId836" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Avviso+pubblico+Attivit%C3%A0 2.2.2+POR+FESR+Umbria/c7a3db81-c15e-4126-814b-a0383d68bc3d" xr:uid="{00000000-0004-0000-0000-000044030000}"/>
+    <hyperlink ref="C907" r:id="rId837" display="http://leggi.crumbria.it/mostra_atto.php?id=33033&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000045030000}"/>
+    <hyperlink ref="A908" r:id="rId838" display="http://www.regione.umbria.it/documents/18/707112/DGR+1364+2014/ad1ac051-c8ce-4668-996a-67c8dbfdba2a" xr:uid="{00000000-0004-0000-0000-000046030000}"/>
+    <hyperlink ref="A909" r:id="rId839" display="http://www.regione.umbria.it/documents/18/707112/DGR+n.+1537-2011/0d6dadac-7d67-4fee-aa79-3c41c1b10267" xr:uid="{00000000-0004-0000-0000-000047030000}"/>
+    <hyperlink ref="A910" r:id="rId840" display="http://www.regione.umbria.it/documents/18/707112/DD+n.+10302-2013/de95d102-28b5-499b-8ccb-b0985cc96856" xr:uid="{00000000-0004-0000-0000-000048030000}"/>
+    <hyperlink ref="C911" r:id="rId841" display="http://leggi.crumbria.it/mostra_atto.php?id=46679&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000049030000}"/>
+    <hyperlink ref="A916" r:id="rId842" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1395+del+5+10+2009/500332d3-090e-49f0-8a9c-d870a2ccbdb1" xr:uid="{00000000-0004-0000-0000-00004A030000}"/>
+    <hyperlink ref="A917" r:id="rId843" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+2329+del+19+03+2010/880ac513-0638-4907-8e0c-382c85fc092b" xr:uid="{00000000-0004-0000-0000-00004B030000}"/>
+    <hyperlink ref="A918" r:id="rId844" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DD+6166+del+13+07+2010/61cfc0d1-61b5-49cf-a344-128f31d614ac" xr:uid="{00000000-0004-0000-0000-00004C030000}"/>
+    <hyperlink ref="A919" r:id="rId845" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1671+del+29+12+2011/92042ccb-4e01-4b20-ac2e-d6b4ed3a0752" xr:uid="{00000000-0004-0000-0000-00004D030000}"/>
+    <hyperlink ref="A920" r:id="rId846" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+923+del+28+10+2013/99489879-805c-4008-b7ab-3469140ff8e9" xr:uid="{00000000-0004-0000-0000-00004E030000}"/>
+    <hyperlink ref="C922" r:id="rId847" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/testo+coordinato+RR+6+del+2011+e+RR+2+del+2013/845a2e6c-856e-4fee-9f36-f5e34c5e7819" xr:uid="{00000000-0004-0000-0000-00004F030000}"/>
+    <hyperlink ref="A923" r:id="rId848" display="http://www.regione.umbria.it/documents/18/707112/DGR1021/708eaaa9-b8f9-4af3-af8b-d19358cd925d" xr:uid="{00000000-0004-0000-0000-000050030000}"/>
+    <hyperlink ref="C924" r:id="rId849" display="http://www.regione.umbria.it/documents/18/707112/L+17-13/77e9c385-6b99-4991-9343-84b52c349d90" xr:uid="{00000000-0004-0000-0000-000051030000}"/>
+    <hyperlink ref="C925" r:id="rId850" display="http://www.regione.umbria.it/documents/18/707112/L+17-13+reg/c2e45cd1-25ec-40be-9904-0e7ecb0cce8c" xr:uid="{00000000-0004-0000-0000-000052030000}"/>
+    <hyperlink ref="C926" r:id="rId851" display="http://leggi.crumbria.it/mostra_atto.php?id=52755&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000053030000}"/>
+    <hyperlink ref="A927" r:id="rId852" display="http://www.regione.umbria.it/documents/18/707112/dgr+666-14/eb8ddf8c-0f6c-4570-9aca-037670ea2d72" xr:uid="{00000000-0004-0000-0000-000054030000}"/>
+    <hyperlink ref="C928" r:id="rId853" display="http://leggi.crumbria.it/mostra_atto.php?id=30561&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000055030000}"/>
+    <hyperlink ref="C929" r:id="rId854" display="http://leggi.crumbria.it/mostra_atto.php?id=11917&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000056030000}"/>
+    <hyperlink ref="C930" r:id="rId855" display="http://leggi.crumbria.it/mostra_atto.php?id=115277&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000057030000}"/>
+    <hyperlink ref="C931" r:id="rId856" display="http://leggi.crumbria.it/mostra_atto.php?id=39674&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000058030000}"/>
+    <hyperlink ref="A932" r:id="rId857" display="http://www.regione.umbria.it/documents/18/707112/dgr+455-14/7ab6137b-fa97-4fab-9c01-837cdea1f196" xr:uid="{00000000-0004-0000-0000-000059030000}"/>
+    <hyperlink ref="B932" r:id="rId858" display="http://www.regione.umbria.it/documents/18/707112/avviso+455-14/b74d6449-3f8c-4e50-bd27-20495bf7aa90" xr:uid="{00000000-0004-0000-0000-00005A030000}"/>
+    <hyperlink ref="A933" r:id="rId859" display="http://www.regione.umbria.it/documents/18/707112/dgr+1503-14/d4e33f1c-821d-49fd-bd59-3679615a5f12" xr:uid="{00000000-0004-0000-0000-00005B030000}"/>
+    <hyperlink ref="B933" r:id="rId860" display="http://www.regione.umbria.it/documents/18/707112/bando+programma+attuativo/0170c906-14ec-4e4d-808d-cbc2502220d3" xr:uid="{00000000-0004-0000-0000-00005C030000}"/>
+    <hyperlink ref="B934" r:id="rId861" display="http://www.regione.umbria.it/documents/18/707112/bollettino+1503-14/30900358-5879-4a8a-b3ce-2bcd1c450eae" xr:uid="{00000000-0004-0000-0000-00005D030000}"/>
+    <hyperlink ref="A935" r:id="rId862" display="http://www.regione.umbria.it/documents/18/707112/DGR+1706-2014/baed64c5-5187-4a7c-aa52-ab415eadce66" xr:uid="{00000000-0004-0000-0000-00005E030000}"/>
+    <hyperlink ref="A936" r:id="rId863" display="http://www.regione.umbria.it/documents/18/707112/DGR+110-2015/e1bc59e6-e18c-42db-9a10-e79e365eda7a" xr:uid="{00000000-0004-0000-0000-00005F030000}"/>
+    <hyperlink ref="A937" r:id="rId864" display="http://www.regione.umbria.it/documents/18/707112/DD+9093-14/00d90d9d-8cf4-4a6f-a914-b59db92c6d14" xr:uid="{00000000-0004-0000-0000-000060030000}"/>
+    <hyperlink ref="A938" r:id="rId865" display="http://www.regione.umbria.it/documents/18/707112/DGR+500-2015+Perugia+Social+Film/d7ba5fc2-7712-4fad-a889-d5c465bede9c" xr:uid="{00000000-0004-0000-0000-000061030000}"/>
+    <hyperlink ref="A939" r:id="rId866" display="http://www.regione.umbria.it/documents/18/707112/DGR+1555+-2015/30f64a71-c2a3-4783-80d8-cb81a5f072cb" xr:uid="{00000000-0004-0000-0000-000062030000}"/>
+    <hyperlink ref="B939" r:id="rId867" display="http://www.regione.umbria.it/documents/18/707112/Allegato+DGR+1555-14/a11ebf70-b8a8-4350-a1f0-20c0db689c6f" xr:uid="{00000000-0004-0000-0000-000063030000}"/>
+    <hyperlink ref="A940" r:id="rId868" display="http://www.regione.umbria.it/documents/18/707112/DGR+141-2015+APPROV-PROT-INTESA-SCUOLA/d6f6ce75-9f90-4619-b0df-c382401fbdea" xr:uid="{00000000-0004-0000-0000-000064030000}"/>
+    <hyperlink ref="B940" r:id="rId869" display="http://www.regione.umbria.it/documents/18/707112/protocollo+d%27intesa+allegato+a+DGR+141-15/997e1e8f-ce57-473d-ba8a-e7fcec9fb915" xr:uid="{00000000-0004-0000-0000-000065030000}"/>
+    <hyperlink ref="A941" r:id="rId870" display="http://www.regione.umbria.it/documents/18/3856340/DGR+802-08/d6ecf759-5ca7-4a41-ac7b-f60c96946faa" xr:uid="{00000000-0004-0000-0000-000066030000}"/>
+    <hyperlink ref="B941" r:id="rId871" display="http://www.regione.umbria.it/documents/18/3856340/allegato+dgr+802-08/d15b24b1-fb76-4681-92ba-77bc6c7808e7" xr:uid="{00000000-0004-0000-0000-000067030000}"/>
+    <hyperlink ref="A942" r:id="rId872" display="http://www.regione.umbria.it/documents/18/3856340/DGR+949-11/7f1ddb45-02ee-4e67-b895-7aff2aac8ca2" xr:uid="{00000000-0004-0000-0000-000068030000}"/>
+    <hyperlink ref="B942" r:id="rId873" display="http://www.regione.umbria.it/documents/18/3856340/All.+DGR+949-11/e071d59a-7078-4e9c-aceb-6007e07d2833" xr:uid="{00000000-0004-0000-0000-000069030000}"/>
+    <hyperlink ref="C944" r:id="rId874" display="http://www.regione.umbria.it/documents/18/658997/Bandi+C3+3+C4/7c939948-c532-4d5e-94ef-48bb8a977ea0" xr:uid="{00000000-0004-0000-0000-00006A030000}"/>
+    <hyperlink ref="C945" r:id="rId875" display="http://leggi.crumbria.it/mostra_atto.php?id=42480&amp;v=FI,SA,TE,IS,VE,RA,MM" xr:uid="{00000000-0004-0000-0000-00006B030000}"/>
+    <hyperlink ref="A946" r:id="rId876" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1878-07/a8a3304e-b951-4fab-937b-5067fff2bb77" xr:uid="{00000000-0004-0000-0000-00006C030000}"/>
+    <hyperlink ref="A947" r:id="rId877" display="http://www.regione.umbria.it/documents/18/707112/DGR+1092-2016/cf0208bb-9f37-45ab-850c-bca641c2e49e" xr:uid="{00000000-0004-0000-0000-00006D030000}"/>
+    <hyperlink ref="A806" r:id="rId878" display="http://www.regione.umbria.it/documents/18/707112/dd10671-2012.pdf/e549562d-04aa-4ec5-8031-6decb59c7468" xr:uid="{00000000-0004-0000-0000-00006E030000}"/>
+    <hyperlink ref="B805" r:id="rId879" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato++DGR+1950+del+2009+ACCORDO+SIMG/9de05fa2-28f0-4864-a872-b7d32a4c0b58" xr:uid="{00000000-0004-0000-0000-00006F030000}"/>
+    <hyperlink ref="A807" r:id="rId880" display="http://www.regione.umbria.it/documents/18/707112/dd+7482-14/d89a82a0-8721-4f7b-af84-68afa9a7f1d0" xr:uid="{00000000-0004-0000-0000-000070030000}"/>
+    <hyperlink ref="A842" r:id="rId881" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1097-13/52faddbc-cd4b-433b-a7f6-a642848ebfe2" xr:uid="{00000000-0004-0000-0000-000071030000}"/>
     <hyperlink ref="C11" r:id="rId882" display="http://leggi.crumbria.it/mostra_atto.php?id=145528&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000072030000}"/>
     <hyperlink ref="C12" r:id="rId883" display="http://leggi.crumbria.it/mostra_atto.php?id=162943&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000073030000}"/>
     <hyperlink ref="C13" r:id="rId884" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2017-004.xml" xr:uid="{00000000-0004-0000-0000-000074030000}"/>
     <hyperlink ref="C14" r:id="rId885" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?&amp;file=reg2002-008.xml&amp;datafine=20030123" xr:uid="{00000000-0004-0000-0000-000075030000}"/>
     <hyperlink ref="C15" r:id="rId886" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2017-004.xml" xr:uid="{00000000-0004-0000-0000-000076030000}"/>
     <hyperlink ref="C16" r:id="rId887" display="http://leggi.crumbria.it/mostra_atto.php?id=9719&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000077030000}"/>
     <hyperlink ref="C17" r:id="rId888" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=reg2003-08.xml" xr:uid="{00000000-0004-0000-0000-000078030000}"/>
     <hyperlink ref="C18" r:id="rId889" display="http://leggi.crumbria.it/mostra_atto.php?id=28545&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000079030000}"/>
     <hyperlink ref="C19" r:id="rId890" display="http://leggi.crumbria.it/mostra_atto.php?id=35611&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00007A030000}"/>
     <hyperlink ref="C20" r:id="rId891" display="http://leggi.crumbria.it/mostra_atto.php?id=41663&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00007B030000}"/>
     <hyperlink ref="C21" r:id="rId892" display="http://leggi.crumbria.it/mostra_atto.php?id=55839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00007C030000}"/>
     <hyperlink ref="C22" r:id="rId893" display="http://leggi.crumbria.it/mostra_atto.php?id=172928&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-00007D030000}"/>
     <hyperlink ref="B23" r:id="rId894" display="http://www.regione.umbria.it/documents/18/653718/Sintesi+dei+criteri+per+l%27anno+2014/440b4e5a-2d62-4a18-bc69-e1ef35863a98" xr:uid="{00000000-0004-0000-0000-00007E030000}"/>
     <hyperlink ref="C24" r:id="rId895" display="http://www.gazzettaufficiale.it/eli/id/2014/09/01/14A06807/sg" xr:uid="{00000000-0004-0000-0000-00007F030000}"/>
     <hyperlink ref="A25" r:id="rId896" display="http://www.regione.umbria.it/documents/18/6413635/DGR+1542-14/b6888b7b-1c48-443b-ae09-483e370e8d01" xr:uid="{00000000-0004-0000-0000-000080030000}"/>
     <hyperlink ref="A26" r:id="rId897" display="http://www.regione.umbria.it/documents/18/707112/DGR+823-15.pdf/2497a091-be7a-4067-b33b-985e7986e2c5" xr:uid="{00000000-0004-0000-0000-000081030000}"/>
     <hyperlink ref="B26" r:id="rId898" display="http://www.regione.umbria.it/documents/18/707112/DGR+823-15.pdf/2497a091-be7a-4067-b33b-985e7986e2c5" xr:uid="{00000000-0004-0000-0000-000082030000}"/>
     <hyperlink ref="C27" r:id="rId899" display="http://leggi.crumbria.it/mostra_atto.php?id=126215&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000083030000}"/>
     <hyperlink ref="C28" r:id="rId900" display="http://leggi.crumbria.it/mostra_atto_stampabile.php?file=lr1979-34.xml" xr:uid="{00000000-0004-0000-0000-000084030000}"/>
     <hyperlink ref="A23" r:id="rId901" display="http://www.regione.umbria.it/documents/18/6413635/DGR+112-14/9612d59c-1685-43b4-a605-1ad4ba6949cf" xr:uid="{00000000-0004-0000-0000-000085030000}"/>
-    <hyperlink ref="C808" r:id="rId902" display="http://leggi.crumbria.it/mostra_atto.php?id=46492&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000086030000}"/>
-[...43 lines deleted...]
-    <hyperlink ref="B942" r:id="rId946" xr:uid="{00000000-0004-0000-0000-0000B2030000}"/>
+    <hyperlink ref="C809" r:id="rId902" display="http://leggi.crumbria.it/mostra_atto.php?id=46492&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000086030000}"/>
+    <hyperlink ref="C810" r:id="rId903" display="http://leggi.crumbria.it/mostra_atto.php?id=114785&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-000087030000}"/>
+    <hyperlink ref="C811" r:id="rId904" display="http://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:1991-01-15;30!vig=" xr:uid="{00000000-0004-0000-0000-000088030000}"/>
+    <hyperlink ref="A812" r:id="rId905" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+1431+DEL+12.10.2009/e27c88f2-bbee-4e42-8528-d10e7abc5493" xr:uid="{00000000-0004-0000-0000-000089030000}"/>
+    <hyperlink ref="C813" r:id="rId906" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/2013+11+05+PROGRAMMA+CCFF+2013/0d7e9bd9-5d65-4865-a07b-5cf5c54f5ae4" xr:uid="{00000000-0004-0000-0000-00008A030000}"/>
+    <hyperlink ref="A814" r:id="rId907" display="http://www.regione.umbria.it/documents/18/707112/DD+4423-13/04b9d324-59ea-4257-b365-d36c81134a37" xr:uid="{00000000-0004-0000-0000-00008B030000}"/>
+    <hyperlink ref="A815" r:id="rId908" display="http://www.regione.umbria.it/documents/18/707112/DD+8323-12/1cc3f324-e1c1-46c9-812f-2e095e406634" xr:uid="{00000000-0004-0000-0000-00008C030000}"/>
+    <hyperlink ref="A816" r:id="rId909" display="http://www.regione.umbria.it/documents/18/707112/DD+11197-10/f6f1a590-7bc4-44bd-9b47-efee075a6a7b" xr:uid="{00000000-0004-0000-0000-00008D030000}"/>
+    <hyperlink ref="A817" r:id="rId910" display="http://www.regione.umbria.it/documents/18/707112/DD+9154-12/72167ceb-c93a-4a3f-a051-a486e316c3b9" xr:uid="{00000000-0004-0000-0000-00008E030000}"/>
+    <hyperlink ref="A818" r:id="rId911" display="http://www.regione.umbria.it/documents/18/707112/dd+8782-13/3ffca173-f2ee-4553-ace2-1d1cb47d2c98" xr:uid="{00000000-0004-0000-0000-00008F030000}"/>
+    <hyperlink ref="A819" r:id="rId912" display="http://www.regione.umbria.it/documents/18/707112/dgr+948-12/e082ba26-17a4-445a-9601-f566023f58ae" xr:uid="{00000000-0004-0000-0000-000090030000}"/>
+    <hyperlink ref="B819" r:id="rId913" display="http://www.regione.umbria.it/documents/18/707112/dgr+948-12+all+A/e9efa099-7d0d-4924-a58a-2ea5c2f88a44" xr:uid="{00000000-0004-0000-0000-000091030000}"/>
+    <hyperlink ref="B820" r:id="rId914" display="http://www.regione.umbria.it/documents/18/707112/dgr+948-12+all-B/48eb896b-1253-4d6d-be4c-ba10b13f9014" xr:uid="{00000000-0004-0000-0000-000092030000}"/>
+    <hyperlink ref="C821" r:id="rId915" display="http://www.regione.umbria.it/documents/18/707112/Decreto+Beenet/626a0b84-a3d8-4ffc-92cc-f53d7417f658" xr:uid="{00000000-0004-0000-0000-000093030000}"/>
+    <hyperlink ref="A822" r:id="rId916" display="http://www.regione.umbria.it/documents/18/707112/DGR+1708-2010/2608dc6c-a9f3-4481-bb9d-7ad2e6c8ed6d" xr:uid="{00000000-0004-0000-0000-000094030000}"/>
+    <hyperlink ref="A823" r:id="rId917" display="http://www.regione.umbria.it/documents/18/707112/DD+5192-2015/e6830119-b904-40e2-a368-294e33d7d884" xr:uid="{00000000-0004-0000-0000-000095030000}"/>
+    <hyperlink ref="A824" r:id="rId918" display="http://www.regione.umbria.it/documents/18/707112/DD+5194-2015/b0e7655e-09fb-41ca-8794-2dd38485b25c" xr:uid="{00000000-0004-0000-0000-000096030000}"/>
+    <hyperlink ref="A825" r:id="rId919" display="http://www.regione.umbria.it/documents/18/707112/DD+5195-2015/8d5271be-3d4a-4e49-9dd4-420241304320" xr:uid="{00000000-0004-0000-0000-000097030000}"/>
+    <hyperlink ref="A826" r:id="rId920" display="http://www.regione.umbria.it/documents/18/707112/DD+5261-2015+Univ.+Camerino/3175ade6-959d-404c-b35b-466ac2ec3362" xr:uid="{00000000-0004-0000-0000-000098030000}"/>
+    <hyperlink ref="A827" r:id="rId921" display="http://www.regione.umbria.it/documents/18/707112/DD+5262-2015+Univ.+PG/29a48757-52f7-4410-905c-207b34dca060" xr:uid="{00000000-0004-0000-0000-000099030000}"/>
+    <hyperlink ref="A828" r:id="rId922" display="http://www.regione.umbria.it/documents/18/707112/DGR+583-15.pdf/44efea3b-629b-4fb6-a7dd-2b141eb939e9" xr:uid="{00000000-0004-0000-0000-00009A030000}"/>
+    <hyperlink ref="B828" r:id="rId923" display="http://www.regione.umbria.it/documents/18/707112/allegato+1+-+DGR+583-15.pdf/54ffca99-42a1-4cea-b27e-9421d0c54edf" xr:uid="{00000000-0004-0000-0000-00009B030000}"/>
+    <hyperlink ref="B829" r:id="rId924" display="http://www.regione.umbria.it/documents/18/707112/Allegato2+-+DGR+583-15.pdf/840c1235-e840-4d77-986e-5871ab6c7d09" xr:uid="{00000000-0004-0000-0000-00009C030000}"/>
+    <hyperlink ref="A830" r:id="rId925" display="http://www.regione.umbria.it/documents/18/707112/DD+5306-15/b2b7febd-f9c2-4182-8430-21b3fb821877" xr:uid="{00000000-0004-0000-0000-00009D030000}"/>
+    <hyperlink ref="A831" r:id="rId926" display="http://www.regione.umbria.it/documents/18/3856340/DD+11272-14/3a70ae4c-c8c1-4d3d-8933-d47d6b10656c" xr:uid="{00000000-0004-0000-0000-00009E030000}"/>
+    <hyperlink ref="A832" r:id="rId927" display="http://leggi.crumbria.it/mostra_atto.php?id=9070&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5&amp;datafine=20021226" xr:uid="{00000000-0004-0000-0000-00009F030000}"/>
+    <hyperlink ref="D832" r:id="rId928" display="http://leggi.crumbria.it/mostra_atto.php?id=81446&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000A0030000}"/>
+    <hyperlink ref="A833" r:id="rId929" display="http://www.regione.umbria.it/documents/18/707112/DGR+417-2016/5097f4cf-2c30-480f-bc52-6e377e3f73c5" xr:uid="{00000000-0004-0000-0000-0000A1030000}"/>
+    <hyperlink ref="B833" r:id="rId930" display="http://www.regione.umbria.it/documents/18/707112/DGR+417-2016+All.+A/994215c4-b785-475a-adbf-1fafaf6a1dc9" xr:uid="{00000000-0004-0000-0000-0000A2030000}"/>
+    <hyperlink ref="A834" r:id="rId931" display="http://www.regione.umbria.it/documents/18/707112/DGR+604-2016/19154569-ade4-462a-84b6-b082558b4d4e" xr:uid="{00000000-0004-0000-0000-0000A3030000}"/>
+    <hyperlink ref="B834" r:id="rId932" display="http://www.regione.umbria.it/documents/18/707112/DGR+604-2016+Allegato+A/5b6cfc5b-bbae-4a79-a94f-32a4b697d01a" xr:uid="{00000000-0004-0000-0000-0000A4030000}"/>
+    <hyperlink ref="A835" r:id="rId933" display="http://www.regione.umbria.it/documents/18/6413635/DD+7790-00/25fde00d-517b-48e9-9053-58cbdf636362" xr:uid="{00000000-0004-0000-0000-0000A5030000}"/>
+    <hyperlink ref="C625" r:id="rId934" display="http://leggi.crumbria.it/mostra_atto.php?id=55839&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000A6030000}"/>
+    <hyperlink ref="A791" r:id="rId935" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+154+2013+criteri/eec7bb5d-faa9-4c3b-8b01-420d8bbb6ff4" xr:uid="{00000000-0004-0000-0000-0000A7030000}"/>
+    <hyperlink ref="B791" r:id="rId936" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+criteri+TIC+Basic+154+2013/a8644063-6b7b-44cf-9b1a-ccc8b53d66d1" xr:uid="{00000000-0004-0000-0000-0000A8030000}"/>
+    <hyperlink ref="A792" r:id="rId937" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/DGR+66+2013+approvazione+criteri/93523ff5-a3db-4c37-8b6c-17c46866cfab" xr:uid="{00000000-0004-0000-0000-0000A9030000}"/>
+    <hyperlink ref="B792" r:id="rId938" display="http://www.trasparenza.regione.umbria.it/documents/66070/416127/Allegato+1+criteri+TIC+Cinema+DGR+66+2013/aa690d69-22be-4576-90a9-b3a256c043f2" xr:uid="{00000000-0004-0000-0000-0000AA030000}"/>
+    <hyperlink ref="A793" r:id="rId939" display="http://www.regione.umbria.it/documents/18/6413635/DGR+816-04/51238d8f-116d-469c-a6c2-7df725197d5d" xr:uid="{00000000-0004-0000-0000-0000AB030000}"/>
+    <hyperlink ref="A776" r:id="rId940" display="http://www.regione.umbria.it/documents/18/6413635/DGR+2062-03/dc3afcc2-1b6e-409f-8331-3f5a15de4f26" xr:uid="{00000000-0004-0000-0000-0000AC030000}"/>
+    <hyperlink ref="C218" r:id="rId941" display="http://leggi.crumbria.it/mostra_atto.php?id=16407&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000AD030000}"/>
+    <hyperlink ref="C899" r:id="rId942" xr:uid="{00000000-0004-0000-0000-0000AE030000}"/>
+    <hyperlink ref="A317" r:id="rId943" xr:uid="{00000000-0004-0000-0000-0000AF030000}"/>
+    <hyperlink ref="A387" r:id="rId944" xr:uid="{00000000-0004-0000-0000-0000B0030000}"/>
+    <hyperlink ref="C943" r:id="rId945" xr:uid="{00000000-0004-0000-0000-0000B1030000}"/>
+    <hyperlink ref="B943" r:id="rId946" xr:uid="{00000000-0004-0000-0000-0000B2030000}"/>
     <hyperlink ref="C127" r:id="rId947" xr:uid="{00000000-0004-0000-0000-0000B3030000}"/>
     <hyperlink ref="C128" r:id="rId948" xr:uid="{00000000-0004-0000-0000-0000B4030000}"/>
-    <hyperlink ref="C488" r:id="rId949" xr:uid="{00000000-0004-0000-0000-0000B5030000}"/>
-[...6 lines deleted...]
-    <hyperlink ref="A489" r:id="rId956" xr:uid="{00000000-0004-0000-0000-0000BC030000}"/>
+    <hyperlink ref="C489" r:id="rId949" xr:uid="{00000000-0004-0000-0000-0000B5030000}"/>
+    <hyperlink ref="A901" r:id="rId950" xr:uid="{00000000-0004-0000-0000-0000B6030000}"/>
+    <hyperlink ref="B901" r:id="rId951" xr:uid="{00000000-0004-0000-0000-0000B7030000}"/>
+    <hyperlink ref="B902" r:id="rId952" xr:uid="{00000000-0004-0000-0000-0000B8030000}"/>
+    <hyperlink ref="C491" r:id="rId953" xr:uid="{00000000-0004-0000-0000-0000B9030000}"/>
+    <hyperlink ref="C492" r:id="rId954" xr:uid="{00000000-0004-0000-0000-0000BA030000}"/>
+    <hyperlink ref="C493" r:id="rId955" xr:uid="{00000000-0004-0000-0000-0000BB030000}"/>
+    <hyperlink ref="A490" r:id="rId956" xr:uid="{00000000-0004-0000-0000-0000BC030000}"/>
     <hyperlink ref="C29" r:id="rId957" xr:uid="{00000000-0004-0000-0000-0000BD030000}"/>
     <hyperlink ref="C30" r:id="rId958" xr:uid="{00000000-0004-0000-0000-0000BE030000}"/>
     <hyperlink ref="C31" r:id="rId959" xr:uid="{00000000-0004-0000-0000-0000BF030000}"/>
-    <hyperlink ref="A846" r:id="rId960" xr:uid="{00000000-0004-0000-0000-0000C0030000}"/>
-[...16 lines deleted...]
-    <hyperlink ref="A209" r:id="rId977" xr:uid="{00000000-0004-0000-0000-0000D1030000}"/>
+    <hyperlink ref="A847" r:id="rId960" xr:uid="{00000000-0004-0000-0000-0000C0030000}"/>
+    <hyperlink ref="C213" r:id="rId961" display="http://leggi.crumbria.it/mostra_atto.php?id=158329&amp;v=FI,SA,TE,IS,VE,RA,MM&amp;m=5" xr:uid="{00000000-0004-0000-0000-0000C1030000}"/>
+    <hyperlink ref="A904" r:id="rId962" xr:uid="{00000000-0004-0000-0000-0000C2030000}"/>
+    <hyperlink ref="A905" r:id="rId963" xr:uid="{00000000-0004-0000-0000-0000C3030000}"/>
+    <hyperlink ref="A668" r:id="rId964" xr:uid="{00000000-0004-0000-0000-0000C4030000}"/>
+    <hyperlink ref="B962" r:id="rId965" display="DM 16 ottobre 2006" xr:uid="{00000000-0004-0000-0000-0000C5030000}"/>
+    <hyperlink ref="C860" r:id="rId966" xr:uid="{00000000-0004-0000-0000-0000C6030000}"/>
+    <hyperlink ref="A962" r:id="rId967" xr:uid="{00000000-0004-0000-0000-0000C7030000}"/>
+    <hyperlink ref="C217" r:id="rId968" xr:uid="{00000000-0004-0000-0000-0000C8030000}"/>
+    <hyperlink ref="C948" r:id="rId969" xr:uid="{00000000-0004-0000-0000-0000C9030000}"/>
+    <hyperlink ref="A388" r:id="rId970" xr:uid="{00000000-0004-0000-0000-0000CA030000}"/>
+    <hyperlink ref="B388" r:id="rId971" xr:uid="{00000000-0004-0000-0000-0000CB030000}"/>
+    <hyperlink ref="A318" r:id="rId972" xr:uid="{00000000-0004-0000-0000-0000CC030000}"/>
+    <hyperlink ref="B318" r:id="rId973" xr:uid="{00000000-0004-0000-0000-0000CD030000}"/>
+    <hyperlink ref="A912" r:id="rId974" xr:uid="{00000000-0004-0000-0000-0000CE030000}"/>
+    <hyperlink ref="A951" r:id="rId975" xr:uid="{00000000-0004-0000-0000-0000CF030000}"/>
+    <hyperlink ref="B951" r:id="rId976" xr:uid="{00000000-0004-0000-0000-0000D0030000}"/>
+    <hyperlink ref="A210" r:id="rId977" xr:uid="{00000000-0004-0000-0000-0000D1030000}"/>
     <hyperlink ref="A131" r:id="rId978" xr:uid="{00000000-0004-0000-0000-0000D2030000}"/>
-    <hyperlink ref="C433" r:id="rId979" xr:uid="{00000000-0004-0000-0000-0000D3030000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="B776" r:id="rId982" xr:uid="{00000000-0004-0000-0000-0000D6030000}"/>
+    <hyperlink ref="C434" r:id="rId979" xr:uid="{00000000-0004-0000-0000-0000D3030000}"/>
+    <hyperlink ref="C435" r:id="rId980" xr:uid="{00000000-0004-0000-0000-0000D4030000}"/>
+    <hyperlink ref="C777" r:id="rId981" xr:uid="{00000000-0004-0000-0000-0000D5030000}"/>
+    <hyperlink ref="B777" r:id="rId982" xr:uid="{00000000-0004-0000-0000-0000D6030000}"/>
     <hyperlink ref="C130" r:id="rId983" xr:uid="{00000000-0004-0000-0000-0000D7030000}"/>
-    <hyperlink ref="A860" r:id="rId984" xr:uid="{00000000-0004-0000-0000-0000D8030000}"/>
-[...8 lines deleted...]
-    <hyperlink ref="C902" r:id="rId993" xr:uid="{00000000-0004-0000-0000-0000E1030000}"/>
+    <hyperlink ref="A861" r:id="rId984" xr:uid="{00000000-0004-0000-0000-0000D8030000}"/>
+    <hyperlink ref="A891" r:id="rId985" xr:uid="{00000000-0004-0000-0000-0000D9030000}"/>
+    <hyperlink ref="A268" r:id="rId986" xr:uid="{00000000-0004-0000-0000-0000DA030000}"/>
+    <hyperlink ref="B268" r:id="rId987" display="http://www.regione.umbria.it/documents/18/18167938/Allegato+A+DGR+928+2008/2134d866-760a-4815-9a5f-755a0d1534e7" xr:uid="{00000000-0004-0000-0000-0000DB030000}"/>
+    <hyperlink ref="B269" r:id="rId988" xr:uid="{00000000-0004-0000-0000-0000DC030000}"/>
+    <hyperlink ref="B270" r:id="rId989" xr:uid="{00000000-0004-0000-0000-0000DD030000}"/>
+    <hyperlink ref="A572" r:id="rId990" xr:uid="{00000000-0004-0000-0000-0000DE030000}"/>
+    <hyperlink ref="A950" r:id="rId991" xr:uid="{00000000-0004-0000-0000-0000DF030000}"/>
+    <hyperlink ref="A735" r:id="rId992" xr:uid="{00000000-0004-0000-0000-0000E0030000}"/>
+    <hyperlink ref="C903" r:id="rId993" xr:uid="{00000000-0004-0000-0000-0000E1030000}"/>
     <hyperlink ref="A198" r:id="rId994" xr:uid="{00000000-0004-0000-0000-0000E2030000}"/>
-    <hyperlink ref="A740" r:id="rId995" xr:uid="{00000000-0004-0000-0000-0000E3030000}"/>
-[...3 lines deleted...]
-    <hyperlink ref="A744" r:id="rId999" xr:uid="{00000000-0004-0000-0000-0000E7030000}"/>
+    <hyperlink ref="A741" r:id="rId995" xr:uid="{00000000-0004-0000-0000-0000E3030000}"/>
+    <hyperlink ref="A742" r:id="rId996" xr:uid="{00000000-0004-0000-0000-0000E4030000}"/>
+    <hyperlink ref="A298" r:id="rId997" xr:uid="{00000000-0004-0000-0000-0000E5030000}"/>
+    <hyperlink ref="C509" r:id="rId998" xr:uid="{00000000-0004-0000-0000-0000E6030000}"/>
+    <hyperlink ref="A745" r:id="rId999" xr:uid="{00000000-0004-0000-0000-0000E7030000}"/>
     <hyperlink ref="C8" r:id="rId1000" xr:uid="{00000000-0004-0000-0000-0000E8030000}"/>
-    <hyperlink ref="B224" r:id="rId1001" xr:uid="{00000000-0004-0000-0000-0000E9030000}"/>
-[...5 lines deleted...]
-    <hyperlink ref="B544" r:id="rId1007" xr:uid="{00000000-0004-0000-0000-0000EF030000}"/>
+    <hyperlink ref="B225" r:id="rId1001" xr:uid="{00000000-0004-0000-0000-0000E9030000}"/>
+    <hyperlink ref="B226" r:id="rId1002" xr:uid="{00000000-0004-0000-0000-0000EA030000}"/>
+    <hyperlink ref="A224" r:id="rId1003" display="https://www.regione.umbria.it/documents/18/24973237/DGR+241+2010.pdf/8adadd11-fa29-4564-b458-d3215c413b6c" xr:uid="{00000000-0004-0000-0000-0000EB030000}"/>
+    <hyperlink ref="B959" r:id="rId1004" xr:uid="{00000000-0004-0000-0000-0000EC030000}"/>
+    <hyperlink ref="A958" r:id="rId1005" xr:uid="{00000000-0004-0000-0000-0000ED030000}"/>
+    <hyperlink ref="A545" r:id="rId1006" display="D.M. 20 ottobre 2020 " xr:uid="{00000000-0004-0000-0000-0000EE030000}"/>
+    <hyperlink ref="B545" r:id="rId1007" xr:uid="{00000000-0004-0000-0000-0000EF030000}"/>
     <hyperlink ref="C135" r:id="rId1008" xr:uid="{00000000-0004-0000-0000-0000F0030000}"/>
-    <hyperlink ref="C545" r:id="rId1009" display="Legge regionale 3 febbraio 2021 , n. 1" xr:uid="{00000000-0004-0000-0000-0000F1030000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="C956" r:id="rId1012" xr:uid="{00000000-0004-0000-0000-0000F4030000}"/>
+    <hyperlink ref="C546" r:id="rId1009" display="Legge regionale 3 febbraio 2021 , n. 1" xr:uid="{00000000-0004-0000-0000-0000F1030000}"/>
+    <hyperlink ref="A649" r:id="rId1010" xr:uid="{00000000-0004-0000-0000-0000F2030000}"/>
+    <hyperlink ref="A959" r:id="rId1011" xr:uid="{00000000-0004-0000-0000-0000F3030000}"/>
+    <hyperlink ref="C957" r:id="rId1012" xr:uid="{00000000-0004-0000-0000-0000F4030000}"/>
     <hyperlink ref="C9" r:id="rId1013" xr:uid="{00000000-0004-0000-0000-0000F6030000}"/>
     <hyperlink ref="A200" r:id="rId1014" xr:uid="{00000000-0004-0000-0000-0000F7030000}"/>
     <hyperlink ref="A199" r:id="rId1015" xr:uid="{00000000-0004-0000-0000-0000F8030000}"/>
-    <hyperlink ref="A738" r:id="rId1016" xr:uid="{00000000-0004-0000-0000-0000F9030000}"/>
-[...3 lines deleted...]
-    <hyperlink ref="C441" r:id="rId1020" xr:uid="{00000000-0004-0000-0000-0000FD030000}"/>
+    <hyperlink ref="A739" r:id="rId1016" xr:uid="{00000000-0004-0000-0000-0000F9030000}"/>
+    <hyperlink ref="B739" r:id="rId1017" display="Allegato A) " xr:uid="{00000000-0004-0000-0000-0000FA030000}"/>
+    <hyperlink ref="B740" r:id="rId1018" display="Allegato B)" xr:uid="{00000000-0004-0000-0000-0000FB030000}"/>
+    <hyperlink ref="C914" r:id="rId1019" display="D.P.C.M.15 settembre 2021" xr:uid="{00000000-0004-0000-0000-0000FC030000}"/>
+    <hyperlink ref="C442" r:id="rId1020" xr:uid="{00000000-0004-0000-0000-0000FD030000}"/>
     <hyperlink ref="C190" r:id="rId1021" xr:uid="{00000000-0004-0000-0000-0000FE030000}"/>
-    <hyperlink ref="C955" r:id="rId1022" xr:uid="{00000000-0004-0000-0000-0000FF030000}"/>
-    <hyperlink ref="C495" r:id="rId1023" xr:uid="{00000000-0004-0000-0000-000000040000}"/>
+    <hyperlink ref="C956" r:id="rId1022" xr:uid="{00000000-0004-0000-0000-0000FF030000}"/>
+    <hyperlink ref="C496" r:id="rId1023" xr:uid="{00000000-0004-0000-0000-000000040000}"/>
     <hyperlink ref="A201" r:id="rId1024" xr:uid="{00000000-0004-0000-0000-000001040000}"/>
-    <hyperlink ref="A959" r:id="rId1025" xr:uid="{00000000-0004-0000-0000-000002040000}"/>
-    <hyperlink ref="C849" r:id="rId1026" xr:uid="{00000000-0004-0000-0000-000003040000}"/>
+    <hyperlink ref="A960" r:id="rId1025" xr:uid="{00000000-0004-0000-0000-000002040000}"/>
+    <hyperlink ref="C850" r:id="rId1026" xr:uid="{00000000-0004-0000-0000-000003040000}"/>
     <hyperlink ref="C7" r:id="rId1027" xr:uid="{00000000-0004-0000-0000-000004040000}"/>
     <hyperlink ref="A193" r:id="rId1028" display="Deliberazione della Giunta regionale n. 13491 del 2 ottobre 2002" xr:uid="{00000000-0004-0000-0000-000005040000}"/>
     <hyperlink ref="A194" r:id="rId1029" xr:uid="{00000000-0004-0000-0000-000006040000}"/>
     <hyperlink ref="B195" r:id="rId1030" xr:uid="{00000000-0004-0000-0000-000007040000}"/>
     <hyperlink ref="B196" r:id="rId1031" xr:uid="{00000000-0004-0000-0000-000008040000}"/>
     <hyperlink ref="A197" r:id="rId1032" xr:uid="{00000000-0004-0000-0000-000009040000}"/>
     <hyperlink ref="A134" r:id="rId1033" xr:uid="{00000000-0004-0000-0000-00000A040000}"/>
-    <hyperlink ref="C954" r:id="rId1034" xr:uid="{00000000-0004-0000-0000-00000B040000}"/>
-[...6 lines deleted...]
-    <hyperlink ref="C952" r:id="rId1041" xr:uid="{00000000-0004-0000-0000-000012040000}"/>
+    <hyperlink ref="C955" r:id="rId1034" xr:uid="{00000000-0004-0000-0000-00000B040000}"/>
+    <hyperlink ref="A746" r:id="rId1035" xr:uid="{00000000-0004-0000-0000-00000C040000}"/>
+    <hyperlink ref="C296" r:id="rId1036" xr:uid="{00000000-0004-0000-0000-00000D040000}"/>
+    <hyperlink ref="C744" r:id="rId1037" xr:uid="{00000000-0004-0000-0000-00000E040000}"/>
+    <hyperlink ref="A549" r:id="rId1038" xr:uid="{00000000-0004-0000-0000-00000F040000}"/>
+    <hyperlink ref="A548" r:id="rId1039" display="Bando PNRR C2 Investimento: 2.1 Valorizzazione e potenziamento della ricerca biomedica del  SSN II avviso" xr:uid="{00000000-0004-0000-0000-000010040000}"/>
+    <hyperlink ref="C954" r:id="rId1040" xr:uid="{00000000-0004-0000-0000-000011040000}"/>
+    <hyperlink ref="C953" r:id="rId1041" xr:uid="{00000000-0004-0000-0000-000012040000}"/>
     <hyperlink ref="A192" r:id="rId1042" xr:uid="{F337AEB9-AD5D-4AE4-BA19-E4CADEBF63E1}"/>
-    <hyperlink ref="C778" r:id="rId1043" xr:uid="{77268847-80B9-4483-A71E-464722A091B4}"/>
-[...4 lines deleted...]
-    <hyperlink ref="A630" r:id="rId1048" xr:uid="{1CA0430F-37D6-4918-B5BD-89642A92C354}"/>
+    <hyperlink ref="C779" r:id="rId1043" xr:uid="{77268847-80B9-4483-A71E-464722A091B4}"/>
+    <hyperlink ref="C841" r:id="rId1044" xr:uid="{1468F918-B12D-4EC8-9592-6F8229B9A1CD}"/>
+    <hyperlink ref="A510" r:id="rId1045" xr:uid="{C3BDA8E7-C256-4496-9237-5941E3929527}"/>
+    <hyperlink ref="B510" r:id="rId1046" xr:uid="{F52D9B62-2A79-4A04-860C-7AF7232B0907}"/>
+    <hyperlink ref="C510" r:id="rId1047" xr:uid="{E9EF759A-044C-4D0B-9A66-066C49622AE9}"/>
+    <hyperlink ref="A631" r:id="rId1048" xr:uid="{1CA0430F-37D6-4918-B5BD-89642A92C354}"/>
     <hyperlink ref="C137" r:id="rId1049" xr:uid="{758D9D90-5C15-48B4-A9CD-D178D7C8C66B}"/>
     <hyperlink ref="C138" r:id="rId1050" xr:uid="{42DE05DF-3417-4927-90E1-EDD9624DD245}"/>
     <hyperlink ref="C191" r:id="rId1051" xr:uid="{CDC83342-4B5B-4483-A68D-E7FC28021AB8}"/>
-    <hyperlink ref="A202" r:id="rId1052" xr:uid="{9826BAD7-E278-4202-84AC-2BE15EB4C64D}"/>
-    <hyperlink ref="B202" r:id="rId1053" xr:uid="{ADC8D549-095D-4E9C-AAF1-E599279235A2}"/>
+    <hyperlink ref="A203" r:id="rId1052" xr:uid="{9826BAD7-E278-4202-84AC-2BE15EB4C64D}"/>
+    <hyperlink ref="B203" r:id="rId1053" xr:uid="{ADC8D549-095D-4E9C-AAF1-E599279235A2}"/>
+    <hyperlink ref="A202" r:id="rId1054" xr:uid="{BB3D51EF-1B4E-4714-B8EA-D4AF03AF4BCD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="85" fitToHeight="0" orientation="landscape" r:id="rId1054"/>
+  <pageSetup paperSize="9" scale="85" fitToHeight="0" orientation="landscape" r:id="rId1055"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>